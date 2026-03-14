--- v0 (2025-10-30)
+++ v1 (2026-03-14)
@@ -8,51 +8,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3EB04E82" w14:textId="77777777" w:rsidR="00AA45E5" w:rsidRDefault="00AA45E5" w:rsidP="00AA45E5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Commonwealth Home Support Program Hardship Policy and Procedure</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="540B3865" w14:textId="77777777" w:rsidR="00AA45E5" w:rsidRDefault="00AA45E5" w:rsidP="00AA45E5">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
@@ -402,70 +402,70 @@
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>If financial counselling services are accessed and the financial counsellor determines that a reduction or fee waiver is appropriate, consent from the applicant to advocate on their behalf must be obtained.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D13505" w:rsidRPr="00AA45E5" w:rsidSect="00BE162B">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="0" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="400"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6EA4519E" w14:textId="77777777" w:rsidR="00920D42" w:rsidRDefault="00920D42" w:rsidP="004F36D9">
+    <w:p w14:paraId="00B32888" w14:textId="77777777" w:rsidR="00B570D5" w:rsidRDefault="00B570D5" w:rsidP="004F36D9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="047FD3F2" w14:textId="77777777" w:rsidR="00920D42" w:rsidRDefault="00920D42" w:rsidP="004F36D9">
+    <w:p w14:paraId="09E44A31" w14:textId="77777777" w:rsidR="00B570D5" w:rsidRDefault="00B570D5" w:rsidP="004F36D9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -511,51 +511,51 @@
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="04DD2ACF" w14:textId="6A2267B6" w:rsidR="008467E2" w:rsidRDefault="008A283E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44F1A974" wp14:editId="0CC93920">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>1960827</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9590223</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5625465" cy="1102360"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="189655401" name="Group 189655401"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -792,51 +792,51 @@
           <w:pict>
             <v:group w14:anchorId="3E1488E0" id="Group 189655401" o:spid="_x0000_s1026" style="position:absolute;margin-left:154.4pt;margin-top:755.15pt;width:442.95pt;height:86.8pt;z-index:251667456;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="56254,11023" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhC76RfAQAAJ0RAAAOAAAAZHJzL2Uyb0RvYy54bWzsWF1v2zYUfR+w/yDofbH4IYoS4hRt3QQD&#10;iq5AM+yZlmVbmCRqpPyRf79LUpQ0O3GyrtmAoTAgUdYlee7hPfeSun5zrKtgXyhdymYeoqsoDIom&#10;l6uy2czDX+9vf+JhoDvRrEQlm2IePhQ6fHPz4w/XhzYrsNzKalWoAAZpdHZo5+G269psNtP5tqiF&#10;vpJt0cDLtVS16OBRbWYrJQ4wel3NcBSx2UGqVatkXmgN/y7cy/DGjr9eF3n3y3qtiy6o5iFg6+xV&#10;2evSXGc31yLbKNFuy7yHIb4CRS3KBiYdhlqITgQ7VZ4NVZe5klquu6tc1jO5Xpd5YX0Ab1B04s2d&#10;krvW+rLJDpt2oAmoPeHpq4fNP+3vVPul/awcemh+lPnvGniZHdpNNn1vnjej8XGtatMJnAiOltGH&#10;gdHi2AU5/BkzHFMWh0EO7xCKMGE95/kWFuasX7798EzPmcjcxBbeAOfQQvzokSL9zyj6shVtYZnX&#10;hoLPKihX1oGIJoxGENSNqCGc7/rIwSaQDAYwNmT2T7rn9YQqihLEUxIGQAqnUUKRi0PPGqIxiVHP&#10;GmaIYUva4LrI8p3u7gpp+Rf7j7pzcbzyLbH1rfzY+KYCNRgdVFYHXRiADlQYgA6Wbv5WdKafWVTT&#10;DA7gsoeynYc9EvO6lvviXlrDziyiMSMYEPsQAKyjTdVMbUGGYAWDER6becHUG/h7ezbo3zT3fPkB&#10;80rqws1lPLOTDt4CgCmfWlbl6rasKuOeVpvl+0oFe2ESSEQ+sLc95okZhKLO3Fqb1lKuHiBiDhAb&#10;81D/sROqCIPq5wZi0qQg31C+sfQN1VXvpU1Ullmlu/vjb0K1QQvNedhBfHySPjRF5hce8BsDZ2t6&#10;NvLtrpPr0kSFxeYQ9Q8gExerr64XHLE4gV9MT/VCDIkv1wtJMaF4jC6RDVLBhKAEaDUJhhHEIQjd&#10;OnvNTZfWMwZ5+hWk4qGAVHokZjFGGfRRjQnmCRuduSAVhCiDTGFtIWkwm2ae1AvHhCPHkikmUXJR&#10;XTRmnEEiA94I5ymkI8ebl4y/O9ROtOAWiehFw5QlcQrrDcPGGMXsMgg0IYNyHrHLg0/NX0fit4t3&#10;JvM6Kr5LfLK18nmnV60viYzHEfzOJW5X8sUSP42vUeEUxJ+SXuE0QUbt/5HCByig8B7JYwo3ZoQ4&#10;1XqsYxb4q66SFGPknCcs4akPPW/l71MV0iQCqV9UIYlhowVKNTJ8gTkllJM+J2GSDNsNP7u/OxSP&#10;+ectvk2hTfG728XiuwrPjwSPqxBHBGFKY3q2MbXx9GIVurBxJcSmY1twRi3iiKcJ7NpctYXixH18&#10;/+vVdoBiqq1D8pgWjRlGiRWCx/qUFmHzQFLivCckfqbQ8ZgR4gZGlGDKLgoSCjNJ3P4YMZbCkegF&#10;1RbRZwsiIRGO3UkCWHjWPIaDB3Lm0CQpvwgDwQYBw6bDFnNEGLfnlCf3H1OuKYMs4gn3ycHfXRqZ&#10;mp9afps08j/ar9vTLnwDsCeX/nuF+cgwfbb7+/Grys2fAAAA//8DAFBLAwQUAAYACAAAACEAA5hF&#10;sOgAAAATAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT2/CMAzF75P2HSJP2m2kWQcrpSlC7M8JTRog&#10;od1CY9qKJqma0JZvP3PaLpatZz//XrYcTcN67HztrAQxiYChLZyubSlhv/t4SoD5oKxWjbMo4Yoe&#10;lvn9XaZS7Qb7jf02lIxMrE+VhCqENuXcFxUa5SeuRUvayXVGBRq7kutODWRuGv4cRTNuVG3pQ6Va&#10;XFdYnLcXI+FzUMMqFu/95nxaX39206/DRqCUjw/j24LKagEs4Bj+LuCWgfghJ7Cju1jtWSMhjhLi&#10;DyRMRRQDu62I+csrsCN1sySeA88z/j9L/gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAh&#10;C76RfAQAAJ0RAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQADmEWw6AAAABMBAAAPAAAAAAAAAAAAAAAAANYGAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAA6wcAAAAA&#10;">
               <v:shape id="Graphic 2" o:spid="_x0000_s1027" style="position:absolute;left:41718;top:8407;width:14536;height:2616;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1453515,261620" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCOfb8zzwAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjOBFbFIpbdk2LVIR1IPYungeN+Pu4maybtJt/PfOQejlwbzHfDNvvc2+UyMNsQ1sYTox&#10;oIir4FquLZTvj7dLUDEhO+wCk4VfirDdXF6ssXDhxHsaD6lWAuFYoIUmpb7QOlYNeYyT0BNL9hUG&#10;j0nGodZuwJPAfafvjJlrjy3LhQZ72jVUfR+O3sLu+GZuSiyrl/3CfI7PP/l1+ZGtvb7KDyuR+xWo&#10;RDmdN/4RT046TI2ZLeYzI59LMTFAb/4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQs&#10;W78AAAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjn2/&#10;M88AAADoAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAA&#10;AAMDAAAAAA==&#10;" path="m1453325,l,261385r1453325,l1453325,xe" fillcolor="#003e6a" stroked="f">
                 <v:path arrowok="t"/>
               </v:shape>
               <v:shape id="Graphic 3" o:spid="_x0000_s1028" style="position:absolute;left:43923;width:12332;height:6318;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1233170,631825" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBNHieDzwAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;EEbvhb7DMoXe6abSWImuEiwVQSiY+nM7ZKfZ1OxsyG419um7hUIZGBg+vjOc+bK3jbhQ52vHCh5H&#10;CQji0umaKwX799fhFIQPyBobx6TgRh6Wi7vBHDPtrryjSxEqESHsM1RgQmgzKX1pyKIfuZY4Zh+u&#10;sxji2VVSd3iNcNvIcZJMpMWa4weDLa0MlefiyyrYfZtT0Zi3Q/m5PU/Xq2Me0jxX6uG+f5nFlc9A&#10;BOrDf+MPsdEKxskkfY6TPsGvWJQCufgBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQs&#10;W78AAAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATR4n&#10;g88AAADoAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAA&#10;AAMDAAAAAA==&#10;" path="m1232876,r-86687,41762l823812,201007,456868,388993,,631304,967594,521567r265282,-33503l1232876,xe" fillcolor="#fdb515" stroked="f">
                 <v:path arrowok="t"/>
               </v:shape>
               <v:shape id="Graphic 4" o:spid="_x0000_s1029" style="position:absolute;top:6313;width:43929;height:4711;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="4392930,471170" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDnCR3RzgAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvQv/DMgVvdtPahJh2W0QpeOnB6sHjkB2T1Oxsml2T+O8dQSgDD+Y95hvedj+5Vg3Uh8azgeUi&#10;AUVcettwZeD97XCXgwoR2WLrmQz8UID9bnazxcL6kV9pOMVKCYRDgQbqGLtC61DW5DAsfEcs2afv&#10;HUZZ+0rbHkeBu1avkiTTDhuWDzV29FRT+XX6dgaGw3D+yFyWrqppfbyc7x/GMj8aczufnjcijxtQ&#10;kaZ4vfhHvFjpkOVpIpOu4a+YGKB3vwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9Cxb&#10;vwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDnCR3R&#10;zgAAAOgAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA&#10;AgMAAAAA&#10;" path="m4392339,l792210,367895,,470823r3536004,l4348376,23720,4392339,xe" fillcolor="#92bfdd" stroked="f">
                 <v:path arrowok="t"/>
               </v:shape>
               <v:shape id="Graphic 5" o:spid="_x0000_s1030" style="position:absolute;left:35360;top:4880;width:20897;height:6147;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2089785,614680" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDdF52rzgAAAOgAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9NS8NA&#10;EIbvgv9hGcGb3W0apU27LX5iPdoKXofsmASzsyG7TaK/3jkIvQy8DO8z82x2k2/VQH1sAluYzwwo&#10;4jK4hisLH8eXmyWomJAdtoHJwg9F2G0vLzZYuDDyOw2HVCmBcCzQQp1SV2gdy5o8xlnoiGX3FXqP&#10;SWJfadfjKHDf6syYO+2xYblQY0ePNZXfh5O3sJgeqr1/G/Nhufp8HY+/z+60MtZeX01Paxn3a1CJ&#10;pnRu/CP2zkJmFvMsz29z+VzERAr09g8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9Cxb&#10;vwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDdF52r&#10;zgAAAOgAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA&#10;AgMAAAAA&#10;" path="m2089217,l1823932,33504,856337,143246r-43962,23719l,614064r1330253,l1571813,571398r296449,-57717l2089217,467200,2089217,xe" fillcolor="#003e6a" stroked="f">
                 <v:path arrowok="t"/>
               </v:shape>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1F448279" w14:textId="5BB12B7D" w:rsidR="0042641B" w:rsidRDefault="008A283E" w:rsidP="00BE36BB">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2CB8C2D2" wp14:editId="4738D66A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>2006931</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9618586</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5625465" cy="1102360"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2036543164" name="Group 2036543164"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
@@ -1257,87 +1257,87 @@
       <w:rPr>
         <w:rFonts w:eastAsia="DengXian" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="543F22B8" w14:textId="77777777" w:rsidR="007B01E3" w:rsidRPr="007B01E3" w:rsidRDefault="007B01E3" w:rsidP="007B01E3">
     <w:pPr>
       <w:pStyle w:val="NoSpacing"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="0563C1"/>
         <w:spacing w:val="-4"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59F002C7" w14:textId="77777777" w:rsidR="00920D42" w:rsidRDefault="00920D42" w:rsidP="004F36D9">
+    <w:p w14:paraId="63B259FB" w14:textId="77777777" w:rsidR="00B570D5" w:rsidRDefault="00B570D5" w:rsidP="004F36D9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F16B4B8" w14:textId="77777777" w:rsidR="00920D42" w:rsidRDefault="00920D42" w:rsidP="004F36D9">
+    <w:p w14:paraId="53D55355" w14:textId="77777777" w:rsidR="00B570D5" w:rsidRDefault="00B570D5" w:rsidP="004F36D9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="396AF339" w14:textId="21D50FA2" w:rsidR="00C0340E" w:rsidRDefault="00C0340E" w:rsidP="000D6A6C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="63DCBE5A" w14:textId="58F8138A" w:rsidR="000D6A6C" w:rsidRDefault="000D6A6C" w:rsidP="000D6A6C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="65C17EDF" w14:textId="01E50DB7" w:rsidR="004F36D9" w:rsidRDefault="00487B55" w:rsidP="00D70013">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B4BD223" wp14:editId="0864A451">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-92716</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>283274</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2382051" cy="764968"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1256123855" name="Picture 2" descr="A black background with yellow letters&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -1420,51 +1420,51 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00880C88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D80E0B34"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5763,146 +5763,149 @@
   <w:num w:numId="32" w16cid:durableId="221451153">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1182622407">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="265505111">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1896702368">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="250358209">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="436874483">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="75595484">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:linkStyles/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="200"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0093565D"/>
+    <w:rsid w:val="00081341"/>
     <w:rsid w:val="000B75B7"/>
     <w:rsid w:val="000D6A6C"/>
     <w:rsid w:val="00130312"/>
     <w:rsid w:val="0017742B"/>
     <w:rsid w:val="001975F8"/>
     <w:rsid w:val="001A1A73"/>
     <w:rsid w:val="001B19E5"/>
     <w:rsid w:val="001B40CD"/>
     <w:rsid w:val="00212802"/>
     <w:rsid w:val="0021401F"/>
     <w:rsid w:val="002149CD"/>
     <w:rsid w:val="002259AC"/>
     <w:rsid w:val="00237B9F"/>
     <w:rsid w:val="00242A72"/>
     <w:rsid w:val="002562E5"/>
     <w:rsid w:val="00275B83"/>
     <w:rsid w:val="002E52F4"/>
     <w:rsid w:val="002F0F33"/>
     <w:rsid w:val="003D55E8"/>
     <w:rsid w:val="003F5C9E"/>
     <w:rsid w:val="0042641B"/>
     <w:rsid w:val="004478E9"/>
     <w:rsid w:val="004536E9"/>
     <w:rsid w:val="00487B55"/>
     <w:rsid w:val="004F36D9"/>
+    <w:rsid w:val="00531A4C"/>
     <w:rsid w:val="005615FE"/>
     <w:rsid w:val="00580E21"/>
     <w:rsid w:val="005B7196"/>
     <w:rsid w:val="005C01AE"/>
     <w:rsid w:val="005F232B"/>
     <w:rsid w:val="006445AD"/>
     <w:rsid w:val="006472F7"/>
     <w:rsid w:val="006A4F6A"/>
     <w:rsid w:val="006A6B0F"/>
     <w:rsid w:val="006E0792"/>
     <w:rsid w:val="006F2C9F"/>
     <w:rsid w:val="007165D8"/>
     <w:rsid w:val="00720C18"/>
     <w:rsid w:val="00733377"/>
     <w:rsid w:val="00736B60"/>
     <w:rsid w:val="00767DFE"/>
     <w:rsid w:val="00774D65"/>
     <w:rsid w:val="007806E9"/>
     <w:rsid w:val="007A449A"/>
     <w:rsid w:val="007B01E3"/>
     <w:rsid w:val="007C1D01"/>
     <w:rsid w:val="0080160E"/>
     <w:rsid w:val="008467E2"/>
     <w:rsid w:val="0085189F"/>
     <w:rsid w:val="00883578"/>
     <w:rsid w:val="0089309F"/>
     <w:rsid w:val="008A283E"/>
     <w:rsid w:val="00907770"/>
     <w:rsid w:val="00920D42"/>
     <w:rsid w:val="0093565D"/>
     <w:rsid w:val="00984D4A"/>
     <w:rsid w:val="009A5B13"/>
     <w:rsid w:val="009E1740"/>
     <w:rsid w:val="009F709B"/>
     <w:rsid w:val="00A143D9"/>
     <w:rsid w:val="00A15EFC"/>
     <w:rsid w:val="00AA45E5"/>
+    <w:rsid w:val="00B570D5"/>
     <w:rsid w:val="00BD6CEB"/>
     <w:rsid w:val="00BE162B"/>
     <w:rsid w:val="00BE36BB"/>
     <w:rsid w:val="00C0340E"/>
     <w:rsid w:val="00C1127A"/>
     <w:rsid w:val="00C36323"/>
     <w:rsid w:val="00C668E8"/>
     <w:rsid w:val="00C863E8"/>
     <w:rsid w:val="00C8651A"/>
     <w:rsid w:val="00CA0749"/>
     <w:rsid w:val="00CC20DE"/>
     <w:rsid w:val="00CF5F08"/>
     <w:rsid w:val="00D039E0"/>
     <w:rsid w:val="00D13505"/>
     <w:rsid w:val="00D248DD"/>
     <w:rsid w:val="00D6346C"/>
     <w:rsid w:val="00D70013"/>
     <w:rsid w:val="00D74F65"/>
     <w:rsid w:val="00D76D43"/>
     <w:rsid w:val="00D87581"/>
     <w:rsid w:val="00DC11AE"/>
     <w:rsid w:val="00DF5CAA"/>
     <w:rsid w:val="00E55DD3"/>
     <w:rsid w:val="00E83AF6"/>
     <w:rsid w:val="00EB15DC"/>
@@ -5923,51 +5926,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4425E17D"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:docId w15:val="{889374FB-8D89-4058-A16B-25C11EA961D3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="DengXian" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="5" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="6" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="7" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="8" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7180,51 +7183,51 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002F0F33"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cockburn.wa.gov.au/CockburnCare" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\rdunn\AppData\Local\Temp\Temp1_corporate%20templates%20_updated.zip\corporate%20templates%20_updated\ECM_4298898_v2_Corporate%20Template%20-%20Letterhead_Accessible.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -7483,75 +7486,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5A191E7-46E4-4BF3-80FF-CA7D1EC7B59E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ECM_4298898_v2_Corporate Template - Letterhead_Accessible</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>295</Words>
-  <Characters>1686</Characters>
+  <Words>286</Words>
+  <Characters>1716</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Corporate Template - Letterhead</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Cockburn</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1978</CharactersWithSpaces>
+  <CharactersWithSpaces>1992</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7471151</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>cockburn.wa.gov.au</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4849787</vt:i4>
       </vt:variant>
       <vt:variant>