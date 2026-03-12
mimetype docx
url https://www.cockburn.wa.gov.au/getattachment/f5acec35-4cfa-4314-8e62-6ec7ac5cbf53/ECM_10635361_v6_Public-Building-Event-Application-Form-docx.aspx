--- v0 (2025-10-08)
+++ v1 (2026-03-12)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="38BA94E7" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="008F6B45">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68EF26DA" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="008F6B45">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="124"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39B2573B" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="958"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -702,51 +702,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>submitted</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:hyperlink r:id="rId8">
-        <w:r>
+        <w:r w:rsidR="008F6B45">
           <w:rPr>
             <w:color w:val="0078AE"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0078AE"/>
           </w:rPr>
           <w:t>health@cockburn.wa.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4BEA1319" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="008F6B45">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="244"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DEB7CC6" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="003E6B"/>
         </w:rPr>
         <w:t>Part</w:t>
@@ -1443,51 +1443,51 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7350B17F" id="Graphic 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:204.1pt;margin-top:167.6pt;width:90.75pt;height:.1pt;z-index:15730688;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1152525,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqo5X3EgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP0zAMfkfiP0R5Z+0Gd6Bq3QnddAjp&#10;dJx0QzxnabpWpHGws3X79zhpu43jDbFJ0ZfYsT/7c7q8O3ZWHAxSC66U81kuhXEaqtbtSvl98/Du&#10;kxQUlKuUBWdKeTIk71Zv3yx7X5gFNGArg4KDOCp6X8omBF9kGenGdIpm4I1jYw3YqcBb3GUVqp6j&#10;dzZb5Plt1gNWHkEbIj5dD0a5SvHr2ujwra7JBGFLydxCWjGt27hmq6Uqdqh80+qRhvoHFp1qHSc9&#10;h1qroMQe279Cda1GIKjDTEOXQV232qQauJp5/qqal0Z5k2rh5pA/t4n+X1j9dHjxzxipk38E/ZO4&#10;I1nvqThb4oZGn2ONXfRl4uKYung6d9Ecg9B8OJ/fLPgvhWbbfPExNTlTxXRX7yl8MZDiqMMjhUGD&#10;akKqmZA+ugkiKxk1tEnDIAVriFKwhttBQ69CvBfJRSj6C5F41sHBbCBZwyvmTO1ite7aK5aS5x+k&#10;mKpk38GDQUzDvRpASs34ujjrIovb9zd5Gg0C21YPrbWRBeFue29RHFQczPSLdXCEP9w8Ulgraga/&#10;ZBrdrBt1GqSJIm2hOj2j6HmaS0m/9gqNFPar43GJoz8BnMB2AhjsPaQHkhrEOTfHHwq9iOlLGVjZ&#10;J5iGURWTaLH0s2+86eDzPkDdRkXTDA2Mxg1PcCpwfG3xiVzvk9flm7D6DQAA//8DAFBLAwQUAAYA&#10;CAAAACEAIFxRheIAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBm93YNprG&#10;bIoIoiAFTQXtbZsdk+DubMxu2+ivd/Sit/l4eOeZYjk6K/Y4hM6TgvNJAgKp9qajRsHz+vYsAxGi&#10;JqOtJ1TwiQGW5fFRoXPjD/SE+yo2gkMo5FpBG2OfSxnqFp0OE98j8e7ND05HbodGmkEfONxZOU2S&#10;C+l0R3yh1T3etFi/VzunYPFgX+5x8/i1WtvqztYf/etmSJU6PRmvr0BEHOMfDD/6rA4lO239jkwQ&#10;VsE8yaaMKpjNUi6YSLPFJYjt72QOsizk/x/KbwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAqo5X3EgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAgXFGF4gAAAAsBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l1152004,e" filled="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="6EEE6565" id="Graphic 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:204.1pt;margin-top:167.6pt;width:90.75pt;height:.1pt;z-index:15730688;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1152525,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqo5X3EgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP0zAMfkfiP0R5Z+0Gd6Bq3QnddAjp&#10;dJx0QzxnabpWpHGws3X79zhpu43jDbFJ0ZfYsT/7c7q8O3ZWHAxSC66U81kuhXEaqtbtSvl98/Du&#10;kxQUlKuUBWdKeTIk71Zv3yx7X5gFNGArg4KDOCp6X8omBF9kGenGdIpm4I1jYw3YqcBb3GUVqp6j&#10;dzZb5Plt1gNWHkEbIj5dD0a5SvHr2ujwra7JBGFLydxCWjGt27hmq6Uqdqh80+qRhvoHFp1qHSc9&#10;h1qroMQe279Cda1GIKjDTEOXQV232qQauJp5/qqal0Z5k2rh5pA/t4n+X1j9dHjxzxipk38E/ZO4&#10;I1nvqThb4oZGn2ONXfRl4uKYung6d9Ecg9B8OJ/fLPgvhWbbfPExNTlTxXRX7yl8MZDiqMMjhUGD&#10;akKqmZA+ugkiKxk1tEnDIAVriFKwhttBQ69CvBfJRSj6C5F41sHBbCBZwyvmTO1ite7aK5aS5x+k&#10;mKpk38GDQUzDvRpASs34ujjrIovb9zd5Gg0C21YPrbWRBeFue29RHFQczPSLdXCEP9w8Ulgraga/&#10;ZBrdrBt1GqSJIm2hOj2j6HmaS0m/9gqNFPar43GJoz8BnMB2AhjsPaQHkhrEOTfHHwq9iOlLGVjZ&#10;J5iGURWTaLH0s2+86eDzPkDdRkXTDA2Mxg1PcCpwfG3xiVzvk9flm7D6DQAA//8DAFBLAwQUAAYA&#10;CAAAACEAIFxRheIAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBm93YNprG&#10;bIoIoiAFTQXtbZsdk+DubMxu2+ivd/Sit/l4eOeZYjk6K/Y4hM6TgvNJAgKp9qajRsHz+vYsAxGi&#10;JqOtJ1TwiQGW5fFRoXPjD/SE+yo2gkMo5FpBG2OfSxnqFp0OE98j8e7ND05HbodGmkEfONxZOU2S&#10;C+l0R3yh1T3etFi/VzunYPFgX+5x8/i1WtvqztYf/etmSJU6PRmvr0BEHOMfDD/6rA4lO239jkwQ&#10;VsE8yaaMKpjNUi6YSLPFJYjt72QOsizk/x/KbwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAqo5X3EgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAgXFGF4gAAAAsBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l1152004,e" filled="f" strokeweight=".5pt">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15731200" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BD7EED1" wp14:editId="35F19E65">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>5759999</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2128485</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1152525" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
@@ -1522,51 +1522,51 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="20ED5ED4" id="Graphic 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:453.55pt;margin-top:167.6pt;width:90.75pt;height:.1pt;z-index:15731200;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1152525,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqo5X3EgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP0zAMfkfiP0R5Z+0Gd6Bq3QnddAjp&#10;dJx0QzxnabpWpHGws3X79zhpu43jDbFJ0ZfYsT/7c7q8O3ZWHAxSC66U81kuhXEaqtbtSvl98/Du&#10;kxQUlKuUBWdKeTIk71Zv3yx7X5gFNGArg4KDOCp6X8omBF9kGenGdIpm4I1jYw3YqcBb3GUVqp6j&#10;dzZb5Plt1gNWHkEbIj5dD0a5SvHr2ujwra7JBGFLydxCWjGt27hmq6Uqdqh80+qRhvoHFp1qHSc9&#10;h1qroMQe279Cda1GIKjDTEOXQV232qQauJp5/qqal0Z5k2rh5pA/t4n+X1j9dHjxzxipk38E/ZO4&#10;I1nvqThb4oZGn2ONXfRl4uKYung6d9Ecg9B8OJ/fLPgvhWbbfPExNTlTxXRX7yl8MZDiqMMjhUGD&#10;akKqmZA+ugkiKxk1tEnDIAVriFKwhttBQ69CvBfJRSj6C5F41sHBbCBZwyvmTO1ite7aK5aS5x+k&#10;mKpk38GDQUzDvRpASs34ujjrIovb9zd5Gg0C21YPrbWRBeFue29RHFQczPSLdXCEP9w8Ulgraga/&#10;ZBrdrBt1GqSJIm2hOj2j6HmaS0m/9gqNFPar43GJoz8BnMB2AhjsPaQHkhrEOTfHHwq9iOlLGVjZ&#10;J5iGURWTaLH0s2+86eDzPkDdRkXTDA2Mxg1PcCpwfG3xiVzvk9flm7D6DQAA//8DAFBLAwQUAAYA&#10;CAAAACEArWJfF+IAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUoDMRCG74LvEEbwZpO2tl3X&#10;zRYRREEE3Ra0t3Qz7i4mkzVJ29WnN/Wix5n5+eb7i+VgDdujD50jCeORAIZUO91RI2G9urvIgIWo&#10;SCvjCCV8YYBleXpSqFy7A73gvooNSxAKuZLQxtjnnIe6RavCyPVI6fbuvFUxjb7h2qtDglvDJ0LM&#10;uVUdpQ+t6vG2xfqj2lkJV4/m9QE3z99PK1Pdm/qzf9v4mZTnZ8PNNbCIQ/wLw1E/qUOZnLZuRzow&#10;kxhiMU5RCdPpbALsmBBZNge2/V1dAi8L/r9E+QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAqo5X3EgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCtYl8X4gAAAAwBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l1152004,e" filled="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="70E109BF" id="Graphic 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:453.55pt;margin-top:167.6pt;width:90.75pt;height:.1pt;z-index:15731200;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1152525,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqo5X3EgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP0zAMfkfiP0R5Z+0Gd6Bq3QnddAjp&#10;dJx0QzxnabpWpHGws3X79zhpu43jDbFJ0ZfYsT/7c7q8O3ZWHAxSC66U81kuhXEaqtbtSvl98/Du&#10;kxQUlKuUBWdKeTIk71Zv3yx7X5gFNGArg4KDOCp6X8omBF9kGenGdIpm4I1jYw3YqcBb3GUVqp6j&#10;dzZb5Plt1gNWHkEbIj5dD0a5SvHr2ujwra7JBGFLydxCWjGt27hmq6Uqdqh80+qRhvoHFp1qHSc9&#10;h1qroMQe279Cda1GIKjDTEOXQV232qQauJp5/qqal0Z5k2rh5pA/t4n+X1j9dHjxzxipk38E/ZO4&#10;I1nvqThb4oZGn2ONXfRl4uKYung6d9Ecg9B8OJ/fLPgvhWbbfPExNTlTxXRX7yl8MZDiqMMjhUGD&#10;akKqmZA+ugkiKxk1tEnDIAVriFKwhttBQ69CvBfJRSj6C5F41sHBbCBZwyvmTO1ite7aK5aS5x+k&#10;mKpk38GDQUzDvRpASs34ujjrIovb9zd5Gg0C21YPrbWRBeFue29RHFQczPSLdXCEP9w8Ulgraga/&#10;ZBrdrBt1GqSJIm2hOj2j6HmaS0m/9gqNFPar43GJoz8BnMB2AhjsPaQHkhrEOTfHHwq9iOlLGVjZ&#10;J5iGURWTaLH0s2+86eDzPkDdRkXTDA2Mxg1PcCpwfG3xiVzvk9flm7D6DQAA//8DAFBLAwQUAAYA&#10;CAAAACEArWJfF+IAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUoDMRCG74LvEEbwZpO2tl3X&#10;zRYRREEE3Ra0t3Qz7i4mkzVJ29WnN/Wix5n5+eb7i+VgDdujD50jCeORAIZUO91RI2G9urvIgIWo&#10;SCvjCCV8YYBleXpSqFy7A73gvooNSxAKuZLQxtjnnIe6RavCyPVI6fbuvFUxjb7h2qtDglvDJ0LM&#10;uVUdpQ+t6vG2xfqj2lkJV4/m9QE3z99PK1Pdm/qzf9v4mZTnZ8PNNbCIQ/wLw1E/qUOZnLZuRzow&#10;kxhiMU5RCdPpbALsmBBZNge2/V1dAi8L/r9E+QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAqo5X3EgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCtYl8X4gAAAAwBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l1152004,e" filled="f" strokeweight=".5pt">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:t>If yes, when was the last time it was held:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Venue:</w:t>
       </w:r>
@@ -1726,51 +1726,51 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="47FE5AD2" id="Graphic 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:51pt;margin-top:17.9pt;width:492.3pt;height:.1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6252210,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRcNjUEQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L048tBuMOMXQoMOA&#10;oivQFDsrshwbk0WNVGLn70fJcZJ1t2E+CJT4RD7yUV7eDZ0VB4PUgivlYjaXwjgNVet2pXzdPHz4&#10;LAUF5SplwZlSHg3Ju9X7d8veFyaHBmxlUHAQR0XvS9mE4IssI92YTtEMvHHsrAE7FXiLu6xC1XP0&#10;zmb5fH6b9YCVR9CGiE/Xo1OuUvy6Njp8r2syQdhSMreQVkzrNq7ZaqmKHSrftPpEQ/0Di061jpOe&#10;Q61VUGKP7V+hulYjENRhpqHLoK5bbVINXM1i/qaal0Z5k2rh5pA/t4n+X1j9dHjxzxipk38E/ZO4&#10;I1nvqTh74oZOmKHGLmKZuBhSF4/nLpohCM2Ht/lNni+42Zp9i/xTanKmiumu3lP4aiDFUYdHCqMG&#10;1WSpZrL04CYTWcmooU0aBilYQ5SCNdyOGnoV4r1ILpqivxCJZx0czAaSN7xhztQuXuuuUbEUHjIp&#10;pioZOyLYiGm4V6ORUrN9XZx1icXHm3kaDQLbVg+ttZEF4W57b1EcVBzM9MU6OMIfMI8U1oqaEZdc&#10;J5h1J51GaaJIW6iOzyh6nuZS0q+9QiOF/eZ4XOLoTwZOxnYyMNh7SA8kNYhzboYfCr2I6UsZWNkn&#10;mIZRFZNosfQzNt508GUfoG6jommGRkanDU9wKvD02uITud4n1OWfsPoNAAD//wMAUEsDBBQABgAI&#10;AAAAIQCBjHYl3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfgHa5F6K3ZAiSCN&#10;g6pKvfUCLYKjiZckaryOYgOBr+9yao8zO5qdV6xH14kLDqH1pCGZKRBIlbct1Rq+vz5eliBCNGRN&#10;5wk13DDAupw8FSa3/kobvGxjLbiEQm40NDH2uZShatCZMPM9Et9OfnAmshxqaQdz5XLXyblSmXSm&#10;Jf7QmB7fG6x+tmenoT3dFrtDkn7eu/190yfpajfuV1o/T8e3VxARx/gXhsd8ng4lbzr6M9kgOtZq&#10;zixRwyJlhEdALbMMxJGdTIEsC/kfofwFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0XDY&#10;1BECAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;gYx2Jd4AAAAKAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" path="m,l6252006,e" filled="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="5861A277" id="Graphic 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:51pt;margin-top:17.9pt;width:492.3pt;height:.1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6252210,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRcNjUEQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L048tBuMOMXQoMOA&#10;oivQFDsrshwbk0WNVGLn70fJcZJ1t2E+CJT4RD7yUV7eDZ0VB4PUgivlYjaXwjgNVet2pXzdPHz4&#10;LAUF5SplwZlSHg3Ju9X7d8veFyaHBmxlUHAQR0XvS9mE4IssI92YTtEMvHHsrAE7FXiLu6xC1XP0&#10;zmb5fH6b9YCVR9CGiE/Xo1OuUvy6Njp8r2syQdhSMreQVkzrNq7ZaqmKHSrftPpEQ/0Di061jpOe&#10;Q61VUGKP7V+hulYjENRhpqHLoK5bbVINXM1i/qaal0Z5k2rh5pA/t4n+X1j9dHjxzxipk38E/ZO4&#10;I1nvqTh74oZOmKHGLmKZuBhSF4/nLpohCM2Ht/lNni+42Zp9i/xTanKmiumu3lP4aiDFUYdHCqMG&#10;1WSpZrL04CYTWcmooU0aBilYQ5SCNdyOGnoV4r1ILpqivxCJZx0czAaSN7xhztQuXuuuUbEUHjIp&#10;pioZOyLYiGm4V6ORUrN9XZx1icXHm3kaDQLbVg+ttZEF4W57b1EcVBzM9MU6OMIfMI8U1oqaEZdc&#10;J5h1J51GaaJIW6iOzyh6nuZS0q+9QiOF/eZ4XOLoTwZOxnYyMNh7SA8kNYhzboYfCr2I6UsZWNkn&#10;mIZRFZNosfQzNt508GUfoG6jommGRkanDU9wKvD02uITud4n1OWfsPoNAAD//wMAUEsDBBQABgAI&#10;AAAAIQCBjHYl3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfgHa5F6K3ZAiSCN&#10;g6pKvfUCLYKjiZckaryOYgOBr+9yao8zO5qdV6xH14kLDqH1pCGZKRBIlbct1Rq+vz5eliBCNGRN&#10;5wk13DDAupw8FSa3/kobvGxjLbiEQm40NDH2uZShatCZMPM9Et9OfnAmshxqaQdz5XLXyblSmXSm&#10;Jf7QmB7fG6x+tmenoT3dFrtDkn7eu/190yfpajfuV1o/T8e3VxARx/gXhsd8ng4lbzr6M9kgOtZq&#10;zixRwyJlhEdALbMMxJGdTIEsC/kfofwFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0XDY&#10;1BECAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;gYx2Jd4AAAAKAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" path="m,l6252006,e" filled="f" strokeweight=".5pt">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ECD0D4D" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="920"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t>Reason/s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1920,51 +1920,51 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="22D9607F" id="Graphic 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:51pt;margin-top:20.9pt;width:492.3pt;height:.1pt;z-index:-15728128;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6252210,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRcNjUEQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L048tBuMOMXQoMOA&#10;oivQFDsrshwbk0WNVGLn70fJcZJ1t2E+CJT4RD7yUV7eDZ0VB4PUgivlYjaXwjgNVet2pXzdPHz4&#10;LAUF5SplwZlSHg3Ju9X7d8veFyaHBmxlUHAQR0XvS9mE4IssI92YTtEMvHHsrAE7FXiLu6xC1XP0&#10;zmb5fH6b9YCVR9CGiE/Xo1OuUvy6Njp8r2syQdhSMreQVkzrNq7ZaqmKHSrftPpEQ/0Di061jpOe&#10;Q61VUGKP7V+hulYjENRhpqHLoK5bbVINXM1i/qaal0Z5k2rh5pA/t4n+X1j9dHjxzxipk38E/ZO4&#10;I1nvqTh74oZOmKHGLmKZuBhSF4/nLpohCM2Ht/lNni+42Zp9i/xTanKmiumu3lP4aiDFUYdHCqMG&#10;1WSpZrL04CYTWcmooU0aBilYQ5SCNdyOGnoV4r1ILpqivxCJZx0czAaSN7xhztQuXuuuUbEUHjIp&#10;pioZOyLYiGm4V6ORUrN9XZx1icXHm3kaDQLbVg+ttZEF4W57b1EcVBzM9MU6OMIfMI8U1oqaEZdc&#10;J5h1J51GaaJIW6iOzyh6nuZS0q+9QiOF/eZ4XOLoTwZOxnYyMNh7SA8kNYhzboYfCr2I6UsZWNkn&#10;mIZRFZNosfQzNt508GUfoG6jommGRkanDU9wKvD02uITud4n1OWfsPoNAAD//wMAUEsDBBQABgAI&#10;AAAAIQDVKAJr3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfoP1lbqrdihJYI0&#10;Dqoq9dYLtIgeTbwkUe11FBsIfH2XUznOzmj2TbkcvRNHHGIXSEM2USCQ6mA7ajR8f308zUHEZMga&#10;Fwg1nDHCsrq/K01hw4lWeFynRnAJxcJoaFPqCylj3aI3cRJ6JPb2YfAmsRwaaQdz4nLv5FSpXHrT&#10;EX9oTY/vLda/64PX0O3Pz5ufbPZ5cdvLqs9mi824XWj9+DC+vYJIOKb/MFzxGR0qZtqFA9koHGs1&#10;5S1Jw0vGE64BNc9zEDu+sCOrUt5OqP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0XDY&#10;1BECAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;1SgCa94AAAAKAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" path="m,l6252006,e" filled="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="628E8874" id="Graphic 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:51pt;margin-top:20.9pt;width:492.3pt;height:.1pt;z-index:-15728128;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6252210,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRcNjUEQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L048tBuMOMXQoMOA&#10;oivQFDsrshwbk0WNVGLn70fJcZJ1t2E+CJT4RD7yUV7eDZ0VB4PUgivlYjaXwjgNVet2pXzdPHz4&#10;LAUF5SplwZlSHg3Ju9X7d8veFyaHBmxlUHAQR0XvS9mE4IssI92YTtEMvHHsrAE7FXiLu6xC1XP0&#10;zmb5fH6b9YCVR9CGiE/Xo1OuUvy6Njp8r2syQdhSMreQVkzrNq7ZaqmKHSrftPpEQ/0Di061jpOe&#10;Q61VUGKP7V+hulYjENRhpqHLoK5bbVINXM1i/qaal0Z5k2rh5pA/t4n+X1j9dHjxzxipk38E/ZO4&#10;I1nvqTh74oZOmKHGLmKZuBhSF4/nLpohCM2Ht/lNni+42Zp9i/xTanKmiumu3lP4aiDFUYdHCqMG&#10;1WSpZrL04CYTWcmooU0aBilYQ5SCNdyOGnoV4r1ILpqivxCJZx0czAaSN7xhztQuXuuuUbEUHjIp&#10;pioZOyLYiGm4V6ORUrN9XZx1icXHm3kaDQLbVg+ttZEF4W57b1EcVBzM9MU6OMIfMI8U1oqaEZdc&#10;J5h1J51GaaJIW6iOzyh6nuZS0q+9QiOF/eZ4XOLoTwZOxnYyMNh7SA8kNYhzboYfCr2I6UsZWNkn&#10;mIZRFZNosfQzNt508GUfoG6jommGRkanDU9wKvD02uITud4n1OWfsPoNAAD//wMAUEsDBBQABgAI&#10;AAAAIQDVKAJr3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfoP1lbqrdihJYI0&#10;Dqoq9dYLtIgeTbwkUe11FBsIfH2XUznOzmj2TbkcvRNHHGIXSEM2USCQ6mA7ajR8f308zUHEZMga&#10;Fwg1nDHCsrq/K01hw4lWeFynRnAJxcJoaFPqCylj3aI3cRJ6JPb2YfAmsRwaaQdz4nLv5FSpXHrT&#10;EX9oTY/vLda/64PX0O3Pz5ufbPZ5cdvLqs9mi824XWj9+DC+vYJIOKb/MFzxGR0qZtqFA9koHGs1&#10;5S1Jw0vGE64BNc9zEDu+sCOrUt5OqP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0XDY&#10;1BECAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;1SgCa94AAAAKAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" path="m,l6252006,e" filled="f" strokeweight=".5pt">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F6373AD" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5960"/>
         </w:tabs>
         <w:spacing w:line="374" w:lineRule="auto"/>
         <w:ind w:left="920" w:right="2777"/>
       </w:pPr>
       <w:r>
         <w:t>Date of event/s: (1st Preference)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2208,51 +2208,51 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="18C4DF22" id="Graphic 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:51pt;margin-top:25.35pt;width:492.3pt;height:.1pt;z-index:-15727616;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6252210,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRcNjUEQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L048tBuMOMXQoMOA&#10;oivQFDsrshwbk0WNVGLn70fJcZJ1t2E+CJT4RD7yUV7eDZ0VB4PUgivlYjaXwjgNVet2pXzdPHz4&#10;LAUF5SplwZlSHg3Ju9X7d8veFyaHBmxlUHAQR0XvS9mE4IssI92YTtEMvHHsrAE7FXiLu6xC1XP0&#10;zmb5fH6b9YCVR9CGiE/Xo1OuUvy6Njp8r2syQdhSMreQVkzrNq7ZaqmKHSrftPpEQ/0Di061jpOe&#10;Q61VUGKP7V+hulYjENRhpqHLoK5bbVINXM1i/qaal0Z5k2rh5pA/t4n+X1j9dHjxzxipk38E/ZO4&#10;I1nvqTh74oZOmKHGLmKZuBhSF4/nLpohCM2Ht/lNni+42Zp9i/xTanKmiumu3lP4aiDFUYdHCqMG&#10;1WSpZrL04CYTWcmooU0aBilYQ5SCNdyOGnoV4r1ILpqivxCJZx0czAaSN7xhztQuXuuuUbEUHjIp&#10;pioZOyLYiGm4V6ORUrN9XZx1icXHm3kaDQLbVg+ttZEF4W57b1EcVBzM9MU6OMIfMI8U1oqaEZdc&#10;J5h1J51GaaJIW6iOzyh6nuZS0q+9QiOF/eZ4XOLoTwZOxnYyMNh7SA8kNYhzboYfCr2I6UsZWNkn&#10;mIZRFZNosfQzNt508GUfoG6jommGRkanDU9wKvD02uITud4n1OWfsPoNAAD//wMAUEsDBBQABgAI&#10;AAAAIQDwcsDL3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfoP1iL1VuxQJSVp&#10;HFRV6q0XaBE9mnhJIux1FBsIfH2dUznO7Gj2TbkarWFnHHznSEIyF8CQaqc7aiT8fH8+L4H5oEgr&#10;4wglXNHDqnp8KFWh3YXWeN6EhsUS8oWS0IbQF5z7ukWr/Nz1SPF2cINVIcqh4XpQl1huDV8IkXGr&#10;OoofWtXjR4v1cXOyErrD9WX7m6RfN7O7rfskzbfjLpfyaTa+vwELOIb/MEz4ER2qyLR3J9KemajF&#10;Im4JElLxCmwKiGWWAdtPTg68Kvn9hOoPAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0XDY&#10;1BECAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;8HLAy94AAAAKAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" path="m,l6252006,e" filled="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="05BF9EE6" id="Graphic 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:51pt;margin-top:25.35pt;width:492.3pt;height:.1pt;z-index:-15727616;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6252210,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRcNjUEQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L048tBuMOMXQoMOA&#10;oivQFDsrshwbk0WNVGLn70fJcZJ1t2E+CJT4RD7yUV7eDZ0VB4PUgivlYjaXwjgNVet2pXzdPHz4&#10;LAUF5SplwZlSHg3Ju9X7d8veFyaHBmxlUHAQR0XvS9mE4IssI92YTtEMvHHsrAE7FXiLu6xC1XP0&#10;zmb5fH6b9YCVR9CGiE/Xo1OuUvy6Njp8r2syQdhSMreQVkzrNq7ZaqmKHSrftPpEQ/0Di061jpOe&#10;Q61VUGKP7V+hulYjENRhpqHLoK5bbVINXM1i/qaal0Z5k2rh5pA/t4n+X1j9dHjxzxipk38E/ZO4&#10;I1nvqTh74oZOmKHGLmKZuBhSF4/nLpohCM2Ht/lNni+42Zp9i/xTanKmiumu3lP4aiDFUYdHCqMG&#10;1WSpZrL04CYTWcmooU0aBilYQ5SCNdyOGnoV4r1ILpqivxCJZx0czAaSN7xhztQuXuuuUbEUHjIp&#10;pioZOyLYiGm4V6ORUrN9XZx1icXHm3kaDQLbVg+ttZEF4W57b1EcVBzM9MU6OMIfMI8U1oqaEZdc&#10;J5h1J51GaaJIW6iOzyh6nuZS0q+9QiOF/eZ4XOLoTwZOxnYyMNh7SA8kNYhzboYfCr2I6UsZWNkn&#10;mIZRFZNosfQzNt508GUfoG6jommGRkanDU9wKvD02uITud4n1OWfsPoNAAD//wMAUEsDBBQABgAI&#10;AAAAIQDwcsDL3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfoP1iL1VuxQJSVp&#10;HFRV6q0XaBE9mnhJIux1FBsIfH2dUznO7Gj2TbkarWFnHHznSEIyF8CQaqc7aiT8fH8+L4H5oEgr&#10;4wglXNHDqnp8KFWh3YXWeN6EhsUS8oWS0IbQF5z7ukWr/Nz1SPF2cINVIcqh4XpQl1huDV8IkXGr&#10;OoofWtXjR4v1cXOyErrD9WX7m6RfN7O7rfskzbfjLpfyaTa+vwELOIb/MEz4ER2qyLR3J9KemajF&#10;Im4JElLxCmwKiGWWAdtPTg68Kvn9hOoPAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0XDY&#10;1BECAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;8HLAy94AAAAKAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" path="m,l6252006,e" filled="f" strokeweight=".5pt">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B240213" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="920"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t>Entertainment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2477,80 +2477,78 @@
           <w:position w:val="-7"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:spacing w:val="14"/>
           <w:w w:val="115"/>
           <w:position w:val="-7"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:spacing w:val="-90"/>
           <w:w w:val="115"/>
           <w:position w:val="-7"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FFFFFF"/>
           <w:spacing w:val="14"/>
           <w:w w:val="70"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>|</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FFFFFF"/>
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:spacing w:val="-20"/>
           <w:position w:val="-7"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:spacing w:val="1"/>
           <w:position w:val="-7"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:spacing w:val="-20"/>
           <w:position w:val="-7"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FFFFFF"/>
           <w:spacing w:val="-20"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -3119,51 +3117,51 @@
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5524">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2C44FCEC" id="Graphic 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:523.55pt;margin-top:59.95pt;width:14pt;height:14pt;z-index:251654656;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAInNmmvhAAAADQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoE1TIT+NUCBWhXKpSyt2Nt0nU2I5sNwk8PdsT&#10;3GZ2R7PfFutZ92xE5ztrBMSLCBia2qrONAIOn28PKTAfpFGytwYFfKOHdXl7U8hc2cl84LgPDaMS&#10;43MpoA1hyDn3dYta+oUd0NDuZJ2WgaxruHJyonLd88coeuZadoYutHLA1xbr8/6iBbw36a6qaj7x&#10;7dfZjdufzaFKN0Lc380vK2AB5/AXhis+oUNJTEd7Mcqznny0TGLKkoqzDNg1EiVPNDqSWiYZ8LLg&#10;/78ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA7bQEkNAIAAO8EAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCJzZpr4QAAAA0BAAAPAAAAAAAA&#10;AAAAAAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
+              <v:shape w14:anchorId="04D5D4FA" id="Graphic 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:523.55pt;margin-top:59.95pt;width:14pt;height:14pt;z-index:251654656;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAInNmmvhAAAADQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoE1TIT+NUCBWhXKpSyt2Nt0nU2I5sNwk8PdsT&#10;3GZ2R7PfFutZ92xE5ztrBMSLCBia2qrONAIOn28PKTAfpFGytwYFfKOHdXl7U8hc2cl84LgPDaMS&#10;43MpoA1hyDn3dYta+oUd0NDuZJ2WgaxruHJyonLd88coeuZadoYutHLA1xbr8/6iBbw36a6qaj7x&#10;7dfZjdufzaFKN0Lc380vK2AB5/AXhis+oUNJTEd7Mcqznny0TGLKkoqzDNg1EiVPNDqSWiYZ8LLg&#10;/78ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA7bQEkNAIAAO8EAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCJzZpr4QAAAA0BAAAPAAAAAAAA&#10;AAAAAAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C31A90E" wp14:editId="582F4E7C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6648996</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1082772</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="177800" cy="177800"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
@@ -3208,51 +3206,51 @@
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5524">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7E6B6112" id="Graphic 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:523.55pt;margin-top:85.25pt;width:14pt;height:14pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAHMZ57HgAAAADQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoXURISONUCBWhXCoo5e7GbhI1Xke2mwS+nu0J&#10;bjO7o9m3xXq2PRuND51DCcuFAGawdrrDRsL+8/UuAxaiQq16h0bCtwmwLq+vCpVrN+GHGXexYVSC&#10;IVcS2hiHnPNQt8aqsHCDQdodnbcqkvUN115NVG57fi/EI7eqQ7rQqsG8tKY+7c5WwluTvVdVzSe+&#10;/Tr5cfuz2VfZRsrbm/l5BSyaOf6F4YJP6FAS08GdUQfWkxcP6ZKypFKRALtERJrQ6EDqKUuAlwX/&#10;/0X5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADttASQ0AgAA7wQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHMZ57HgAAAADQEAAA8AAAAAAAAA&#10;AAAAAAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
+              <v:shape w14:anchorId="33EA0373" id="Graphic 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:523.55pt;margin-top:85.25pt;width:14pt;height:14pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAHMZ57HgAAAADQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoXURISONUCBWhXCoo5e7GbhI1Xke2mwS+nu0J&#10;bjO7o9m3xXq2PRuND51DCcuFAGawdrrDRsL+8/UuAxaiQq16h0bCtwmwLq+vCpVrN+GHGXexYVSC&#10;IVcS2hiHnPNQt8aqsHCDQdodnbcqkvUN115NVG57fi/EI7eqQ7rQqsG8tKY+7c5WwluTvVdVzSe+&#10;/Tr5cfuz2VfZRsrbm/l5BSyaOf6F4YJP6FAS08GdUQfWkxcP6ZKypFKRALtERJrQ6EDqKUuAlwX/&#10;/0X5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADttASQ0AgAA7wQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHMZ57HgAAAADQEAAA8AAAAAAAAA&#10;AAAAAAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
@@ -3487,51 +3485,51 @@
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5524">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5DA233C6" id="Graphic 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:524.6pt;margin-top:61.1pt;width:14pt;height:14pt;z-index:251652608;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAAjQhmHeAAAADQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyojQU0hDgVQkUol6qUcnfjJYka25HtJoGvZ3uC&#10;2xvtaHamWM22ZyOG2Hmn4HYhgKGrvelco2D/8XqTAYtJO6N771DBN0ZYlZcXhc6Nn9w7jrvUMApx&#10;MdcK2pSGnPNYt2h1XPgBHd2+fLA6kQwNN0FPFG57LoV44FZ3jj60esCXFuvj7mQVvDXZtqpqPvHN&#10;5zGMm5/1vsrWSl1fzc9PwBLO6c8M5/pUHUrqdPAnZyLrSYu7R0leIikJzhaxXBIdiO6FBF4W/P+K&#10;8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA7bQEkNAIAAO8EAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAI0IZh3gAAAA0BAAAPAAAAAAAAAAAA&#10;AAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
+              <v:shape w14:anchorId="5B506919" id="Graphic 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:524.6pt;margin-top:61.1pt;width:14pt;height:14pt;z-index:251652608;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAAjQhmHeAAAADQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyojQU0hDgVQkUol6qUcnfjJYka25HtJoGvZ3uC&#10;2xvtaHamWM22ZyOG2Hmn4HYhgKGrvelco2D/8XqTAYtJO6N771DBN0ZYlZcXhc6Nn9w7jrvUMApx&#10;MdcK2pSGnPNYt2h1XPgBHd2+fLA6kQwNN0FPFG57LoV44FZ3jj60esCXFuvj7mQVvDXZtqpqPvHN&#10;5zGMm5/1vsrWSl1fzc9PwBLO6c8M5/pUHUrqdPAnZyLrSYu7R0leIikJzhaxXBIdiO6FBF4W/P+K&#10;8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA7bQEkNAIAAO8EAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAI0IZh3gAAAA0BAAAPAAAAAAAAAAAA&#10;AAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="877" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8319"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="408"/>
       </w:tblGrid>
       <w:tr w:rsidR="008F6B45" w14:paraId="02FE9DEC" w14:textId="77777777">
@@ -3957,51 +3955,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="0560FFB8" id="Group 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:22.05pt;margin-top:2.4pt;width:14.4pt;height:14.4pt;z-index:-16049664;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlowU2lQIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X514SxtZcaqpWaNJ&#10;VVepmfZMMP7QMDAgcfrvd7k2zkenTer8YB98D5d7DwcWt4dWkr2wrtEqp9OrCSVCcV00qsrp9839&#10;hzklzjNVMKmVyOmLcPR2+f7dojOZSHWtZSEsgSTKZZ3Jae29yZLE8Vq0zF1pIxQES21b5mFoq6Sw&#10;rIPsrUzSyeQ66bQtjNVcOAd/V32QLjF/WQruv5WlE57InEJtHt8W39vwTpYLllWWmbrhQxnsDVW0&#10;rFGw6JhqxTwjO9u8StU23GqnS3/FdZvosmy4wB6gm+nkopu11TuDvVRZV5lRJpD2Qqc3p+WP+7U1&#10;z+bJ9tUDfND8pwNdks5U2Wk8jKsj+VDaNkyCJsgBFX0ZFRUHTzj8nM7T+Rx05xAaMCrOa9iWV7N4&#10;/eWv8xKW9YtiaWMpnQHvuKM87v/kea6ZEai6C+0/WdIUOU3ByIq1YOH14Bb4A72ExYEVFBxGbhDz&#10;Qp/05jqlBHRAgCqMKt3czCdRpR5DfOyWZXzn/FpolJvtH5zH6VUREasj4gcVoQXzB9tLtL2nBGxv&#10;KQHbb3vbG+bDvLCHAZIO9miopB5hiLZ6LzYaef64acD9OJuFVFDpkSLVKXUghb7P+JEVvwYTn7Dx&#10;aELiSIjfnghiRbP9g/PHVbnUTvSFh86xg1ENSHiqt1RBmNks/YQH3GnZFPeNlEEOZ6vtnbRkz8L1&#10;gs+gxxnNWOdXzNU9D0MDTSo8Zy7rTRPMtNXFC3iuA5fl1P3aMSsokV8VuDpcYBHYCLYRWC/vNF5z&#10;uFOw5ubwg1lDwvI59eC2Rx3NzbLoI2g3EHpumKn0553XZRNMBgctVjQM4KAhwhsJ0NmVdzpG1vGO&#10;X/4GAAD//wMAUEsDBBQABgAIAAAAIQANMT7o3gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;S8NAEIXvgv9hGcGb3aSpVWM2pRT1VARbQbxNk2kSmp0N2W2S/nvHk54ew3u89022mmyrBup949hA&#10;PItAEReubLgy8Ll/vXsE5QNyia1jMnAhD6v8+irDtHQjf9CwC5WSEvYpGqhD6FKtfVGTRT9zHbF4&#10;R9dbDHL2lS57HKXctnoeRUttsWFZqLGjTU3FaXe2Bt5GHNdJ/DJsT8fN5Xt///61jcmY25tp/Qwq&#10;0BT+wvCLL+iQC9PBnbn0qjWwWMSSFJUHxH6YP4E6GEiSJeg80//x8x8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAZaMFNpUCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEADTE+6N4AAAAGAQAADwAAAAAAAAAAAAAAAADvBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
+                    <v:group w14:anchorId="168F38A1" id="Group 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:22.05pt;margin-top:2.4pt;width:14.4pt;height:14.4pt;z-index:-16049664;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlowU2lQIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X514SxtZcaqpWaNJ&#10;VVepmfZMMP7QMDAgcfrvd7k2zkenTer8YB98D5d7DwcWt4dWkr2wrtEqp9OrCSVCcV00qsrp9839&#10;hzklzjNVMKmVyOmLcPR2+f7dojOZSHWtZSEsgSTKZZ3Jae29yZLE8Vq0zF1pIxQES21b5mFoq6Sw&#10;rIPsrUzSyeQ66bQtjNVcOAd/V32QLjF/WQruv5WlE57InEJtHt8W39vwTpYLllWWmbrhQxnsDVW0&#10;rFGw6JhqxTwjO9u8StU23GqnS3/FdZvosmy4wB6gm+nkopu11TuDvVRZV5lRJpD2Qqc3p+WP+7U1&#10;z+bJ9tUDfND8pwNdks5U2Wk8jKsj+VDaNkyCJsgBFX0ZFRUHTzj8nM7T+Rx05xAaMCrOa9iWV7N4&#10;/eWv8xKW9YtiaWMpnQHvuKM87v/kea6ZEai6C+0/WdIUOU3ByIq1YOH14Bb4A72ExYEVFBxGbhDz&#10;Qp/05jqlBHRAgCqMKt3czCdRpR5DfOyWZXzn/FpolJvtH5zH6VUREasj4gcVoQXzB9tLtL2nBGxv&#10;KQHbb3vbG+bDvLCHAZIO9miopB5hiLZ6LzYaef64acD9OJuFVFDpkSLVKXUghb7P+JEVvwYTn7Dx&#10;aELiSIjfnghiRbP9g/PHVbnUTvSFh86xg1ENSHiqt1RBmNks/YQH3GnZFPeNlEEOZ6vtnbRkz8L1&#10;gs+gxxnNWOdXzNU9D0MDTSo8Zy7rTRPMtNXFC3iuA5fl1P3aMSsokV8VuDpcYBHYCLYRWC/vNF5z&#10;uFOw5ubwg1lDwvI59eC2Rx3NzbLoI2g3EHpumKn0553XZRNMBgctVjQM4KAhwhsJ0NmVdzpG1vGO&#10;X/4GAAD//wMAUEsDBBQABgAIAAAAIQANMT7o3gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;S8NAEIXvgv9hGcGb3aSpVWM2pRT1VARbQbxNk2kSmp0N2W2S/nvHk54ew3u89022mmyrBup949hA&#10;PItAEReubLgy8Ll/vXsE5QNyia1jMnAhD6v8+irDtHQjf9CwC5WSEvYpGqhD6FKtfVGTRT9zHbF4&#10;R9dbDHL2lS57HKXctnoeRUttsWFZqLGjTU3FaXe2Bt5GHNdJ/DJsT8fN5Xt///61jcmY25tp/Qwq&#10;0BT+wvCLL+iQC9PBnbn0qjWwWMSSFJUHxH6YP4E6GEiSJeg80//x8x8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAZaMFNpUCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEADTE+6N4AAAAGAQAADwAAAAAAAAAAAAAAAADvBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
                       <v:shape id="Graphic 28" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBhkbn6wAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L8w/hDrjTdFwMpRpFxMHpRhwf+0tzbYvNTUliW/16sxBmeTjvxWowjejI+dqygq9pAoK4sLrm&#10;UsH59DNJQfiArLGxTAoe5GG1/BgtMNO25z/qjqEUMYR9hgqqENpMSl9UZNBPbUscuat1BkOErpTa&#10;YR/DTSNnSfItDdYcGypsaVNRcTvejYJdmR7yvJC93F9urts/t+c83So1/hzWcxCBhvAvfrt/tYJZ&#10;HBu/xB8gly8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYZG5+sAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B296349" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="6" w:line="500" w:lineRule="atLeast"/>
               <w:ind w:left="64" w:right="415"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -4076,51 +4074,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="24DDE51F" id="Group 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:21.45pt;margin-top:8.7pt;width:14.4pt;height:14.4pt;z-index:-16048640;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFuu+WlQIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X52mSxtZdaqpXaNJ&#10;1VapnfZMMP7QMJcBidN/v8u1cdJ22qTOD/bB93C593Dg8mrfabZTzrdgCn56MuNMGQlla+qCf3+8&#10;/bDkzAdhSqHBqII/Kc+vVu/fXfY2V3NoQJfKMUxifN7bgjch2DzLvGxUJ/wJWGUwWIHrRMChq7PS&#10;iR6zdzqbz2bnWQ+utA6k8h7/3gxBvqL8VaVk+FZVXgWmC461BXo7em/iO1tdirx2wjatHMsQb6ii&#10;E63BRadUNyIItnXtq1RdKx14qMKJhC6Dqmqloh6wm9PZi27WDraWeqnzvraTTCjtC53enFZ+3a2d&#10;fbD3bqge4R3Inx51yXpb58fxOK4P5H3lujgJm2B7UvRpUlTtA5P483Q5Xy5Rd4mhEZPissFteTVL&#10;Np//Oi8T+bAolTaV0lv0jj/I4/9PnodGWEWq+9j+vWNtWfAz7MKIDi28Ht2Cf7CXuDiyooLjyI9i&#10;vtBnfnE+5wx1IEAqTCpdXCxnSaUBY3zqVuRy68NaAcktdnc+0PS6TEg0Ccm9SdCh+aPtNdk+cIa2&#10;d5yh7TeD7a0IcV7cwwhZj3s0VtJMMEY72KlHIF44bBpyzxaLmAorPVC0OaaOpNj3M35ipa+lxEds&#10;EhcTJ0L6DkQUK5ntH5w/rio1eDUUHjunDiY1MOGx3tpEYRaL+Uc64B50W962Wkc5vKs319qxnYjX&#10;Cz2jHs9o1vlwI3wz8Cg00rShc+bzwTTRTBson9BzPbqs4P7XVjjFmf5i0NXYdUjAJbBJwAV9DXTN&#10;0U7hmo/7H8JZFpcveEC3fYVkbpEnH2G7kTBw40wDn7YBqjaaDA9aqmgc4EEjRDcSomdX3vGYWIc7&#10;fvUbAAD//wMAUEsDBBQABgAIAAAAIQA+b7+43QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7N&#10;ToNAFIX3Jr7D5Jq4swNYS0WGpmnUVWNia9K4mzK3QMrcIcwU6Nt7Xeny/OScL19NthUD9r5xpCCe&#10;RSCQSmcaqhR87d8eliB80GR06wgVXNHDqri9yXVm3EifOOxCJXiEfKYV1CF0mZS+rNFqP3MdEmcn&#10;11sdWPaVNL0eedy2MomihbS6IX6odYebGsvz7mIVvI96XD/Gr8P2fNpcv/dPH4dtjErd303rFxAB&#10;p/BXhl98RoeCmY7uQsaLVsE8eeYm++kcBOdpnII4sr9IQBa5/M9f/AAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAFuu+WlQIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQA+b7+43QAAAAcBAAAPAAAAAAAAAAAAAAAAAO8EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;">
+                    <v:group w14:anchorId="6892DF5A" id="Group 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:21.45pt;margin-top:8.7pt;width:14.4pt;height:14.4pt;z-index:-16048640;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFuu+WlQIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X52mSxtZdaqpXaNJ&#10;1VapnfZMMP7QMJcBidN/v8u1cdJ22qTOD/bB93C593Dg8mrfabZTzrdgCn56MuNMGQlla+qCf3+8&#10;/bDkzAdhSqHBqII/Kc+vVu/fXfY2V3NoQJfKMUxifN7bgjch2DzLvGxUJ/wJWGUwWIHrRMChq7PS&#10;iR6zdzqbz2bnWQ+utA6k8h7/3gxBvqL8VaVk+FZVXgWmC461BXo7em/iO1tdirx2wjatHMsQb6ii&#10;E63BRadUNyIItnXtq1RdKx14qMKJhC6Dqmqloh6wm9PZi27WDraWeqnzvraTTCjtC53enFZ+3a2d&#10;fbD3bqge4R3Inx51yXpb58fxOK4P5H3lujgJm2B7UvRpUlTtA5P483Q5Xy5Rd4mhEZPissFteTVL&#10;Np//Oi8T+bAolTaV0lv0jj/I4/9PnodGWEWq+9j+vWNtWfAz7MKIDi28Ht2Cf7CXuDiyooLjyI9i&#10;vtBnfnE+5wx1IEAqTCpdXCxnSaUBY3zqVuRy68NaAcktdnc+0PS6TEg0Ccm9SdCh+aPtNdk+cIa2&#10;d5yh7TeD7a0IcV7cwwhZj3s0VtJMMEY72KlHIF44bBpyzxaLmAorPVC0OaaOpNj3M35ipa+lxEds&#10;EhcTJ0L6DkQUK5ntH5w/rio1eDUUHjunDiY1MOGx3tpEYRaL+Uc64B50W962Wkc5vKs319qxnYjX&#10;Cz2jHs9o1vlwI3wz8Cg00rShc+bzwTTRTBson9BzPbqs4P7XVjjFmf5i0NXYdUjAJbBJwAV9DXTN&#10;0U7hmo/7H8JZFpcveEC3fYVkbpEnH2G7kTBw40wDn7YBqjaaDA9aqmgc4EEjRDcSomdX3vGYWIc7&#10;fvUbAAD//wMAUEsDBBQABgAIAAAAIQA+b7+43QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7N&#10;ToNAFIX3Jr7D5Jq4swNYS0WGpmnUVWNia9K4mzK3QMrcIcwU6Nt7Xeny/OScL19NthUD9r5xpCCe&#10;RSCQSmcaqhR87d8eliB80GR06wgVXNHDqri9yXVm3EifOOxCJXiEfKYV1CF0mZS+rNFqP3MdEmcn&#10;11sdWPaVNL0eedy2MomihbS6IX6odYebGsvz7mIVvI96XD/Gr8P2fNpcv/dPH4dtjErd303rFxAB&#10;p/BXhl98RoeCmY7uQsaLVsE8eeYm++kcBOdpnII4sr9IQBa5/M9f/AAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAFuu+WlQIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQA+b7+43QAAAAcBAAAPAAAAAAAAAAAAAAAAAO8EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;">
                       <v:shape id="Graphic 30" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAaPiMhwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P9j+EN/A20ymMUo0i4th6Ea16fzTPtti8lCS23f765SB4/Ph+L9ejaUVPzjeWFXxMExDEpdUN&#10;VwrOp6/3FIQPyBpby6TglzysV68vS8y0HfhIfREqEUPYZ6igDqHLpPRlTQb91HbEkbtaZzBE6Cqp&#10;HQ4x3LRyliSf0mDDsaHGjrY1lbfibhR8V+khz0s5yP3l5vr93+6cpzulJm/jZgEi0Bie4of7RyuY&#10;x/XxS/wBcvUPAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGj4jIcAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487268864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="138938F3" wp14:editId="125A7A37">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>272552</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>431567</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="182880" cy="182880"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -4178,51 +4176,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="44AB1A80" id="Group 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:21.45pt;margin-top:34pt;width:14.4pt;height:14.4pt;z-index:-16047616;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBEs/UelgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X52mSxtZdaqpXaNJ&#10;1VapnfZMMP7QMJcBidN/v8u1cdJ22qTOD/bB93C593Dg8mrfabZTzrdgCn56MuNMGQlla+qCf3+8&#10;/bDkzAdhSqHBqII/Kc+vVu/fXfY2V3NoQJfKMUxifN7bgjch2DzLvGxUJ/wJWGUwWIHrRMChq7PS&#10;iR6zdzqbz2bnWQ+utA6k8h7/3gxBvqL8VaVk+FZVXgWmC461BXo7em/iO1tdirx2wjatHMsQb6ii&#10;E63BRadUNyIItnXtq1RdKx14qMKJhC6Dqmqloh6wm9PZi27WDraWeqnzvraTTCjtC53enFZ+3a2d&#10;fbD3bqge4R3Inx51yXpb58fxOK4P5H3lujgJm2B7UvRpUlTtA5P483Q5Xy5Rd4mhEZPissFteTVL&#10;Np//Oi8T+bAolTaV0lv0jj/I4/9PnodGWEWq+9j+vWNtWfCzOWdGdGjh9egW/IO9xMWRFRUcR34U&#10;84U+84tzTIE6ECAVJpUuLpazpNKAMT51K3K59WGtgOQWuzsfaHpdJiSahOTeJOjQ/NH2mmwfOEPb&#10;O87Q9pvB9laEOC/uYYSsxz0aK2kmGKMd7NQjEC8cNg25Z4tFTIWVHijaHFNHUuz7GT+x0tdS4iM2&#10;HU1MnAjpOxBRrGS2f3D+uKrU4NVQeOycOpjUwITHemsThVks5h/pgHvQbXnbah3l8K7eXGvHdiJe&#10;L/SMejyjWefDjfDNwKPQSNOGzpnPB9NEM22gfELP9eiygvtfW+EUZ/qLQVfHCywBl8AmARf0NdA1&#10;RzuFaz7ufwhnWVy+4AHd9hWSuUWefITtRsLAjTMNfNoGqNpoMjxoqaJxgAeNEN1IiJ5decdjYh3u&#10;+NVvAAAA//8DAFBLAwQUAAYACAAAACEAI1LD/d8AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QUvDQBSE74L/YXmCN7tJ1TSN2ZRS1FMp2AribZt9TUKzb0N2m6T/3udJj8MMM9/kq8m2YsDeN44U&#10;xLMIBFLpTEOVgs/D20MKwgdNRreOUMEVPayK25tcZ8aN9IHDPlSCS8hnWkEdQpdJ6csarfYz1yGx&#10;d3K91YFlX0nT65HLbSvnUZRIqxvihVp3uKmxPO8vVsH7qMf1Y/w6bM+nzfX78Lz72sao1P3dtH4B&#10;EXAKf2H4xWd0KJjp6C5kvGgVPM2XnFSQpHyJ/UW8AHFUsExSkEUu//MXPwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQBEs/UelgIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAjUsP93wAAAAcBAAAPAAAAAAAAAAAAAAAAAPAEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAA/AUAAAAA&#10;">
+                    <v:group w14:anchorId="3C2E5E3D" id="Group 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:21.45pt;margin-top:34pt;width:14.4pt;height:14.4pt;z-index:-16047616;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBEs/UelgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X52mSxtZdaqpXaNJ&#10;1VapnfZMMP7QMJcBidN/v8u1cdJ22qTOD/bB93C593Dg8mrfabZTzrdgCn56MuNMGQlla+qCf3+8&#10;/bDkzAdhSqHBqII/Kc+vVu/fXfY2V3NoQJfKMUxifN7bgjch2DzLvGxUJ/wJWGUwWIHrRMChq7PS&#10;iR6zdzqbz2bnWQ+utA6k8h7/3gxBvqL8VaVk+FZVXgWmC461BXo7em/iO1tdirx2wjatHMsQb6ii&#10;E63BRadUNyIItnXtq1RdKx14qMKJhC6Dqmqloh6wm9PZi27WDraWeqnzvraTTCjtC53enFZ+3a2d&#10;fbD3bqge4R3Inx51yXpb58fxOK4P5H3lujgJm2B7UvRpUlTtA5P483Q5Xy5Rd4mhEZPissFteTVL&#10;Np//Oi8T+bAolTaV0lv0jj/I4/9PnodGWEWq+9j+vWNtWfCzOWdGdGjh9egW/IO9xMWRFRUcR34U&#10;84U+84tzTIE6ECAVJpUuLpazpNKAMT51K3K59WGtgOQWuzsfaHpdJiSahOTeJOjQ/NH2mmwfOEPb&#10;O87Q9pvB9laEOC/uYYSsxz0aK2kmGKMd7NQjEC8cNg25Z4tFTIWVHijaHFNHUuz7GT+x0tdS4iM2&#10;HU1MnAjpOxBRrGS2f3D+uKrU4NVQeOycOpjUwITHemsThVks5h/pgHvQbXnbah3l8K7eXGvHdiJe&#10;L/SMejyjWefDjfDNwKPQSNOGzpnPB9NEM22gfELP9eiygvtfW+EUZ/qLQVfHCywBl8AmARf0NdA1&#10;RzuFaz7ufwhnWVy+4AHd9hWSuUWefITtRsLAjTMNfNoGqNpoMjxoqaJxgAeNEN1IiJ5decdjYh3u&#10;+NVvAAAA//8DAFBLAwQUAAYACAAAACEAI1LD/d8AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QUvDQBSE74L/YXmCN7tJ1TSN2ZRS1FMp2AribZt9TUKzb0N2m6T/3udJj8MMM9/kq8m2YsDeN44U&#10;xLMIBFLpTEOVgs/D20MKwgdNRreOUMEVPayK25tcZ8aN9IHDPlSCS8hnWkEdQpdJ6csarfYz1yGx&#10;d3K91YFlX0nT65HLbSvnUZRIqxvihVp3uKmxPO8vVsH7qMf1Y/w6bM+nzfX78Lz72sao1P3dtH4B&#10;EXAKf2H4xWd0KJjp6C5kvGgVPM2XnFSQpHyJ/UW8AHFUsExSkEUu//MXPwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQBEs/UelgIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAjUsP93wAAAAcBAAAPAAAAAAAAAAAAAAAAAPAEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAA/AUAAAAA&#10;">
                       <v:shape id="Graphic 32" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCFoBjNwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6kYFCdFVRJSai7TW3h/ZZxLMvg272yT117tCocdhZr5hVpvBNKIj52vLCqaTBARx&#10;YXXNpYLL1+EtBeEDssbGMin4JQ+b9ehlhZm2PX9Sdw6liBD2GSqoQmgzKX1RkUE/sS1x9K7WGQxR&#10;ulJqh32Em0bOkmQhDdYcFypsaVdRcTv/GAXvZfqR54Xs5en75rrTfX/J071Sr+NhuwQRaAj/4b/2&#10;USuYz+D5Jf4AuX4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhaAYzcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4626,51 +4624,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="091426AD" id="Group 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:21.45pt;margin-top:-1.95pt;width:14.4pt;height:14.4pt;z-index:-16046592;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGrqpdlgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X524TRNZcaqpXaNJ&#10;VVepnfZMMP7QMDAgcfLvd7k2TppOm9T5wT74Hi73Hg4sb/atJDthXaNVTqcXE0qE4rpoVJXT7y/3&#10;nxaUOM9UwaRWIqcH4ejN6uOHZWcykepay0JYAkmUyzqT09p7kyWJ47VombvQRigIltq2zMPQVklh&#10;WQfZW5mkk8l10mlbGKu5cA7+3vVBusL8ZSm4/1aWTngicwq1eXxbfG/CO1ktWVZZZuqGD2Wwd1TR&#10;skbBomOqO+YZ2drmTaq24VY7XfoLrttEl2XDBfYA3UwnZ92srd4a7KXKusqMMoG0Zzq9Oy1/3K2t&#10;eTZPtq8e4IPmPx3oknSmyk7jYVwdyfvStmESNEH2qOhhVFTsPeHwc7pIFwvQnUNowKg4r2Fb3szi&#10;9Ze/zktY1i+KpY2ldAa8447yuP+T57lmRqDqLrT/ZElT5PTyihLFWrDwenAL/IFewuLACgoOIzeI&#10;eaZPOr9OKQEdEKAKo0rz+WISVeoxxMduWca3zq+FRrnZ7sF5nF4VEbE6Ir5XEVowf7C9RNt7SsD2&#10;lhKw/aa3vWE+zAt7GCDpYI+GSuoRhmird+JFI88fNw24l7NZSAWVHilSnVIHUuj7FT+y4tdg4hM2&#10;Hk1IHAnx2xNBrGi2f3D+uCqX2om+8NA5djCqAQlP9ZYqCDObpVd4wJ2WTXHfSBnkcLba3EpLdixc&#10;L/gMeryiGev8HXN1z8PQQJMKz5nLetMEM210cQDPdeCynLpfW2YFJfKrAleHCywCG8EmAuvlrcZr&#10;DncK1nzZ/2DWkLB8Tj247VFHc7Ms+gjaDYSeG2Yq/XnrddkEk8FBixUNAzhoiPBGAvTqyjsdI+t4&#10;x69+AwAA//8DAFBLAwQUAAYACAAAACEA3J1jS98AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;QWvCQBSE74X+h+UVetNNoq2a5kVE2p6kUC0Ub2v2mQSzuyG7JvHf9/XUnoZhhpkvW4+mET11vnYW&#10;IZ5GIMgWTte2RPg6vE2WIHxQVqvGWUK4kYd1fn+XqVS7wX5Svw+l4BHrU4VQhdCmUvqiIqP81LVk&#10;OTu7zqjAtiul7tTA46aRSRQ9S6Nqyw+VamlbUXHZXw3C+6CGzSx+7XeX8/Z2PDx9fO9iQnx8GDcv&#10;IAKN4a8Mv/iMDjkzndzVai8ahHmy4ibCZMbK+SJegDghJPMVyDyT//nzHwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQDGrqpdlgIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDcnWNL3wAAAAcBAAAPAAAAAAAAAAAAAAAAAPAEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAA/AUAAAAA&#10;">
+                    <v:group w14:anchorId="2D7F796D" id="Group 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:21.45pt;margin-top:-1.95pt;width:14.4pt;height:14.4pt;z-index:-16046592;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGrqpdlgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X524TRNZcaqpXaNJ&#10;VVepnfZMMP7QMDAgcfLvd7k2TppOm9T5wT74Hi73Hg4sb/atJDthXaNVTqcXE0qE4rpoVJXT7y/3&#10;nxaUOM9UwaRWIqcH4ejN6uOHZWcykepay0JYAkmUyzqT09p7kyWJ47VombvQRigIltq2zMPQVklh&#10;WQfZW5mkk8l10mlbGKu5cA7+3vVBusL8ZSm4/1aWTngicwq1eXxbfG/CO1ktWVZZZuqGD2Wwd1TR&#10;skbBomOqO+YZ2drmTaq24VY7XfoLrttEl2XDBfYA3UwnZ92srd4a7KXKusqMMoG0Zzq9Oy1/3K2t&#10;eTZPtq8e4IPmPx3oknSmyk7jYVwdyfvStmESNEH2qOhhVFTsPeHwc7pIFwvQnUNowKg4r2Fb3szi&#10;9Ze/zktY1i+KpY2ldAa8447yuP+T57lmRqDqLrT/ZElT5PTyihLFWrDwenAL/IFewuLACgoOIzeI&#10;eaZPOr9OKQEdEKAKo0rz+WISVeoxxMduWca3zq+FRrnZ7sF5nF4VEbE6Ir5XEVowf7C9RNt7SsD2&#10;lhKw/aa3vWE+zAt7GCDpYI+GSuoRhmird+JFI88fNw24l7NZSAWVHilSnVIHUuj7FT+y4tdg4hM2&#10;Hk1IHAnx2xNBrGi2f3D+uCqX2om+8NA5djCqAQlP9ZYqCDObpVd4wJ2WTXHfSBnkcLba3EpLdixc&#10;L/gMeryiGev8HXN1z8PQQJMKz5nLetMEM210cQDPdeCynLpfW2YFJfKrAleHCywCG8EmAuvlrcZr&#10;DncK1nzZ/2DWkLB8Tj247VFHc7Ms+gjaDYSeG2Yq/XnrddkEk8FBixUNAzhoiPBGAvTqyjsdI+t4&#10;x69+AwAA//8DAFBLAwQUAAYACAAAACEA3J1jS98AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;QWvCQBSE74X+h+UVetNNoq2a5kVE2p6kUC0Ub2v2mQSzuyG7JvHf9/XUnoZhhpkvW4+mET11vnYW&#10;IZ5GIMgWTte2RPg6vE2WIHxQVqvGWUK4kYd1fn+XqVS7wX5Svw+l4BHrU4VQhdCmUvqiIqP81LVk&#10;OTu7zqjAtiul7tTA46aRSRQ9S6Nqyw+VamlbUXHZXw3C+6CGzSx+7XeX8/Z2PDx9fO9iQnx8GDcv&#10;IAKN4a8Mv/iMDjkzndzVai8ahHmy4ibCZMbK+SJegDghJPMVyDyT//nzHwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQDGrqpdlgIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDcnWNL3wAAAAcBAAAPAAAAAAAAAAAAAAAAAPAEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAA/AUAAAAA&#10;">
                       <v:shape id="Graphic 34" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBlBSUixAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6kYtJURXEVFsLtL65/7IPpNg9m3YXZO0n75bKPQ4zMxvmOV6MI3oyPnasoLpJAFB&#10;XFhdc6ngct6/pCB8QNbYWCYFX+RhvRo9LTHTtudP6k6hFBHCPkMFVQhtJqUvKjLoJ7Yljt7NOoMh&#10;SldK7bCPcNPIWZK8SYM1x4UKW9pWVNxPD6PgUKYfeV7IXh6vd9cdv3eXPN0p9TweNgsQgYbwH/5r&#10;v2sF81f4/RJ/gFz9AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGUFJSLEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="408" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E0011D8" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="008F6B45">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="86"/>
@@ -4684,226 +4682,181 @@
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F6B45" w14:paraId="73EA19DB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="818"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22F161B0" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
+          <w:p w14:paraId="22ED8177" w14:textId="77777777" w:rsidR="00FE3493" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="43" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="50" w:right="1628"/>
               <w:rPr>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>If</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>your</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>venue</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00FE3493">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve">is a park/reserve </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:t>has</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>been</w:t>
-[...96 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">irrigation, </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>would you like sprinklers to be turned off the night prior to your booking?</w:t>
+          </w:p>
+          <w:p w14:paraId="22F161B0" w14:textId="55FCDF03" w:rsidR="008F6B45" w:rsidRDefault="004C51BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="43" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="50" w:right="1628"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00766CCD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00766CCD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ould you like the irrigation to be switched off </w:t>
+            </w:r>
+            <w:r w:rsidR="00766CCD" w:rsidRPr="00766CCD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>during</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00766CCD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> your booking?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="213D5CEE" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="008F6B45">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="86"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4A22CE95" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="64"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -4977,51 +4930,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="2ED7B156" id="Group 35" o:spid="_x0000_s1026" style="position:absolute;margin-left:21.45pt;margin-top:-1.95pt;width:14.4pt;height:14.4pt;z-index:-16045568;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHp7DVlgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X52mSxtZdaqpXaNJ&#10;1VapnfZMMP7QMLALidN/v8u1cdJ22qTOD/bB93C593Dg8mrfabZT4FtrCn56MuNMGWnL1tQF//54&#10;+2HJmQ/ClEJbowr+pDy/Wr1/d9m7XM1tY3WpgGES4/PeFbwJweVZ5mWjOuFPrFMGg5WFTgQcQp2V&#10;IHrM3ulsPpudZ72F0oGVynv8ezME+YryV5WS4VtVeRWYLjjWFugN9N7Ed7a6FHkNwjWtHMsQb6ii&#10;E63BRadUNyIItoX2VaqulWC9rcKJtF1mq6qVinrAbk5nL7pZg9066qXO+9pNMqG0L3R6c1r5dbcG&#10;9+DuYage4Z2VPz3qkvWuzo/jcVwfyPsKujgJm2B7UvRpUlTtA5P483Q5Xy5Rd4mhEZPissFteTVL&#10;Np//Oi8T+bAolTaV0jv0jj/I4/9PnodGOEWq+9j+PbC2LPjZOWdGdGjh9egW/IO9xMWRFRUcR34U&#10;84U+84vzOWeoAwFSYVLp4mI5SyoNGONTtyKXWx/WypLcYnfnA02vy4REk5DcmwQBzR9tr8n2gTO0&#10;PXCGtt8MtncixHlxDyNkPe7RWEkzwRjt7E49WuKFw6Yh92yxiKmw0gNFm2PqSIp9P+MnVvo6SnzE&#10;pqOJiRMhfQciipXM9g/OH1eV2no1FB47pw4mNTDhsd7aRGEWi/lHOuDe6ra8bbWOcnioN9ca2E7E&#10;64WeUY9nNAc+3AjfDDwKjTRt6Jz5fDBNNNPGlk/ouR5dVnD/aytAcaa/GHR1vMASgAQ2CUDQ15au&#10;OdopXPNx/0OAY3H5ggd021ebzC3y5CNsNxIGbpxp7KdtsFUbTYYHLVU0DvCgEaIbCdGzK+94TKzD&#10;Hb/6DQAA//8DAFBLAwQUAAYACAAAACEA3J1jS98AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;QWvCQBSE74X+h+UVetNNoq2a5kVE2p6kUC0Ub2v2mQSzuyG7JvHf9/XUnoZhhpkvW4+mET11vnYW&#10;IZ5GIMgWTte2RPg6vE2WIHxQVqvGWUK4kYd1fn+XqVS7wX5Svw+l4BHrU4VQhdCmUvqiIqP81LVk&#10;OTu7zqjAtiul7tTA46aRSRQ9S6Nqyw+VamlbUXHZXw3C+6CGzSx+7XeX8/Z2PDx9fO9iQnx8GDcv&#10;IAKN4a8Mv/iMDjkzndzVai8ahHmy4ibCZMbK+SJegDghJPMVyDyT//nzHwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCHp7DVlgIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDcnWNL3wAAAAcBAAAPAAAAAAAAAAAAAAAAAPAEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAA/AUAAAAA&#10;">
+                    <v:group w14:anchorId="2588026B" id="Group 35" o:spid="_x0000_s1026" style="position:absolute;margin-left:21.45pt;margin-top:-1.95pt;width:14.4pt;height:14.4pt;z-index:-16045568;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHp7DVlgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X52mSxtZdaqpXaNJ&#10;1VapnfZMMP7QMLALidN/v8u1cdJ22qTOD/bB93C593Dg8mrfabZT4FtrCn56MuNMGWnL1tQF//54&#10;+2HJmQ/ClEJbowr+pDy/Wr1/d9m7XM1tY3WpgGES4/PeFbwJweVZ5mWjOuFPrFMGg5WFTgQcQp2V&#10;IHrM3ulsPpudZ72F0oGVynv8ezME+YryV5WS4VtVeRWYLjjWFugN9N7Ed7a6FHkNwjWtHMsQb6ii&#10;E63BRadUNyIItoX2VaqulWC9rcKJtF1mq6qVinrAbk5nL7pZg9066qXO+9pNMqG0L3R6c1r5dbcG&#10;9+DuYage4Z2VPz3qkvWuzo/jcVwfyPsKujgJm2B7UvRpUlTtA5P483Q5Xy5Rd4mhEZPissFteTVL&#10;Np//Oi8T+bAolTaV0jv0jj/I4/9PnodGOEWq+9j+PbC2LPjZOWdGdGjh9egW/IO9xMWRFRUcR34U&#10;84U+84vzOWeoAwFSYVLp4mI5SyoNGONTtyKXWx/WypLcYnfnA02vy4REk5DcmwQBzR9tr8n2gTO0&#10;PXCGtt8MtncixHlxDyNkPe7RWEkzwRjt7E49WuKFw6Yh92yxiKmw0gNFm2PqSIp9P+MnVvo6SnzE&#10;pqOJiRMhfQciipXM9g/OH1eV2no1FB47pw4mNTDhsd7aRGEWi/lHOuDe6ra8bbWOcnioN9ca2E7E&#10;64WeUY9nNAc+3AjfDDwKjTRt6Jz5fDBNNNPGlk/ouR5dVnD/aytAcaa/GHR1vMASgAQ2CUDQ15au&#10;OdopXPNx/0OAY3H5ggd021ebzC3y5CNsNxIGbpxp7KdtsFUbTYYHLVU0DvCgEaIbCdGzK+94TKzD&#10;Hb/6DQAA//8DAFBLAwQUAAYACAAAACEA3J1jS98AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;QWvCQBSE74X+h+UVetNNoq2a5kVE2p6kUC0Ub2v2mQSzuyG7JvHf9/XUnoZhhpkvW4+mET11vnYW&#10;IZ5GIMgWTte2RPg6vE2WIHxQVqvGWUK4kYd1fn+XqVS7wX5Svw+l4BHrU4VQhdCmUvqiIqP81LVk&#10;OTu7zqjAtiul7tTA46aRSRQ9S6Nqyw+VamlbUXHZXw3C+6CGzSx+7XeX8/Z2PDx9fO9iQnx8GDcv&#10;IAKN4a8Mv/iMDjkzndzVai8ahHmy4ibCZMbK+SJegDghJPMVyDyT//nzHwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCHp7DVlgIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDcnWNL3wAAAAcBAAAPAAAAAAAAAAAAAAAAAPAEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAA/AUAAAAA&#10;">
                       <v:shape id="Graphic 36" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD6mx7OxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYXedFMLElI3QUTRXKS19v7IvibB7NuwuyZpf323UOhxmJlvmE0xmU4M5HxrWcHTMgFB&#10;XFndcq3g+n5YpCB8QNbYWSYFX+ShyOezDWbajvxGwyXUIkLYZ6igCaHPpPRVQwb90vbE0fu0zmCI&#10;0tVSOxwj3HRylSRrabDluNBgT7uGqtvlbhQc6/S1LCs5yvPHzQ3n7/21TPdKPT5M2xcQgabwH/5r&#10;n7SC5zX8fok/QOY/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPqbHs7EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="408" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="345C05D8" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="008F6B45">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="86"/>
@@ -5215,94 +5168,94 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="0701BBC0" id="Group 37" o:spid="_x0000_s1026" style="position:absolute;margin-left:21.45pt;margin-top:1.4pt;width:14.4pt;height:14.4pt;z-index:-16044544;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDClRTblgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X52mSxtZdaqpXaNJ&#10;1VapnfZMMP7QMJcBidN/v8u1cdJ22qTOD/bB93C593Dg8mrfabZTzrdgCn56MuNMGQlla+qCf3+8&#10;/bDkzAdhSqHBqII/Kc+vVu/fXfY2V3NoQJfKMUxifN7bgjch2DzLvGxUJ/wJWGUwWIHrRMChq7PS&#10;iR6zdzqbz2bnWQ+utA6k8h7/3gxBvqL8VaVk+FZVXgWmC461BXo7em/iO1tdirx2wjatHMsQb6ii&#10;E63BRadUNyIItnXtq1RdKx14qMKJhC6Dqmqloh6wm9PZi27WDraWeqnzvraTTCjtC53enFZ+3a2d&#10;fbD3bqge4R3Inx51yXpb58fxOK4P5H3lujgJm2B7UvRpUlTtA5P483Q5Xy5Rd4mhEZPissFteTVL&#10;Np//Oi8T+bAolTaV0lv0jj/I4/9PnodGWEWq+9j+vWNtWfAzNLIRHVp4PboF/2AvcXFkRQXHkR/F&#10;fKHP/OJ8zhnqQIBUmFS6uFjOkkoDxvjUrcjl1oe1ApJb7O58oOl1mZBoEpJ7k6BD80fba7J94Axt&#10;7zhD228G21sR4ry4hxGyHvdorKSZYIx2sFOPQLxw2DTkni0WMRVWeqBoc0wdSbHvZ/zESl9LiY/Y&#10;dDQxcSKk70BEsZLZ/sH546pSg1dD4bFz6mBSAxMe661NFGaxmH+kA+5Bt+Vtq3WUw7t6c60d24l4&#10;vdAz6vGMZp0PN8I3A49CI00bOmc+H0wTzbSB8gk916PLCu5/bYVTnOkvBl0dL7AEXAKbBFzQ10DX&#10;HO0Urvm4/yGcZXH5ggd021dI5hZ58hG2GwkDN8408GkboGqjyfCgpYrGAR40QnQjIXp25R2PiXW4&#10;41e/AQAA//8DAFBLAwQUAAYACAAAACEA+zi3194AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QUvDQBSE74L/YXmCN7vZVFuN2ZRS1FMRbAXx9pp9TUKzb0N2m6T/3vWkx2GGmW/y1WRbMVDvG8ca&#10;1CwBQVw603Cl4XP/evcIwgdkg61j0nAhD6vi+irHzLiRP2jYhUrEEvYZaqhD6DIpfVmTRT9zHXH0&#10;jq63GKLsK2l6HGO5bWWaJAtpseG4UGNHm5rK0+5sNbyNOK7n6mXYno6by/f+4f1rq0jr25tp/Qwi&#10;0BT+wvCLH9GhiEwHd2bjRavhPn2KSQ1pPBDtpVqCOGiYqwXIIpf/8YsfAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAMKVFNuWAgAAKwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAPs4t9feAAAABgEAAA8AAAAAAAAAAAAAAAAA8AQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;">
+                    <v:group w14:anchorId="61829311" id="Group 37" o:spid="_x0000_s1026" style="position:absolute;margin-left:21.45pt;margin-top:1.4pt;width:14.4pt;height:14.4pt;z-index:-16044544;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDClRTblgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X52mSxtZdaqpXaNJ&#10;1VapnfZMMP7QMJcBidN/v8u1cdJ22qTOD/bB93C593Dg8mrfabZTzrdgCn56MuNMGQlla+qCf3+8&#10;/bDkzAdhSqHBqII/Kc+vVu/fXfY2V3NoQJfKMUxifN7bgjch2DzLvGxUJ/wJWGUwWIHrRMChq7PS&#10;iR6zdzqbz2bnWQ+utA6k8h7/3gxBvqL8VaVk+FZVXgWmC461BXo7em/iO1tdirx2wjatHMsQb6ii&#10;E63BRadUNyIItnXtq1RdKx14qMKJhC6Dqmqloh6wm9PZi27WDraWeqnzvraTTCjtC53enFZ+3a2d&#10;fbD3bqge4R3Inx51yXpb58fxOK4P5H3lujgJm2B7UvRpUlTtA5P483Q5Xy5Rd4mhEZPissFteTVL&#10;Np//Oi8T+bAolTaV0lv0jj/I4/9PnodGWEWq+9j+vWNtWfAzNLIRHVp4PboF/2AvcXFkRQXHkR/F&#10;fKHP/OJ8zhnqQIBUmFS6uFjOkkoDxvjUrcjl1oe1ApJb7O58oOl1mZBoEpJ7k6BD80fba7J94Axt&#10;7zhD228G21sR4ry4hxGyHvdorKSZYIx2sFOPQLxw2DTkni0WMRVWeqBoc0wdSbHvZ/zESl9LiY/Y&#10;dDQxcSKk70BEsZLZ/sH546pSg1dD4bFz6mBSAxMe661NFGaxmH+kA+5Bt+Vtq3WUw7t6c60d24l4&#10;vdAz6vGMZp0PN8I3A49CI00bOmc+H0wTzbSB8gk916PLCu5/bYVTnOkvBl0dL7AEXAKbBFzQ10DX&#10;HO0Urvm4/yGcZXH5ggd021dI5hZ58hG2GwkDN8408GkboGqjyfCgpYrGAR40QnQjIXp25R2PiXW4&#10;41e/AQAA//8DAFBLAwQUAAYACAAAACEA+zi3194AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QUvDQBSE74L/YXmCN7vZVFuN2ZRS1FMRbAXx9pp9TUKzb0N2m6T/3vWkx2GGmW/y1WRbMVDvG8ca&#10;1CwBQVw603Cl4XP/evcIwgdkg61j0nAhD6vi+irHzLiRP2jYhUrEEvYZaqhD6DIpfVmTRT9zHXH0&#10;jq63GKLsK2l6HGO5bWWaJAtpseG4UGNHm5rK0+5sNbyNOK7n6mXYno6by/f+4f1rq0jr25tp/Qwi&#10;0BT+wvCLH9GhiEwHd2bjRavhPn2KSQ1pPBDtpVqCOGiYqwXIIpf/8YsfAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAMKVFNuWAgAAKwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAPs4t9feAAAABgEAAA8AAAAAAAAAAAAAAAAA8AQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;">
                       <v:shape id="Graphic 38" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDkSC8nwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P9j+EN/A20ymMUo0i4th6Ea16fzTPtti8lCS23f765SB4/Ph+L9ejaUVPzjeWFXxMExDEpdUN&#10;VwrOp6/3FIQPyBpby6TglzysV68vS8y0HfhIfREqEUPYZ6igDqHLpPRlTQb91HbEkbtaZzBE6Cqp&#10;HQ4x3LRyliSf0mDDsaHGjrY1lbfibhR8V+khz0s5yP3l5vr93+6cpzulJm/jZgEi0Bie4of7RyuY&#10;x7HxS/wBcvUPAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5EgvJ8AAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="408" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26052A35" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="67" w:line="285" w:lineRule="exact"/>
               <w:ind w:right="18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="04D0A5ED" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
+    <w:p w14:paraId="04D0A5ED" w14:textId="4934AFB9" w:rsidR="008F6B45" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5429"/>
           <w:tab w:val="left" w:pos="6821"/>
           <w:tab w:val="left" w:pos="7791"/>
           <w:tab w:val="left" w:pos="8419"/>
           <w:tab w:val="left" w:pos="10047"/>
         </w:tabs>
         <w:spacing w:before="153" w:line="242" w:lineRule="auto"/>
         <w:ind w:left="920" w:right="1029"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15736320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C3DC1D7" wp14:editId="4842487F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6648996</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -5352,51 +5305,51 @@
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5524">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="38F8A128" id="Graphic 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:523.55pt;margin-top:-82pt;width:14pt;height:14pt;z-index:15736320;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAMzskUviAAAADwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1lbi1dqCkUYhTIVSEcqmglLsbb5OosR3FbhL4ejYn&#10;OM7s0+xMtp1MywbsfeOshGglgKEtnW5sJeH4+bpMgPmgrFatsyjhGz1s89ubTKXajfYDh0OoGIVY&#10;nyoJdQhdyrkvazTKr1yHlm5n1xsVSPYV170aKdy0/F6ImBvVWPpQqw5faiwvh6uR8FYl70VR8pHv&#10;vy79sP/ZHYtkJ+XdYnp+AhZwCn8wzPWpOuTU6eSuVnvWkhbrTUSshGUUr2nWzIjNI3mn2XuIBfA8&#10;4/935L8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAO20BJDQCAADvBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzOyRS+IAAAAPAQAADwAAAAAA&#10;AAAAAAAAAACOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
+              <v:shape w14:anchorId="7FDF890B" id="Graphic 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:523.55pt;margin-top:-82pt;width:14pt;height:14pt;z-index:15736320;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAMzskUviAAAADwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1lbi1dqCkUYhTIVSEcqmglLsbb5OosR3FbhL4ejYn&#10;OM7s0+xMtp1MywbsfeOshGglgKEtnW5sJeH4+bpMgPmgrFatsyjhGz1s89ubTKXajfYDh0OoGIVY&#10;nyoJdQhdyrkvazTKr1yHlm5n1xsVSPYV170aKdy0/F6ImBvVWPpQqw5faiwvh6uR8FYl70VR8pHv&#10;vy79sP/ZHYtkJ+XdYnp+AhZwCn8wzPWpOuTU6eSuVnvWkhbrTUSshGUUr2nWzIjNI3mn2XuIBfA8&#10;4/935L8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAO20BJDQCAADvBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzOyRS+IAAAAPAQAADwAAAAAA&#10;AAAAAAAAAACOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15737344" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31E3FF7D" wp14:editId="12CD1F9A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6648996</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-536895</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="177800" cy="177800"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
@@ -5441,51 +5394,51 @@
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5524">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="59F2CB85" id="Graphic 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:523.55pt;margin-top:-42.3pt;width:14pt;height:14pt;z-index:15737344;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAAmWkT3hAAAADQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxau6hNozROhVARyqWCUu5uvE2ixnZku0ng69me&#10;4DizT7Mz+XYyHRvQh9ZZCYu5AIa2crq1tYTj5+ssBRaislp1zqKEbwywLe7vcpVpN9oPHA6xZhRi&#10;Q6YkNDH2GeehatCoMHc9WrqdnTcqkvQ1116NFG46/iREwo1qLX1oVI8vDVaXw9VIeKvT97Ks+Mj3&#10;Xxc/7H92xzLdSfn4MD1vgEWc4h8Mt/pUHQrqdHJXqwPrSIvlekGshFm6TIDdELFekXUia5UkwIuc&#10;/19R/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA7bQEkNAIAAO8EAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAJlpE94QAAAA0BAAAPAAAAAAAA&#10;AAAAAAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
+              <v:shape w14:anchorId="7B2D03C7" id="Graphic 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:523.55pt;margin-top:-42.3pt;width:14pt;height:14pt;z-index:15737344;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAAmWkT3hAAAADQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxau6hNozROhVARyqWCUu5uvE2ixnZku0ng69me&#10;4DizT7Mz+XYyHRvQh9ZZCYu5AIa2crq1tYTj5+ssBRaislp1zqKEbwywLe7vcpVpN9oPHA6xZhRi&#10;Q6YkNDH2GeehatCoMHc9WrqdnTcqkvQ1116NFG46/iREwo1qLX1oVI8vDVaXw9VIeKvT97Ks+Mj3&#10;Xxc/7H92xzLdSfn4MD1vgEWc4h8Mt/pUHQrqdHJXqwPrSIvlekGshFm6TIDdELFekXUia5UkwIuc&#10;/19R/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA7bQEkNAIAAO8EAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAJlpE94QAAAA0BAAAPAAAAAAAA&#10;AAAAAAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15738368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62420B78" wp14:editId="1ABEE119">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6648996</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-215534</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="177800" cy="177800"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
@@ -5530,51 +5483,51 @@
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5524">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="367EB528" id="Graphic 41" o:spid="_x0000_s1026" style="position:absolute;margin-left:523.55pt;margin-top:-16.95pt;width:14pt;height:14pt;z-index:15738368;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAARz2djhAAAADAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxau5TSNI1TIVSEcqmgtHc3XpKosR3ZbhL4erYn&#10;OM7s0+xMthlNy3r0oXFWwmwqgKEtnW5sJeHw+TpJgIWorFatsyjhGwNs8tubTKXaDfYD+32sGIXY&#10;kCoJdYxdynkoazQqTF2Hlm5fzhsVSfqKa68GCjctfxDiiRvVWPpQqw5faizP+4uR8FYl70VR8oHv&#10;jmff7362hyLZSnl/Nz6vgUUc4x8M1/pUHXLqdHIXqwNrSYvH5YxYCZP5fAXsiojlgqwTWYsV8Dzj&#10;/0fkvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA7bQEkNAIAAO8EAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAEc9nY4QAAAAwBAAAPAAAAAAAA&#10;AAAAAAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
+              <v:shape w14:anchorId="59A63130" id="Graphic 41" o:spid="_x0000_s1026" style="position:absolute;margin-left:523.55pt;margin-top:-16.95pt;width:14pt;height:14pt;z-index:15738368;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAARz2djhAAAADAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxau5TSNI1TIVSEcqmgtHc3XpKosR3ZbhL4erYn&#10;OM7s0+xMthlNy3r0oXFWwmwqgKEtnW5sJeHw+TpJgIWorFatsyjhGwNs8tubTKXaDfYD+32sGIXY&#10;kCoJdYxdynkoazQqTF2Hlm5fzhsVSfqKa68GCjctfxDiiRvVWPpQqw5faizP+4uR8FYl70VR8oHv&#10;jmff7362hyLZSnl/Nz6vgUUc4x8M1/pUHXLqdHIXqwNrSYvH5YxYCZP5fAXsiojlgqwTWYsV8Dzj&#10;/0fkvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA7bQEkNAIAAO8EAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAEc9nY4QAAAAwBAAAPAAAAAAAA&#10;AAAAAAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
@@ -5772,56 +5725,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">be </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00F34D0E">
         <w:rPr>
           <w:w w:val="90"/>
           <w:position w:val="2"/>
         </w:rPr>
-        <w:t>arrange?</w:t>
+        <w:t>arranged</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="90"/>
+          <w:position w:val="2"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="6"/>
           <w:position w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
           <w:position w:val="2"/>
         </w:rPr>
         <w:t>(if</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="6"/>
           <w:position w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
@@ -6664,147 +6624,147 @@
                                 </w:rPr>
                                 <w:t>read</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:spacing w:val="12"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:w w:val="90"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t>the</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:spacing w:val="12"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:hyperlink r:id="rId13" w:history="1">
-                                <w:r w:rsidRPr="00031B10">
+                                <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlink"/>
                                     <w:w w:val="90"/>
                                     <w:sz w:val="24"/>
                                   </w:rPr>
                                   <w:t>Terms</w:t>
                                 </w:r>
-                                <w:r w:rsidRPr="00031B10">
+                                <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlink"/>
                                     <w:spacing w:val="12"/>
                                     <w:sz w:val="24"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> </w:t>
                                 </w:r>
-                                <w:r w:rsidRPr="00031B10">
+                                <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlink"/>
                                     <w:w w:val="90"/>
                                     <w:sz w:val="24"/>
                                   </w:rPr>
                                   <w:t>and</w:t>
                                 </w:r>
-                                <w:r w:rsidRPr="00031B10">
+                                <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlink"/>
                                     <w:spacing w:val="12"/>
                                     <w:sz w:val="24"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> </w:t>
                                 </w:r>
-                                <w:r w:rsidRPr="00031B10">
+                                <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlink"/>
                                     <w:w w:val="90"/>
                                     <w:sz w:val="24"/>
                                   </w:rPr>
                                   <w:t>Conditions</w:t>
                                 </w:r>
-                                <w:r w:rsidRPr="00031B10">
+                                <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlink"/>
                                     <w:spacing w:val="12"/>
                                     <w:sz w:val="24"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> </w:t>
                                 </w:r>
-                                <w:r w:rsidRPr="00031B10">
+                                <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlink"/>
                                     <w:w w:val="90"/>
                                     <w:sz w:val="24"/>
                                   </w:rPr>
                                   <w:t>of</w:t>
                                 </w:r>
-                                <w:r w:rsidRPr="00031B10">
+                                <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlink"/>
                                     <w:spacing w:val="12"/>
                                     <w:sz w:val="24"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> </w:t>
                                 </w:r>
-                                <w:r w:rsidRPr="00031B10">
+                                <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlink"/>
                                     <w:w w:val="90"/>
                                     <w:sz w:val="24"/>
                                   </w:rPr>
                                   <w:t>Community</w:t>
                                 </w:r>
-                                <w:r w:rsidRPr="00031B10">
+                                <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlink"/>
                                     <w:spacing w:val="12"/>
                                     <w:sz w:val="24"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> </w:t>
                                 </w:r>
-                                <w:r w:rsidRPr="00031B10">
+                                <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlink"/>
                                     <w:w w:val="90"/>
                                     <w:sz w:val="24"/>
                                   </w:rPr>
                                   <w:t>Venue</w:t>
                                 </w:r>
-                                <w:r w:rsidRPr="00031B10">
+                                <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlink"/>
                                     <w:spacing w:val="12"/>
                                     <w:sz w:val="24"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> </w:t>
                                 </w:r>
-                                <w:r w:rsidRPr="00031B10">
+                                <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlink"/>
                                     <w:w w:val="90"/>
                                     <w:sz w:val="24"/>
                                   </w:rPr>
                                   <w:t>Hire</w:t>
                                 </w:r>
                               </w:hyperlink>
                               <w:r>
                                 <w:rPr>
                                   <w:spacing w:val="12"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:w w:val="90"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t>prior</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:spacing w:val="12"/>
@@ -7103,147 +7063,147 @@
                           </w:rPr>
                           <w:t>read</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:spacing w:val="12"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:w w:val="90"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t>the</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:spacing w:val="12"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:hyperlink r:id="rId14" w:history="1">
-                          <w:r w:rsidRPr="00031B10">
+                          <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlink"/>
                               <w:w w:val="90"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                             <w:t>Terms</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00031B10">
+                          <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlink"/>
                               <w:spacing w:val="12"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00031B10">
+                          <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlink"/>
                               <w:w w:val="90"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                             <w:t>and</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00031B10">
+                          <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlink"/>
                               <w:spacing w:val="12"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00031B10">
+                          <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlink"/>
                               <w:w w:val="90"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                             <w:t>Conditions</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00031B10">
+                          <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlink"/>
                               <w:spacing w:val="12"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00031B10">
+                          <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlink"/>
                               <w:w w:val="90"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                             <w:t>of</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00031B10">
+                          <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlink"/>
                               <w:spacing w:val="12"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00031B10">
+                          <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlink"/>
                               <w:w w:val="90"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                             <w:t>Community</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00031B10">
+                          <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlink"/>
                               <w:spacing w:val="12"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00031B10">
+                          <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlink"/>
                               <w:w w:val="90"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                             <w:t>Venue</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00031B10">
+                          <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlink"/>
                               <w:spacing w:val="12"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00031B10">
+                          <w:r w:rsidR="008F6B45" w:rsidRPr="00031B10">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlink"/>
                               <w:w w:val="90"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                             <w:t>Hire</w:t>
                           </w:r>
                         </w:hyperlink>
                         <w:r>
                           <w:rPr>
                             <w:spacing w:val="12"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:w w:val="90"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t>prior</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:spacing w:val="12"/>
@@ -8776,67 +8736,67 @@
           <w:color w:val="003E6B"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CA1B676" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="159" w:line="235" w:lineRule="auto"/>
         <w:ind w:left="920" w:right="2777"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t>Please refer to City of Cockburn Community Event Handbook when completing the form.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId16">
-        <w:r>
+        <w:r w:rsidR="008F6B45">
           <w:rPr>
             <w:color w:val="0078AE"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0078AE"/>
           </w:rPr>
           <w:t>Click</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008F6B45">
           <w:rPr>
             <w:color w:val="0078AE"/>
             <w:spacing w:val="-9"/>
             <w:u w:val="single" w:color="0078AE"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008F6B45">
           <w:rPr>
             <w:color w:val="0078AE"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0078AE"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0078AE"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
@@ -8845,111 +8805,111 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>access</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId17">
-        <w:r>
+        <w:r w:rsidR="008F6B45">
           <w:rPr>
             <w:spacing w:val="-2"/>
           </w:rPr>
           <w:t>Guide</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008F6B45">
           <w:rPr>
             <w:spacing w:val="-9"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008F6B45">
           <w:rPr>
             <w:spacing w:val="-2"/>
           </w:rPr>
           <w:t>to</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008F6B45">
           <w:rPr>
             <w:spacing w:val="-9"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008F6B45">
           <w:rPr>
             <w:spacing w:val="-2"/>
           </w:rPr>
           <w:t>Running</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008F6B45">
           <w:rPr>
             <w:spacing w:val="-9"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008F6B45">
           <w:rPr>
             <w:spacing w:val="-2"/>
           </w:rPr>
           <w:t>a</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008F6B45">
           <w:rPr>
             <w:spacing w:val="-9"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008F6B45">
           <w:rPr>
             <w:spacing w:val="-2"/>
           </w:rPr>
           <w:t>Community</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008F6B45">
           <w:rPr>
             <w:spacing w:val="-9"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008F6B45">
           <w:rPr>
             <w:spacing w:val="-2"/>
           </w:rPr>
           <w:t>Event.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="52E19D0A" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="008F6B45">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3452701C" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="008F6B45">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59A3B617" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
@@ -9480,51 +9440,51 @@
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="6350">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="65382B58" id="Group 56" o:spid="_x0000_s1026" style="position:absolute;margin-left:373.9pt;margin-top:5.85pt;width:30.05pt;height:187.8pt;z-index:15739392;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="3816,23850" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyCfey6AIAAN4IAAAOAAAAZHJzL2Uyb0RvYy54bWzsVttuGyEQfa/Uf0C8N3txvF6tso6qpLEq&#10;RWmkuOozZtmLygIF7HX+vgN7seOkVZuq6kvzsBlgZpg5nAO+uNy3HO2YNo0UOY7OQoyYoLJoRJXj&#10;z+ubdylGxhJREC4Fy/EjM/hy+fbNRacyFsta8oJpBEmEyTqV49palQWBoTVriTmTiglYLKVuiYWh&#10;roJCkw6ytzyIwzAJOqkLpSVlxsDsdb+Ilz5/WTJqP5WlYRbxHENt1n+1/27cN1hekKzSRNUNHcog&#10;r6iiJY2ATadU18QStNXNs1RtQ7U0srRnVLaBLMuGMt8DdBOFJ92stNwq30uVdZWaYAJoT3B6dVp6&#10;t1tp9aDudV89mLeSfjWAS9CpKjted+Pq4LwvdeuCoAm094g+ToiyvUUUJmdplMzmGFFYimfpPEwG&#10;yGkN5/IsjNYffh4YkKzf1hc3FdMpYI85AGT+DKCHmijmcTcOgHuNmiLH8wVGgrRA4tXAF5gBnNzm&#10;4OUwHEZmgPMEoVm0ACgACW945o04RWE6TyecFuki8jhN7ZKMbo1dMekRJ7tbY318VYwWqUeL7sVo&#10;auC/Yz73zLcYAfM1RsD8Tc98RayLc8foTNSBhodSandifSVuuZU7tpbe0Z6cG1R5WOXi2AuShSHo&#10;bmQGuI4O43/l0x05ul2T88QV+EP3PuVLnhDiOvGxU3cweYwfF65RIGboNWskb4qbhnPXndHV5opr&#10;tCPuxvB/QyVP3JQ29pqYuvfzS1PBXjom61ng2LGRxSOQqAPa5Nh82xLNMOIfBdDU3UmjoUdjMxra&#10;8ivpby4PPOy53n8hWiG3fY4t0OdOjmwl2cgLh8Hk6yKFfL+1smwcaUA5Y0XDAJTTs/jvSwhegxMJ&#10;pQ62X5ZQBBKKexFFcTSfxZELJ9moozg5j+CK8fdNFC/+mYiGOlxpB2n0TH+qhsPqUz3EySyZxy8I&#10;5z+/e2n/Lr/9gwGPqI8eHnz3Sh+PvR4OP0uW3wEAAP//AwBQSwMEFAAGAAgAAAAhADDa8TTgAAAA&#10;CgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5gje7iVE3xmxKKeqpFGwF8faavCah&#10;2bchu03Sf+960uMww8w3+XI2nRhpcK1lDfEiAkFc2qrlWsPn/u0uBeE8coWdZdJwIQfL4voqx6yy&#10;E3/QuPO1CCXsMtTQeN9nUrqyIYNuYXvi4B3tYNAHOdSyGnAK5aaT91H0JA22HBYa7GndUHnanY2G&#10;9wmnVRK/jpvTcX353j9uvzYxaX17M69eQHia/V8YfvEDOhSB6WDPXDnRaVAPKqD7YMQKRAikkXoG&#10;cdCQpCoBWeTy/4XiBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPIJ97LoAgAA3ggAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADDa8TTgAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAAQgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABPBgAAAAA=&#10;">
+              <v:group w14:anchorId="758AB79B" id="Group 56" o:spid="_x0000_s1026" style="position:absolute;margin-left:373.9pt;margin-top:5.85pt;width:30.05pt;height:187.8pt;z-index:15739392;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="3816,23850" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyCfey6AIAAN4IAAAOAAAAZHJzL2Uyb0RvYy54bWzsVttuGyEQfa/Uf0C8N3txvF6tso6qpLEq&#10;RWmkuOozZtmLygIF7HX+vgN7seOkVZuq6kvzsBlgZpg5nAO+uNy3HO2YNo0UOY7OQoyYoLJoRJXj&#10;z+ubdylGxhJREC4Fy/EjM/hy+fbNRacyFsta8oJpBEmEyTqV49palQWBoTVriTmTiglYLKVuiYWh&#10;roJCkw6ytzyIwzAJOqkLpSVlxsDsdb+Ilz5/WTJqP5WlYRbxHENt1n+1/27cN1hekKzSRNUNHcog&#10;r6iiJY2ATadU18QStNXNs1RtQ7U0srRnVLaBLMuGMt8DdBOFJ92stNwq30uVdZWaYAJoT3B6dVp6&#10;t1tp9aDudV89mLeSfjWAS9CpKjted+Pq4LwvdeuCoAm094g+ToiyvUUUJmdplMzmGFFYimfpPEwG&#10;yGkN5/IsjNYffh4YkKzf1hc3FdMpYI85AGT+DKCHmijmcTcOgHuNmiLH8wVGgrRA4tXAF5gBnNzm&#10;4OUwHEZmgPMEoVm0ACgACW945o04RWE6TyecFuki8jhN7ZKMbo1dMekRJ7tbY318VYwWqUeL7sVo&#10;auC/Yz73zLcYAfM1RsD8Tc98RayLc8foTNSBhodSandifSVuuZU7tpbe0Z6cG1R5WOXi2AuShSHo&#10;bmQGuI4O43/l0x05ul2T88QV+EP3PuVLnhDiOvGxU3cweYwfF65RIGboNWskb4qbhnPXndHV5opr&#10;tCPuxvB/QyVP3JQ29pqYuvfzS1PBXjom61ng2LGRxSOQqAPa5Nh82xLNMOIfBdDU3UmjoUdjMxra&#10;8ivpby4PPOy53n8hWiG3fY4t0OdOjmwl2cgLh8Hk6yKFfL+1smwcaUA5Y0XDAJTTs/jvSwhegxMJ&#10;pQ62X5ZQBBKKexFFcTSfxZELJ9moozg5j+CK8fdNFC/+mYiGOlxpB2n0TH+qhsPqUz3EySyZxy8I&#10;5z+/e2n/Lr/9gwGPqI8eHnz3Sh+PvR4OP0uW3wEAAP//AwBQSwMEFAAGAAgAAAAhADDa8TTgAAAA&#10;CgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5gje7iVE3xmxKKeqpFGwF8faavCah&#10;2bchu03Sf+960uMww8w3+XI2nRhpcK1lDfEiAkFc2qrlWsPn/u0uBeE8coWdZdJwIQfL4voqx6yy&#10;E3/QuPO1CCXsMtTQeN9nUrqyIYNuYXvi4B3tYNAHOdSyGnAK5aaT91H0JA22HBYa7GndUHnanY2G&#10;9wmnVRK/jpvTcX353j9uvzYxaX17M69eQHia/V8YfvEDOhSB6WDPXDnRaVAPKqD7YMQKRAikkXoG&#10;cdCQpCoBWeTy/4XiBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPIJ97LoAgAA3ggAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADDa8TTgAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAAQgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABPBgAAAAA=&#10;">
                 <v:shape id="Graphic 57" o:spid="_x0000_s1027" style="position:absolute;left:31;top:31;width:1086;height:23787;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="108585,2378710" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD0ZCLpxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EBvjZxA3OBECSWhkPpS8nPIcbG2lom1MpYay29fFQo9DjPzDbPZRduKB/W+caxgPstA&#10;EFdON1wruF7eX1YgfEDW2DomBSN52G0nTxsstBv4RI9zqEWCsC9QgQmhK6T0lSGLfuY64uR9ud5i&#10;SLKvpe5xSHDbykWW5dJiw2nBYEd7Q9X9/G0VHBbY3T64rM09zy6nzzKOq0NU6nka39YgAsXwH/5r&#10;H7WC5Sv8fkk/QG5/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPRkIunEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l108000,r,2378646l,2378646e" filled="f" strokeweight=".5pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 58" o:spid="_x0000_s1028" style="position:absolute;left:1175;top:12153;width:2641;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="264160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAuA9SxwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L8w/hCrORMVWwSDWKIyMM4sbHCO4uzbUpNjelydj692YhuDyc93zZ2UrcqfGlYwWjYQKCOHe6&#10;5ELB6bj5moLwAVlj5ZgUPMjDcvHRm2OmXct7uh9CIWII+wwVmBDqTEqfG7Loh64mjtzVNRZDhE0h&#10;dYNtDLeVHCdJKi2WHBsM1rQ2lN8O/1bBdDw443ZzaXdp+P5Jrn/pwNBWqc9+t5qBCNSFt/jl/tUK&#10;JnFs/BJ/gFw8AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAC4D1LHBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,l263652,e" filled="f" strokeweight=".5pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Stage</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -11665,143 +11625,131 @@
       <w:r w:rsidR="00A67591">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="005F7BD5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidRPr="005F7BD5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5263C960" w14:textId="19585901" w:rsidR="005F7BD5" w:rsidRDefault="005F7BD5" w:rsidP="005F7BD5">
+    <w:p w14:paraId="5263C960" w14:textId="2759A284" w:rsidR="005F7BD5" w:rsidRDefault="005F7BD5" w:rsidP="005F7BD5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9254"/>
           <w:tab w:val="left" w:pos="10789"/>
         </w:tabs>
         <w:spacing w:before="4" w:line="357" w:lineRule="auto"/>
         <w:ind w:left="920" w:right="893"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Temporary:</w:t>
       </w:r>
       <w:r w:rsidRPr="005F7BD5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve">Male Toilets </w:t>
+      <w:r w:rsidR="00D46F41">
+        <w:t>Temporary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Toilets </w:t>
       </w:r>
       <w:r w:rsidRPr="005F7BD5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00A67591">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="005F7BD5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">  Male Urinal (number or </w:t>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00D46F41">
+        <w:t>Temporary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Urinal (number or </w:t>
       </w:r>
       <w:r w:rsidR="00A67591">
         <w:t xml:space="preserve">width) </w:t>
       </w:r>
       <w:r w:rsidR="00A67591" w:rsidRPr="005F7BD5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005F7BD5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00A67591">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="005F7BD5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Female Toilets </w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t xml:space="preserve">     Accessible (disabled) Toilets </w:t>
       </w:r>
       <w:r w:rsidRPr="005F7BD5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00A67591">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="005F7BD5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  Frequency of clean/check </w:t>
@@ -11812,54 +11760,51 @@
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00A67591">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00A67591" w:rsidRPr="00A67591">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A67591">
-        <w:t xml:space="preserve">Lightning used </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Yes </w:t>
+        <w:t xml:space="preserve">Lightning used Yes </w:t>
       </w:r>
       <w:r w:rsidR="00A67591">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="5"/>
           <w:position w:val="-1"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0763ABEF" wp14:editId="15C796B7">
             <wp:extent cx="182879" cy="182880"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1639982273" name="Image 64"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="64" name="Image 64"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print"/>
                     <a:stretch>
@@ -12670,51 +12615,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="1900D145" id="Group 67" o:spid="_x0000_s1026" style="position:absolute;margin-left:25pt;margin-top:1pt;width:14.4pt;height:14.4pt;z-index:-16040960;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7daM0lgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X51mSxtZdaqpXaNJ&#10;VVepnfZMMP7QMJcBidN/v8u1cdJ22qTOD/bB93C593Dg4nLfabZTzrdgCn56MuNMGQlla+qCf3+8&#10;+bDkzAdhSqHBqII/Kc8vV+/fXfQ2V3NoQJfKMUxifN7bgjch2DzLvGxUJ/wJWGUwWIHrRMChq7PS&#10;iR6zdzqbz2ZnWQ+utA6k8h7/Xg9BvqL8VaVk+FZVXgWmC461BXo7em/iO1tdiLx2wjatHMsQb6ii&#10;E63BRadU1yIItnXtq1RdKx14qMKJhC6Dqmqloh6wm9PZi27WDraWeqnzvraTTCjtC53enFbe7dbO&#10;Pth7N1SP8BbkT4+6ZL2t8+N4HNcH8r5yXZyETbA9Kfo0Kar2gUn8ebqcL5eou8TQiElx2eC2vJol&#10;my9/nZeJfFiUSptK6S16xx/k8f8nz0MjrCLVfWz/3rG2LPgZGtmIDi28Ht2Cf7CXuDiyooLjyI9i&#10;vtBnfn425wx1IEAqTCqdny9nSaUBY3zqVuRy68NaAcktdrc+0PS6TEg0Ccm9SdCh+aPtNdk+cIa2&#10;d5yh7TeD7a0IcV7cwwhZj3s0VtJMMEY72KlHIF44bBpyPy4WMRVWeqBoc0wdSbHvZ/zESl9LiY/Y&#10;dDQxcSKk70BEsZLZ/sH546pSg1dD4bFz6mBSAxMe661NFGaxmH+iA+5Bt+VNq3WUw7t6c6Ud24l4&#10;vdAz6vGMZp0P18I3A49CI00bOmc+H0wTzbSB8gk916PLCu5/bYVTnOmvBl0dL7AEXAKbBFzQV0DX&#10;HO0Urvm4/yGcZXH5ggd02x0kc4s8+QjbjYSBG2ca+LwNULXRZHjQUkXjAA8aIbqRED278o7HxDrc&#10;8avfAAAA//8DAFBLAwQUAAYACAAAACEAGlQI/N4AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wWrDMBBE74X+g9hCb43khLTGsRxCaHsKhSaFkptibWwTa2UsxXb+vttTexqWWWbe5OvJtWLAPjSe&#10;NCQzBQKp9LahSsPX4e0pBRGiIWtaT6jhhgHWxf1dbjLrR/rEYR8rwSEUMqOhjrHLpAxljc6Eme+Q&#10;2Dv73pnIZ19J25uRw10r50o9S2ca4obadLitsbzsr07D+2jGzSJ5HXaX8/Z2PCw/vncJav34MG1W&#10;ICJO8e8ZfvEZHQpmOvkr2SBaDUvFU6KGOQvbLykPOWlYqBRkkcv/+MUPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAHt1ozSWAgAAKwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhABpUCPzeAAAABgEAAA8AAAAAAAAAAAAAAAAA8AQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;">
+                    <v:group w14:anchorId="17B83DC9" id="Group 67" o:spid="_x0000_s1026" style="position:absolute;margin-left:25pt;margin-top:1pt;width:14.4pt;height:14.4pt;z-index:-16040960;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7daM0lgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X51mSxtZdaqpXaNJ&#10;VVepnfZMMP7QMJcBidN/v8u1cdJ22qTOD/bB93C593Dg4nLfabZTzrdgCn56MuNMGQlla+qCf3+8&#10;+bDkzAdhSqHBqII/Kc8vV+/fXfQ2V3NoQJfKMUxifN7bgjch2DzLvGxUJ/wJWGUwWIHrRMChq7PS&#10;iR6zdzqbz2ZnWQ+utA6k8h7/Xg9BvqL8VaVk+FZVXgWmC461BXo7em/iO1tdiLx2wjatHMsQb6ii&#10;E63BRadU1yIItnXtq1RdKx14qMKJhC6Dqmqloh6wm9PZi27WDraWeqnzvraTTCjtC53enFbe7dbO&#10;Pth7N1SP8BbkT4+6ZL2t8+N4HNcH8r5yXZyETbA9Kfo0Kar2gUn8ebqcL5eou8TQiElx2eC2vJol&#10;my9/nZeJfFiUSptK6S16xx/k8f8nz0MjrCLVfWz/3rG2LPgZGtmIDi28Ht2Cf7CXuDiyooLjyI9i&#10;vtBnfn425wx1IEAqTCqdny9nSaUBY3zqVuRy68NaAcktdrc+0PS6TEg0Ccm9SdCh+aPtNdk+cIa2&#10;d5yh7TeD7a0IcV7cwwhZj3s0VtJMMEY72KlHIF44bBpyPy4WMRVWeqBoc0wdSbHvZ/zESl9LiY/Y&#10;dDQxcSKk70BEsZLZ/sH546pSg1dD4bFz6mBSAxMe661NFGaxmH+iA+5Bt+VNq3WUw7t6c6Ud24l4&#10;vdAz6vGMZp0P18I3A49CI00bOmc+H0wTzbSB8gk916PLCu5/bYVTnOmvBl0dL7AEXAKbBFzQV0DX&#10;HO0Urvm4/yGcZXH5ggd02x0kc4s8+QjbjYSBG2ca+LwNULXRZHjQUkXjAA8aIbqRED278o7HxDrc&#10;8avfAAAA//8DAFBLAwQUAAYACAAAACEAGlQI/N4AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wWrDMBBE74X+g9hCb43khLTGsRxCaHsKhSaFkptibWwTa2UsxXb+vttTexqWWWbe5OvJtWLAPjSe&#10;NCQzBQKp9LahSsPX4e0pBRGiIWtaT6jhhgHWxf1dbjLrR/rEYR8rwSEUMqOhjrHLpAxljc6Eme+Q&#10;2Dv73pnIZ19J25uRw10r50o9S2ca4obadLitsbzsr07D+2jGzSJ5HXaX8/Z2PCw/vncJav34MG1W&#10;ICJO8e8ZfvEZHQpmOvkr2SBaDUvFU6KGOQvbLykPOWlYqBRkkcv/+MUPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAHt1ozSWAgAAKwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhABpUCPzeAAAABgEAAA8AAAAAAAAAAAAAAAAA8AQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;">
                       <v:shape id="Graphic 68" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD3+wA6wAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L8w/hDsxO03EhpRpFxEG7EcfH/tJc22JzU5LYdvx6sxBmeTjvxWowjejI+dqygu9JAoK4sLrm&#10;UsHl/DNOQfiArLGxTAr+yMNq+TFaYKZtz7/UnUIpYgj7DBVUIbSZlL6oyKCf2JY4cjfrDIYIXSm1&#10;wz6Gm0ZOk2QmDdYcGypsaVNRcT89jIJdmR7zvJC9PFzvrjs8t5c83Sr19Tms5yACDeFf/HbvtYJZ&#10;HBu/xB8gly8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA9/sAOsAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1115" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79797904" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59"/>
@@ -12795,51 +12740,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="45D8C017" id="Group 69" o:spid="_x0000_s1026" style="position:absolute;margin-left:36.65pt;margin-top:1pt;width:14.4pt;height:14.4pt;z-index:-16040448;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAbbEmUlQIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X5xkSxNZcaqpWaNJ&#10;VVepmfZMMP7QMDAgcfrvd7k2zkenTer8YB98D5d7DweWt8dGkoOwrtYqo5PRmBKhuM5rVWb0+/b+&#10;w4IS55nKmdRKZPRFOHq7ev9u2ZpUTHWlZS4sgSTKpa3JaOW9SZPE8Uo0zI20EQqChbYN8zC0ZZJb&#10;1kL2RibT8fgmabXNjdVcOAd/112QrjB/UQjuvxWFE57IjEJtHt8W37vwTlZLlpaWmarmfRnsDVU0&#10;rFaw6JBqzTwje1u/StXU3GqnCz/iukl0UdRcYA/QzWR81c3G6r3BXsq0Lc0gE0h7pdOb0/LHw8aa&#10;Z/Nku+oBPmj+04EuSWvK9DwexuWJfCxsEyZBE+SIir4MioqjJxx+ThbTxQJ05xDqMSrOK9iWV7N4&#10;9eWv8xKWdotiaUMprQHvuJM87v/kea6YEai6C+0/WVLnGZ1DF4o1YOFN7xb4A72ExYEVFOxHrhfz&#10;Sp/p/GZKCeiAAFUYVJrPF+OoUochPnTLUr53fiM0ys0OD87j9DKPiFUR8aOK0IL5g+0l2t5TAra3&#10;lIDtd53tDfNhXtjDAEkLe9RXUg0wRBt9EFuNPH/aNOB+nM1CKqj0RJHqnNqTQt8X/MiKX4OJz9go&#10;LiSOhPjtiCBWNNs/OH9clUvtRFd46Bw7GNSAhOd6SxWEmc2mn/CAOy3r/L6WMsjhbLm7k5YcWLhe&#10;8On1uKAZ6/yauarjYainSYXnzKWdaYKZdjp/Ac+14LKMul97ZgUl8qsCV0PXPgIbwS4C6+WdxmsO&#10;dwrW3B5/MGtIWD6jHtz2qKO5WRp9BO0GQscNM5X+vPe6qIPJ4KDFivoBHDREeCMBurjyzsfIOt3x&#10;q98AAAD//wMAUEsDBBQABgAIAAAAIQATXwCo3QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;S8NAFITvgv9heYI3u5sEtcS8lFLUUxFsBfG2zb4modm3IbtN0n/v9qTHYYaZb4rVbDsx0uBbxwjJ&#10;QoEgrpxpuUb42r89LEH4oNnozjEhXMjDqry9KXRu3MSfNO5CLWIJ+1wjNCH0uZS+ashqv3A9cfSO&#10;brA6RDnU0gx6iuW2k6lST9LqluNCo3vaNFSddmeL8D7paZ0lr+P2dNxcfvaPH9/bhBDv7+b1C4hA&#10;c/gLwxU/okMZmQ7uzMaLDuE5y2ISIY2PrrZKExAHhEwtQZaF/M9f/gIAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAbbEmUlQIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQATXwCo3QAAAAcBAAAPAAAAAAAAAAAAAAAAAO8EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;">
+                    <v:group w14:anchorId="0BC851FB" id="Group 69" o:spid="_x0000_s1026" style="position:absolute;margin-left:36.65pt;margin-top:1pt;width:14.4pt;height:14.4pt;z-index:-16040448;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAbbEmUlQIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X5xkSxNZcaqpWaNJ&#10;VVepmfZMMP7QMDAgcfrvd7k2zkenTer8YB98D5d7DweWt8dGkoOwrtYqo5PRmBKhuM5rVWb0+/b+&#10;w4IS55nKmdRKZPRFOHq7ev9u2ZpUTHWlZS4sgSTKpa3JaOW9SZPE8Uo0zI20EQqChbYN8zC0ZZJb&#10;1kL2RibT8fgmabXNjdVcOAd/112QrjB/UQjuvxWFE57IjEJtHt8W37vwTlZLlpaWmarmfRnsDVU0&#10;rFaw6JBqzTwje1u/StXU3GqnCz/iukl0UdRcYA/QzWR81c3G6r3BXsq0Lc0gE0h7pdOb0/LHw8aa&#10;Z/Nku+oBPmj+04EuSWvK9DwexuWJfCxsEyZBE+SIir4MioqjJxx+ThbTxQJ05xDqMSrOK9iWV7N4&#10;9eWv8xKWdotiaUMprQHvuJM87v/kea6YEai6C+0/WVLnGZ1DF4o1YOFN7xb4A72ExYEVFOxHrhfz&#10;Sp/p/GZKCeiAAFUYVJrPF+OoUochPnTLUr53fiM0ys0OD87j9DKPiFUR8aOK0IL5g+0l2t5TAra3&#10;lIDtd53tDfNhXtjDAEkLe9RXUg0wRBt9EFuNPH/aNOB+nM1CKqj0RJHqnNqTQt8X/MiKX4OJz9go&#10;LiSOhPjtiCBWNNs/OH9clUvtRFd46Bw7GNSAhOd6SxWEmc2mn/CAOy3r/L6WMsjhbLm7k5YcWLhe&#10;8On1uKAZ6/yauarjYainSYXnzKWdaYKZdjp/Ac+14LKMul97ZgUl8qsCV0PXPgIbwS4C6+WdxmsO&#10;dwrW3B5/MGtIWD6jHtz2qKO5WRp9BO0GQscNM5X+vPe6qIPJ4KDFivoBHDREeCMBurjyzsfIOt3x&#10;q98AAAD//wMAUEsDBBQABgAIAAAAIQATXwCo3QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;S8NAFITvgv9heYI3u5sEtcS8lFLUUxFsBfG2zb4modm3IbtN0n/v9qTHYYaZb4rVbDsx0uBbxwjJ&#10;QoEgrpxpuUb42r89LEH4oNnozjEhXMjDqry9KXRu3MSfNO5CLWIJ+1wjNCH0uZS+ashqv3A9cfSO&#10;brA6RDnU0gx6iuW2k6lST9LqluNCo3vaNFSddmeL8D7paZ0lr+P2dNxcfvaPH9/bhBDv7+b1C4hA&#10;c/gLwxU/okMZmQ7uzMaLDuE5y2ISIY2PrrZKExAHhEwtQZaF/M9f/gIAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAbbEmUlQIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQATXwCo3QAAAAcBAAAPAAAAAAAAAAAAAAAAAO8EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;">
                       <v:shape id="Graphic 70" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCMVJrhwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P9j+EN/A203lwpRpFxLH1Ilr1/miebbF5KUlsu/31y0Hw+PH9Xq5H04qenG8sK/iYJiCIS6sb&#10;rhScT1/vKQgfkDW2lknBL3lYr15flphpO/CR+iJUIoawz1BBHUKXSenLmgz6qe2II3e1zmCI0FVS&#10;OxxiuGnlLEnm0mDDsaHGjrY1lbfibhR8V+khz0s5yP3l5vr93+6cpzulJm/jZgEi0Bie4of7Ryv4&#10;jOvjl/gD5OofAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjFSa4cAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="436" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="442478ED" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="008F6B45">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
@@ -13113,51 +13058,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="5EFA68F5" id="Group 71" o:spid="_x0000_s1026" style="position:absolute;margin-left:25pt;margin-top:1pt;width:14.4pt;height:14.4pt;z-index:-16039936;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBaZVMclQIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X5xkSxNZcaqpWaNJ&#10;VVepmfZMMP7QMDAgcfrvd7k2zkenTer8YB98D5d7DweWt8dGkoOwrtYqo5PRmBKhuM5rVWb0+/b+&#10;w4IS55nKmdRKZPRFOHq7ev9u2ZpUTHWlZS4sgSTKpa3JaOW9SZPE8Uo0zI20EQqChbYN8zC0ZZJb&#10;1kL2RibT8fgmabXNjdVcOAd/112QrjB/UQjuvxWFE57IjEJtHt8W37vwTlZLlpaWmarmfRnsDVU0&#10;rFaw6JBqzTwje1u/StXU3GqnCz/iukl0UdRcYA/QzWR81c3G6r3BXsq0Lc0gE0h7pdOb0/LHw8aa&#10;Z/Nku+oBPmj+04EuSWvK9DwexuWJfCxsEyZBE+SIir4MioqjJxx+ThbTxQJ05xDqMSrOK9iWV7N4&#10;9eWv8xKWdotiaUMprQHvuJM87v/kea6YEai6C+0/WVLnGZ1PKVGsAQtverfAH+glLA6soGA/cr2Y&#10;V/pM5zeQAnRAgCoMKs3ni3FUqcMQH7plKd87vxEa5WaHB+dxeplHxKqI+FFFaMH8wfYSbe8pAdtb&#10;SsD2u872hvkwL+xhgKSFPeorqQYYoo0+iK1Gnj9tGnA/zmYhFVR6okh1Tu1Joe8LfmTFr8HEZ2w8&#10;mpA4EuK3I4JY0Wz/4PxxVS61E13hoXPsYFADEp7rLVUQZjabfsID7rSs8/tayiCHs+XuTlpyYOF6&#10;wafX44JmrPNr5qqOh6GeJhWeM5d2pglm2un8BTzXgssy6n7tmRWUyK8KXB0usAhsBLsIrJd3Gq85&#10;3ClYc3v8wawhYfmMenDbo47mZmn0EbQbCB03zFT6897rog4mg4MWK+oHcNAQ4Y0E6OLKOx8j63TH&#10;r34DAAD//wMAUEsDBBQABgAIAAAAIQAaVAj83gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;asMwEETvhf6D2EJvjeSEtMaxHEJoewqFJoWSm2JtbBNrZSzFdv6+21N7GpZZZt7k68m1YsA+NJ40&#10;JDMFAqn0tqFKw9fh7SkFEaIha1pPqOGGAdbF/V1uMutH+sRhHyvBIRQyo6GOscukDGWNzoSZ75DY&#10;O/vemchnX0nbm5HDXSvnSj1LZxrihtp0uK2xvOyvTsP7aMbNInkddpfz9nY8LD++dwlq/fgwbVYg&#10;Ik7x7xl+8RkdCmY6+SvZIFoNS8VTooY5C9svKQ85aVioFGSRy//4xQ8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAWmVTHJUCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAGlQI/N4AAAAGAQAADwAAAAAAAAAAAAAAAADvBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
+                    <v:group w14:anchorId="7988576A" id="Group 71" o:spid="_x0000_s1026" style="position:absolute;margin-left:25pt;margin-top:1pt;width:14.4pt;height:14.4pt;z-index:-16039936;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBaZVMclQIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X5xkSxNZcaqpWaNJ&#10;VVepmfZMMP7QMDAgcfrvd7k2zkenTer8YB98D5d7DweWt8dGkoOwrtYqo5PRmBKhuM5rVWb0+/b+&#10;w4IS55nKmdRKZPRFOHq7ev9u2ZpUTHWlZS4sgSTKpa3JaOW9SZPE8Uo0zI20EQqChbYN8zC0ZZJb&#10;1kL2RibT8fgmabXNjdVcOAd/112QrjB/UQjuvxWFE57IjEJtHt8W37vwTlZLlpaWmarmfRnsDVU0&#10;rFaw6JBqzTwje1u/StXU3GqnCz/iukl0UdRcYA/QzWR81c3G6r3BXsq0Lc0gE0h7pdOb0/LHw8aa&#10;Z/Nku+oBPmj+04EuSWvK9DwexuWJfCxsEyZBE+SIir4MioqjJxx+ThbTxQJ05xDqMSrOK9iWV7N4&#10;9eWv8xKWdotiaUMprQHvuJM87v/kea6YEai6C+0/WVLnGZ1PKVGsAQtverfAH+glLA6soGA/cr2Y&#10;V/pM5zeQAnRAgCoMKs3ni3FUqcMQH7plKd87vxEa5WaHB+dxeplHxKqI+FFFaMH8wfYSbe8pAdtb&#10;SsD2u872hvkwL+xhgKSFPeorqQYYoo0+iK1Gnj9tGnA/zmYhFVR6okh1Tu1Joe8LfmTFr8HEZ2w8&#10;mpA4EuK3I4JY0Wz/4PxxVS61E13hoXPsYFADEp7rLVUQZjabfsID7rSs8/tayiCHs+XuTlpyYOF6&#10;wafX44JmrPNr5qqOh6GeJhWeM5d2pglm2un8BTzXgssy6n7tmRWUyK8KXB0usAhsBLsIrJd3Gq85&#10;3ClYc3v8wawhYfmMenDbo47mZmn0EbQbCB03zFT6897rog4mg4MWK+oHcNAQ4Y0E6OLKOx8j63TH&#10;r34DAAD//wMAUEsDBBQABgAIAAAAIQAaVAj83gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;asMwEETvhf6D2EJvjeSEtMaxHEJoewqFJoWSm2JtbBNrZSzFdv6+21N7GpZZZt7k68m1YsA+NJ40&#10;JDMFAqn0tqFKw9fh7SkFEaIha1pPqOGGAdbF/V1uMutH+sRhHyvBIRQyo6GOscukDGWNzoSZ75DY&#10;O/vemchnX0nbm5HDXSvnSj1LZxrihtp0uK2xvOyvTsP7aMbNInkddpfz9nY8LD++dwlq/fgwbVYg&#10;Ik7x7xl+8RkdCmY6+SvZIFoNS8VTooY5C9svKQ85aVioFGSRy//4xQ8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAWmVTHJUCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAGlQI/N4AAAAGAQAADwAAAAAAAAAAAAAAAADvBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
                       <v:shape id="Graphic 72" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQATyqENwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6kYPGqKriCg1F2mtvT+yzySYfRt2t0nqr3eFQo/DzHzDrDaDaURHzteWFUwnCQji&#10;wuqaSwWXr8NbCsIHZI2NZVLwSx4269HLCjNte/6k7hxKESHsM1RQhdBmUvqiIoN+Ylvi6F2tMxii&#10;dKXUDvsIN42cJclcGqw5LlTY0q6i4nb+MQrey/QjzwvZy9P3zXWn+/6Sp3ulXsfDdgki0BD+w3/t&#10;o1awmMHzS/wBcv0AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAE8qhDcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1115" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61AAB50C" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59"/>
@@ -13238,51 +13183,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="135C068E" id="Group 73" o:spid="_x0000_s1026" style="position:absolute;margin-left:36.65pt;margin-top:1pt;width:14.4pt;height:14.4pt;z-index:-16039424;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYeAxflgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X51kTRNZcaqpWaNJ&#10;VVepqfZMMP7QMDAgcfrvd7k2zkenTer8YB98D5d7DwcWt4dGkr2wrtYqo+OrESVCcZ3Xqszoy+b+&#10;05wS55nKmdRKZPRVOHq7/Phh0ZpUTHSlZS4sgSTKpa3JaOW9SZPE8Uo0zF1pIxQEC20b5mFoyyS3&#10;rIXsjUwmo9FN0mqbG6u5cA7+rrogXWL+ohDcfy8KJzyRGYXaPL4tvrfhnSwXLC0tM1XN+zLYO6po&#10;WK1g0SHVinlGdrZ+k6qpudVOF/6K6ybRRVFzgT1AN+PRRTdrq3cGeynTtjSDTCDthU7vTssf92tr&#10;ns2T7aoH+KD5Twe6JK0p09N4GJdH8qGwTZgETZADKvo6KCoOnnD4OZ5P5nPQnUOox6g4r2Bb3szi&#10;1de/zktY2i2KpQ2ltAa8447yuP+T57liRqDqLrT/ZEmdZ3R2TYliDVh43bsF/kAvYXFgBQX7kevF&#10;vNBnMruZUAI6IEAVBpVms/koqtRhiA/dspTvnF8LjXKz/YPzOL3MI2JVRPygIrRg/mB7ibb3lIDt&#10;LSVg+21ne8N8mBf2MEDSwh71lVQDDNFG78VGI88fNw24n6fTkAoqPVKkOqX2pND3GT+y4tdg4hM2&#10;Hk1IHAnx2xFBrGi2f3D+uCqX2omu8NA5djCoAQlP9ZYqCDOdTq7xgDst6/y+ljLI4Wy5vZOW7Fm4&#10;XvDp9TijGev8irmq42Gop0mF58ylnWmCmbY6fwXPteCyjLpfO2YFJfKbAleHCywCG8E2AuvlncZr&#10;DncK1twcfjBrSFg+ox7c9qijuVkafQTtBkLHDTOV/rLzuqiDyeCgxYr6ARw0RHgjATq78k7HyDre&#10;8cvfAAAA//8DAFBLAwQUAAYACAAAACEAE18AqN0AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QUvDQBSE74L/YXmCN7ubBLXEvJRS1FMRbAXxts2+JqHZtyG7TdJ/7/akx2GGmW+K1Ww7MdLgW8cI&#10;yUKBIK6cablG+Nq/PSxB+KDZ6M4xIVzIw6q8vSl0btzEnzTuQi1iCftcIzQh9LmUvmrIar9wPXH0&#10;jm6wOkQ51NIMeorltpOpUk/S6pbjQqN72jRUnXZni/A+6WmdJa/j9nTcXH72jx/f24QQ7+/m9QuI&#10;QHP4C8MVP6JDGZkO7szGiw7hOctiEiGNj662ShMQB4RMLUGWhfzPX/4CAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA2HgMX5YCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAE18AqN0AAAAHAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
+                    <v:group w14:anchorId="121FC74C" id="Group 73" o:spid="_x0000_s1026" style="position:absolute;margin-left:36.65pt;margin-top:1pt;width:14.4pt;height:14.4pt;z-index:-16039424;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYeAxflgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X51kTRNZcaqpWaNJ&#10;VVepqfZMMP7QMDAgcfrvd7k2zkenTer8YB98D5d7DwcWt4dGkr2wrtYqo+OrESVCcZ3Xqszoy+b+&#10;05wS55nKmdRKZPRVOHq7/Phh0ZpUTHSlZS4sgSTKpa3JaOW9SZPE8Uo0zF1pIxQEC20b5mFoyyS3&#10;rIXsjUwmo9FN0mqbG6u5cA7+rrogXWL+ohDcfy8KJzyRGYXaPL4tvrfhnSwXLC0tM1XN+zLYO6po&#10;WK1g0SHVinlGdrZ+k6qpudVOF/6K6ybRRVFzgT1AN+PRRTdrq3cGeynTtjSDTCDthU7vTssf92tr&#10;ns2T7aoH+KD5Twe6JK0p09N4GJdH8qGwTZgETZADKvo6KCoOnnD4OZ5P5nPQnUOox6g4r2Bb3szi&#10;1de/zktY2i2KpQ2ltAa8447yuP+T57liRqDqLrT/ZEmdZ3R2TYliDVh43bsF/kAvYXFgBQX7kevF&#10;vNBnMruZUAI6IEAVBpVms/koqtRhiA/dspTvnF8LjXKz/YPzOL3MI2JVRPygIrRg/mB7ibb3lIDt&#10;LSVg+21ne8N8mBf2MEDSwh71lVQDDNFG78VGI88fNw24n6fTkAoqPVKkOqX2pND3GT+y4tdg4hM2&#10;Hk1IHAnx2xFBrGi2f3D+uCqX2omu8NA5djCoAQlP9ZYqCDOdTq7xgDst6/y+ljLI4Wy5vZOW7Fm4&#10;XvDp9TijGev8irmq42Gop0mF58ylnWmCmbY6fwXPteCyjLpfO2YFJfKbAleHCywCG8E2AuvlncZr&#10;DncK1twcfjBrSFg+ox7c9qijuVkafQTtBkLHDTOV/rLzuqiDyeCgxYr6ARw0RHgjATq78k7HyDre&#10;8cvfAAAA//8DAFBLAwQUAAYACAAAACEAE18AqN0AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QUvDQBSE74L/YXmCN7ubBLXEvJRS1FMRbAXxts2+JqHZtyG7TdJ/7/akx2GGmW+K1Ww7MdLgW8cI&#10;yUKBIK6cablG+Nq/PSxB+KDZ6M4xIVzIw6q8vSl0btzEnzTuQi1iCftcIzQh9LmUvmrIar9wPXH0&#10;jm6wOkQ51NIMeorltpOpUk/S6pbjQqN72jRUnXZni/A+6WmdJa/j9nTcXH72jx/f24QQ7+/m9QuI&#10;QHP4C8MVP6JDGZkO7szGiw7hOctiEiGNj662ShMQB4RMLUGWhfzPX/4CAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA2HgMX5YCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAE18AqN0AAAAHAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
                       <v:shape id="Graphic 74" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDzb5zixAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6kaRNkRXEVFsLtL65/7IPpNg9m3YXZO0n75bKPQ4zMxvmOV6MI3oyPnasoLpJAFB&#10;XFhdc6ngct6/pCB8QNbYWCYFX+RhvRo9LTHTtudP6k6hFBHCPkMFVQhtJqUvKjLoJ7Yljt7NOoMh&#10;SldK7bCPcNPIWZK8SoM1x4UKW9pWVNxPD6PgUKYfeV7IXh6vd9cdv3eXPN0p9TweNgsQgYbwH/5r&#10;v2sFb3P4/RJ/gFz9AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPNvnOLEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="436" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6CF07309" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="008F6B45">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
@@ -13515,51 +13460,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="719F4480" id="Group 75" o:spid="_x0000_s1026" style="position:absolute;margin-left:25pt;margin-top:1pt;width:14.4pt;height:14.4pt;z-index:-16038912;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZcRbXlgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X514y4esONXUrtGk&#10;qqvUTHsmGH9oGBiQOPn3u1wbJ22nTer8YB98D5d7DwdW18dWkoOwrtEqp9OrCSVCcV00qsrp9+3d&#10;hyUlzjNVMKmVyOlJOHq9fv9u1ZlMpLrWshCWQBLlss7ktPbeZEnieC1a5q60EQqCpbYt8zC0VVJY&#10;1kH2VibpZDJPOm0LYzUXzsHf2z5I15i/LAX338rSCU9kTqE2j2+L7114J+sVyyrLTN3woQz2hipa&#10;1ihYdEx1yzwje9u8StU23GqnS3/FdZvosmy4wB6gm+nkRTcbq/cGe6myrjKjTCDtC53enJY/HDbW&#10;PJlH21cP8F7znw50STpTZZfxMK7O5GNp2zAJmiBHVPQ0KiqOnnD4OV2myyXoziE0YFSc17Atr2bx&#10;+stf5yUs6xfF0sZSOgPecWd53P/J81QzI1B1F9p/tKQpcrqYU6JYCxbeDG6BP9BLWBxYQcFh5AYx&#10;X+iTLuYpJaADAlRhVGmxWE6iSj2G+Ngty/je+Y3QKDc73DuP06siIlZHxI8qQgvmD7aXaHtPCdje&#10;UgK23/W2N8yHeWEPAyQd7NFQST3CEG31QWw18vx504D7cTYLqaDSM0WqS+pACn0/40dW/BpMfMHG&#10;owmJIyF+eyKIFc32D84fV+VSO9EXHjrHDkY1IOGl3lIFYWaz9BMecKdlU9w1UgY5nK12N9KSAwvX&#10;Cz6DHs9oxjp/y1zd8zA00KTCc+ay3jTBTDtdnMBzHbgsp+7XnllBifyqwNXhAovARrCLwHp5o/Ga&#10;w52CNbfHH8waEpbPqQe3PehobpZFH0G7gdBzw0ylP++9LptgMjhosaJhAAcNEd5IgJ5deZdjZJ3v&#10;+PVvAAAA//8DAFBLAwQUAAYACAAAACEAGlQI/N4AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wWrDMBBE74X+g9hCb43khLTGsRxCaHsKhSaFkptibWwTa2UsxXb+vttTexqWWWbe5OvJtWLAPjSe&#10;NCQzBQKp9LahSsPX4e0pBRGiIWtaT6jhhgHWxf1dbjLrR/rEYR8rwSEUMqOhjrHLpAxljc6Eme+Q&#10;2Dv73pnIZ19J25uRw10r50o9S2ca4obadLitsbzsr07D+2jGzSJ5HXaX8/Z2PCw/vncJav34MG1W&#10;ICJO8e8ZfvEZHQpmOvkr2SBaDUvFU6KGOQvbLykPOWlYqBRkkcv/+MUPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAJlxFteWAgAAKwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhABpUCPzeAAAABgEAAA8AAAAAAAAAAAAAAAAA8AQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;">
+                    <v:group w14:anchorId="6127058B" id="Group 75" o:spid="_x0000_s1026" style="position:absolute;margin-left:25pt;margin-top:1pt;width:14.4pt;height:14.4pt;z-index:-16038912;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZcRbXlgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X514y4esONXUrtGk&#10;qqvUTHsmGH9oGBiQOPn3u1wbJ22nTer8YB98D5d7DwdW18dWkoOwrtEqp9OrCSVCcV00qsrp9+3d&#10;hyUlzjNVMKmVyOlJOHq9fv9u1ZlMpLrWshCWQBLlss7ktPbeZEnieC1a5q60EQqCpbYt8zC0VVJY&#10;1kH2VibpZDJPOm0LYzUXzsHf2z5I15i/LAX338rSCU9kTqE2j2+L7114J+sVyyrLTN3woQz2hipa&#10;1ihYdEx1yzwje9u8StU23GqnS3/FdZvosmy4wB6gm+nkRTcbq/cGe6myrjKjTCDtC53enJY/HDbW&#10;PJlH21cP8F7znw50STpTZZfxMK7O5GNp2zAJmiBHVPQ0KiqOnnD4OV2myyXoziE0YFSc17Atr2bx&#10;+stf5yUs6xfF0sZSOgPecWd53P/J81QzI1B1F9p/tKQpcrqYU6JYCxbeDG6BP9BLWBxYQcFh5AYx&#10;X+iTLuYpJaADAlRhVGmxWE6iSj2G+Ngty/je+Y3QKDc73DuP06siIlZHxI8qQgvmD7aXaHtPCdje&#10;UgK23/W2N8yHeWEPAyQd7NFQST3CEG31QWw18vx504D7cTYLqaDSM0WqS+pACn0/40dW/BpMfMHG&#10;owmJIyF+eyKIFc32D84fV+VSO9EXHjrHDkY1IOGl3lIFYWaz9BMecKdlU9w1UgY5nK12N9KSAwvX&#10;Cz6DHs9oxjp/y1zd8zA00KTCc+ay3jTBTDtdnMBzHbgsp+7XnllBifyqwNXhAovARrCLwHp5o/Ga&#10;w52CNbfHH8waEpbPqQe3PehobpZFH0G7gdBzw0ylP++9LptgMjhosaJhAAcNEd5IgJ5deZdjZJ3v&#10;+PVvAAAA//8DAFBLAwQUAAYACAAAACEAGlQI/N4AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wWrDMBBE74X+g9hCb43khLTGsRxCaHsKhSaFkptibWwTa2UsxXb+vttTexqWWWbe5OvJtWLAPjSe&#10;NCQzBQKp9LahSsPX4e0pBRGiIWtaT6jhhgHWxf1dbjLrR/rEYR8rwSEUMqOhjrHLpAxljc6Eme+Q&#10;2Dv73pnIZ19J25uRw10r50o9S2ca4obadLitsbzsr07D+2jGzSJ5HXaX8/Z2PCw/vncJav34MG1W&#10;ICJO8e8ZfvEZHQpmOvkr2SBaDUvFU6KGOQvbLykPOWlYqBRkkcv/+MUPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAJlxFteWAgAAKwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhABpUCPzeAAAABgEAAA8AAAAAAAAAAAAAAAAA8AQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;">
                       <v:shape id="Graphic 76" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBs8acOwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdWMPGqKriCiai7TW3h/ZZxLMvg272yT213eFQo/DzHzDrDaDaURHzteWFcymCQji&#10;wuqaSwXXz8NrCsIHZI2NZVLwIA+b9ehlhZm2PX9QdwmliBD2GSqoQmgzKX1RkUE/tS1x9G7WGQxR&#10;ulJqh32Em0a+JclcGqw5LlTY0q6i4n75NgqOZfqe54Xs5fnr7rrzz/6ap3ulJuNhuwQRaAj/4b/2&#10;SStYzOH5Jf4Auf4FAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbPGnDsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1115" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="294300A3" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59"/>
@@ -13640,51 +13585,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="03B5FAC9" id="Group 77" o:spid="_x0000_s1026" style="position:absolute;margin-left:36.65pt;margin-top:1pt;width:14.4pt;height:14.4pt;z-index:-16038400;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDcQ7LZlQIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X5xkSxNZcaqpWaNJ&#10;VVepmfZMMP7QMDAgcfrvd7k2zkenTer8YB98D5d7DweWt8dGkoOwrtYqo5PRmBKhuM5rVWb0+/b+&#10;w4IS55nKmdRKZPRFOHq7ev9u2ZpUTHWlZS4sgSTKpa3JaOW9SZPE8Uo0zI20EQqChbYN8zC0ZZJb&#10;1kL2RibT8fgmabXNjdVcOAd/112QrjB/UQjuvxWFE57IjEJtHt8W37vwTlZLlpaWmarmfRnsDVU0&#10;rFaw6JBqzTwje1u/StXU3GqnCz/iukl0UdRcYA/QzWR81c3G6r3BXsq0Lc0gE0h7pdOb0/LHw8aa&#10;Z/Nku+oBPmj+04EuSWvK9DwexuWJfCxsEyZBE+SIir4MioqjJxx+ThbTxQJ05xDqMSrOK9iWV7N4&#10;9eWv8xKWdotiaUMprQHvuJM87v/kea6YEai6C+0/WVLnGZ2DkRVrwMKb3i3wB3oJiwMrKNiPXC/m&#10;lT7T+c2UEtABAaowqDSfL8ZRpQ5DfOiWpXzv/EZolJsdHpzH6WUeEasi4kcVoQXzB9tLtL2nBGxv&#10;KQHb7zrbG+bDvLCHAZIW9qivpBpgiDb6ILYaef60acD9OJuFVFDpiSLVObUnhb4v+JEVvwYTn7Hx&#10;aELiSIjfjghiRbP9g/PHVbnUTnSFh86xg0ENSHiut1RBmNls+gkPuNOyzu9rKYMczpa7O2nJgYXr&#10;BZ9ejwuasc6vmas6HoZ6mlR4zlzamSaYaafzF/BcCy7LqPu1Z1ZQIr8qcHW4wCKwEewisF7eabzm&#10;cKdgze3xB7OGhOUz6sFtjzqam6XRR9BuIHTcMFPpz3uvizqYDA5arKgfwEFDhDcSoIsr73yMrNMd&#10;v/oNAAD//wMAUEsDBBQABgAIAAAAIQATXwCo3QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;S8NAFITvgv9heYI3u5sEtcS8lFLUUxFsBfG2zb4modm3IbtN0n/v9qTHYYaZb4rVbDsx0uBbxwjJ&#10;QoEgrpxpuUb42r89LEH4oNnozjEhXMjDqry9KXRu3MSfNO5CLWIJ+1wjNCH0uZS+ashqv3A9cfSO&#10;brA6RDnU0gx6iuW2k6lST9LqluNCo3vaNFSddmeL8D7paZ0lr+P2dNxcfvaPH9/bhBDv7+b1C4hA&#10;c/gLwxU/okMZmQ7uzMaLDuE5y2ISIY2PrrZKExAHhEwtQZaF/M9f/gIAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDcQ7LZlQIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQATXwCo3QAAAAcBAAAPAAAAAAAAAAAAAAAAAO8EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;">
+                    <v:group w14:anchorId="5BBA9252" id="Group 77" o:spid="_x0000_s1026" style="position:absolute;margin-left:36.65pt;margin-top:1pt;width:14.4pt;height:14.4pt;z-index:-16038400;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDcQ7LZlQIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X5xkSxNZcaqpWaNJ&#10;VVepmfZMMP7QMDAgcfrvd7k2zkenTer8YB98D5d7DweWt8dGkoOwrtYqo5PRmBKhuM5rVWb0+/b+&#10;w4IS55nKmdRKZPRFOHq7ev9u2ZpUTHWlZS4sgSTKpa3JaOW9SZPE8Uo0zI20EQqChbYN8zC0ZZJb&#10;1kL2RibT8fgmabXNjdVcOAd/112QrjB/UQjuvxWFE57IjEJtHt8W37vwTlZLlpaWmarmfRnsDVU0&#10;rFaw6JBqzTwje1u/StXU3GqnCz/iukl0UdRcYA/QzWR81c3G6r3BXsq0Lc0gE0h7pdOb0/LHw8aa&#10;Z/Nku+oBPmj+04EuSWvK9DwexuWJfCxsEyZBE+SIir4MioqjJxx+ThbTxQJ05xDqMSrOK9iWV7N4&#10;9eWv8xKWdotiaUMprQHvuJM87v/kea6YEai6C+0/WVLnGZ2DkRVrwMKb3i3wB3oJiwMrKNiPXC/m&#10;lT7T+c2UEtABAaowqDSfL8ZRpQ5DfOiWpXzv/EZolJsdHpzH6WUeEasi4kcVoQXzB9tLtL2nBGxv&#10;KQHb7zrbG+bDvLCHAZIW9qivpBpgiDb6ILYaef60acD9OJuFVFDpiSLVObUnhb4v+JEVvwYTn7Hx&#10;aELiSIjfjghiRbP9g/PHVbnUTnSFh86xg0ENSHiut1RBmNls+gkPuNOyzu9rKYMczpa7O2nJgYXr&#10;BZ9ejwuasc6vmas6HoZ6mlR4zlzamSaYaafzF/BcCy7LqPu1Z1ZQIr8qcHW4wCKwEewisF7eabzm&#10;cKdgze3xB7OGhOUz6sFtjzqam6XRR9BuIHTcMFPpz3uvizqYDA5arKgfwEFDhDcSoIsr73yMrNMd&#10;v/oNAAD//wMAUEsDBBQABgAIAAAAIQATXwCo3QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;S8NAFITvgv9heYI3u5sEtcS8lFLUUxFsBfG2zb4modm3IbtN0n/v9qTHYYaZb4rVbDsx0uBbxwjJ&#10;QoEgrpxpuUb42r89LEH4oNnozjEhXMjDqry9KXRu3MSfNO5CLWIJ+1wjNCH0uZS+ashqv3A9cfSO&#10;brA6RDnU0gx6iuW2k6lST9LqluNCo3vaNFSddmeL8D7paZ0lr+P2dNxcfvaPH9/bhBDv7+b1C4hA&#10;c/gLwxU/okMZmQ7uzMaLDuE5y2ISIY2PrrZKExAHhEwtQZaF/M9f/gIAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDcQ7LZlQIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQATXwCo3QAAAAcBAAAPAAAAAAAAAAAAAAAAAO8EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;">
                       <v:shape id="Graphic 78" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQByIpbnwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P9j+EN/A203lwpRpFxLH1Ilr1/miebbF5KUlsu/31y0Hw+PH9Xq5H04qenG8sK/iYJiCIS6sb&#10;rhScT1/vKQgfkDW2lknBL3lYr15flphpO/CR+iJUIoawz1BBHUKXSenLmgz6qe2II3e1zmCI0FVS&#10;OxxiuGnlLEnm0mDDsaHGjrY1lbfibhR8V+khz0s5yP3l5vr93+6cpzulJm/jZgEi0Bie4of7Ryv4&#10;jGPjl/gD5OofAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAciKW58AAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="436" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A7C3E71" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="008F6B45">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
@@ -14054,51 +13999,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="16BA63D8" id="Group 79" o:spid="_x0000_s1026" style="position:absolute;margin-left:38.95pt;margin-top:1pt;width:14.4pt;height:14.4pt;z-index:-16037888;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRS+B/lAIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X51mSxtZdaqpXaNJ&#10;VVepnfZMMP7QMLALidN/v8u1cdJ22qTOD/bB93C593Dg4nLfabZT4FtrCn56MuNMGWnL1tQF//54&#10;82HJmQ/ClEJbowr+pDy/XL1/d9G7XM1tY3WpgGES4/PeFbwJweVZ5mWjOuFPrFMGg5WFTgQcQp2V&#10;IHrM3ulsPpudZb2F0oGVynv8ez0E+YryV5WS4VtVeRWYLjjWFugN9N7Ed7a6EHkNwjWtHMsQb6ii&#10;E63BRadU1yIItoX2VaqulWC9rcKJtF1mq6qVinrAbk5nL7pZg9066qXO+9pNMqG0L3R6c1p5t1uD&#10;e3D3MFSP8NbKnx51yXpX58fxOK4P5H0FXZyETbA9Kfo0Kar2gUn8ebqcL5eou8TQiElx2eC2vJol&#10;my9/nZeJfFiUSptK6R16xx/k8f8nz0MjnCLVfWz/HlhbFjx2YUSHFl6PbsE/2EtcHFlRwXHkRzFf&#10;6DM/P5tzhjoQIBUmlc7Pl7Ok0oAxPnUrcrn1Ya0syS12tz7Q9LpMSDQJyb1JEND80faabB84Q9sD&#10;Z2j7zWB7J0KcF/cwQtbjHo2VNBOM0c7u1KMlXjhsGnI/LhYxFVZ6oGhzTB1Jse9n/MRKX0eJj9gk&#10;LiZOhPQdiChWMts/OH9cVWrr1VB47Jw6mNTAhMd6axOFWSzmn+iAe6vb8qbVOsrhod5caWA7Ea8X&#10;ekY9ntEc+HAtfDPwKDTStKFz5vPBNNFMG1s+oed6dFnB/a+tAMWZ/mrQ1dh1SAAS2CQAQV9ZuuZo&#10;p3DNx/0PAY7F5Qse0G13Nplb5MlH2G4kDNw409jP22CrNpoMD1qqaBzgQSNENxKiZ1fe8ZhYhzt+&#10;9RsAAP//AwBQSwMEFAAGAAgAAAAhAMVHBWHeAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0Fr&#10;wkAUhO+F/oflFXqru1FqNOZFRNqepFAtlN6eyTMJZndDdk3iv+96qsdhhplv0vWoG9Fz52prEKKJ&#10;AsEmt0VtSoTvw/vLAoTzZApqrGGEKztYZ48PKSWFHcwX93tfilBiXEIIlfdtIqXLK9bkJrZlE7yT&#10;7TT5ILtSFh0NoVw3cqrUXGqqTVioqOVtxfl5f9EIHwMNm1n01u/Op+319/D6+bOLGPH5adysQHge&#10;/X8YbvgBHbLAdLQXUzjRIMTxMiQRpuHRzVbzGMQRYaYWILNU3vNnfwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCRS+B/lAIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDFRwVh3gAAAAcBAAAPAAAAAAAAAAAAAAAAAO4EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;">
+                    <v:group w14:anchorId="31FFC6A2" id="Group 79" o:spid="_x0000_s1026" style="position:absolute;margin-left:38.95pt;margin-top:1pt;width:14.4pt;height:14.4pt;z-index:-16037888;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRS+B/lAIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X51mSxtZdaqpXaNJ&#10;VVepnfZMMP7QMLALidN/v8u1cdJ22qTOD/bB93C593Dg4nLfabZT4FtrCn56MuNMGWnL1tQF//54&#10;82HJmQ/ClEJbowr+pDy/XL1/d9G7XM1tY3WpgGES4/PeFbwJweVZ5mWjOuFPrFMGg5WFTgQcQp2V&#10;IHrM3ulsPpudZb2F0oGVynv8ez0E+YryV5WS4VtVeRWYLjjWFugN9N7Ed7a6EHkNwjWtHMsQb6ii&#10;E63BRadU1yIItoX2VaqulWC9rcKJtF1mq6qVinrAbk5nL7pZg9066qXO+9pNMqG0L3R6c1p5t1uD&#10;e3D3MFSP8NbKnx51yXpX58fxOK4P5H0FXZyETbA9Kfo0Kar2gUn8ebqcL5eou8TQiElx2eC2vJol&#10;my9/nZeJfFiUSptK6R16xx/k8f8nz0MjnCLVfWz/HlhbFjx2YUSHFl6PbsE/2EtcHFlRwXHkRzFf&#10;6DM/P5tzhjoQIBUmlc7Pl7Ok0oAxPnUrcrn1Ya0syS12tz7Q9LpMSDQJyb1JEND80faabB84Q9sD&#10;Z2j7zWB7J0KcF/cwQtbjHo2VNBOM0c7u1KMlXjhsGnI/LhYxFVZ6oGhzTB1Jse9n/MRKX0eJj9gk&#10;LiZOhPQdiChWMts/OH9cVWrr1VB47Jw6mNTAhMd6axOFWSzmn+iAe6vb8qbVOsrhod5caWA7Ea8X&#10;ekY9ntEc+HAtfDPwKDTStKFz5vPBNNFMG1s+oed6dFnB/a+tAMWZ/mrQ1dh1SAAS2CQAQV9ZuuZo&#10;p3DNx/0PAY7F5Qse0G13Nplb5MlH2G4kDNw409jP22CrNpoMD1qqaBzgQSNENxKiZ1fe8ZhYhzt+&#10;9RsAAP//AwBQSwMEFAAGAAgAAAAhAMVHBWHeAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0Fr&#10;wkAUhO+F/oflFXqru1FqNOZFRNqepFAtlN6eyTMJZndDdk3iv+96qsdhhplv0vWoG9Fz52prEKKJ&#10;AsEmt0VtSoTvw/vLAoTzZApqrGGEKztYZ48PKSWFHcwX93tfilBiXEIIlfdtIqXLK9bkJrZlE7yT&#10;7TT5ILtSFh0NoVw3cqrUXGqqTVioqOVtxfl5f9EIHwMNm1n01u/Op+319/D6+bOLGPH5adysQHge&#10;/X8YbvgBHbLAdLQXUzjRIMTxMiQRpuHRzVbzGMQRYaYWILNU3vNnfwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCRS+B/lAIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDFRwVh3gAAAAcBAAAPAAAAAAAAAAAAAAAAAO4EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;">
                       <v:shape id="Graphic 80" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC5gerGwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa4Mw&#10;FL4P9j+EN9htjd1hiDMtpTg2L7K27v4wryo1L5Jk6vrXN4dBjx/f73y7mEFM5HxvWcF6lYAgbqzu&#10;uVVQnz5eUhA+IGscLJOCP/Kw3Tw+5JhpO/OBpmNoRQxhn6GCLoQxk9I3HRn0KzsSR+5sncEQoWul&#10;djjHcDPI1yR5kwZ7jg0djrTvqLkcf42Czzb9LstGzrL6ubipuhZ1mRZKPT8tu3cQgZZwF/+7v7SC&#10;NK6PX+IPkJsbAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALmB6sbBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="436" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A7B6906" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="59" w:line="285" w:lineRule="exact"/>
@@ -14186,51 +14131,51 @@
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5524">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="070F0987" id="Graphic 81" o:spid="_x0000_s1026" style="position:absolute;margin-left:523.55pt;margin-top:-16.25pt;width:14pt;height:14pt;z-index:15745024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAAZeCmLgAAAADAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxau6WhUYhTIVSEcqlKKXc3NknUeB3ZbhL4erYn&#10;OM7s0+xMvplsxwbjQ+tQwmIugBmsnG6xlnD8eJ2lwEJUqFXn0Ej4NgE2xe1NrjLtRnw3wyHWjEIw&#10;ZEpCE2OfcR6qxlgV5q43SLcv562KJH3NtVcjhduOL4V45Fa1SB8a1ZuXxlTnw8VKeKvTfVlWfOS7&#10;z7Mfdj/bY5lupby/m56fgEUzxT8YrvWpOhTU6eQuqAPrSIvVekGshNnDMgF2RcQ6IetE1ioBXuT8&#10;/4jiFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADttASQ0AgAA7wQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAZeCmLgAAAADAEAAA8AAAAAAAAA&#10;AAAAAAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
+              <v:shape w14:anchorId="4702B6B7" id="Graphic 81" o:spid="_x0000_s1026" style="position:absolute;margin-left:523.55pt;margin-top:-16.25pt;width:14pt;height:14pt;z-index:15745024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAAZeCmLgAAAADAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxau6WhUYhTIVSEcqlKKXc3NknUeB3ZbhL4erYn&#10;OM7s0+xMvplsxwbjQ+tQwmIugBmsnG6xlnD8eJ2lwEJUqFXn0Ej4NgE2xe1NrjLtRnw3wyHWjEIw&#10;ZEpCE2OfcR6qxlgV5q43SLcv562KJH3NtVcjhduOL4V45Fa1SB8a1ZuXxlTnw8VKeKvTfVlWfOS7&#10;z7Mfdj/bY5lupby/m56fgEUzxT8YrvWpOhTU6eQuqAPrSIvVekGshNnDMgF2RcQ6IetE1ioBXuT8&#10;/4jiFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADttASQ0AgAA7wQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAZeCmLgAAAADAEAAA8AAAAAAAAA&#10;AAAAAAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:position w:val="2"/>
         </w:rPr>
         <w:t>Do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:position w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:position w:val="2"/>
@@ -14818,51 +14763,51 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1EA31239" id="Graphic 84" o:spid="_x0000_s1026" style="position:absolute;margin-left:51pt;margin-top:15.75pt;width:492.3pt;height:.1pt;z-index:-15717376;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6252210,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRcNjUEQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L048tBuMOMXQoMOA&#10;oivQFDsrshwbk0WNVGLn70fJcZJ1t2E+CJT4RD7yUV7eDZ0VB4PUgivlYjaXwjgNVet2pXzdPHz4&#10;LAUF5SplwZlSHg3Ju9X7d8veFyaHBmxlUHAQR0XvS9mE4IssI92YTtEMvHHsrAE7FXiLu6xC1XP0&#10;zmb5fH6b9YCVR9CGiE/Xo1OuUvy6Njp8r2syQdhSMreQVkzrNq7ZaqmKHSrftPpEQ/0Di061jpOe&#10;Q61VUGKP7V+hulYjENRhpqHLoK5bbVINXM1i/qaal0Z5k2rh5pA/t4n+X1j9dHjxzxipk38E/ZO4&#10;I1nvqTh74oZOmKHGLmKZuBhSF4/nLpohCM2Ht/lNni+42Zp9i/xTanKmiumu3lP4aiDFUYdHCqMG&#10;1WSpZrL04CYTWcmooU0aBilYQ5SCNdyOGnoV4r1ILpqivxCJZx0czAaSN7xhztQuXuuuUbEUHjIp&#10;pioZOyLYiGm4V6ORUrN9XZx1icXHm3kaDQLbVg+ttZEF4W57b1EcVBzM9MU6OMIfMI8U1oqaEZdc&#10;J5h1J51GaaJIW6iOzyh6nuZS0q+9QiOF/eZ4XOLoTwZOxnYyMNh7SA8kNYhzboYfCr2I6UsZWNkn&#10;mIZRFZNosfQzNt508GUfoG6jommGRkanDU9wKvD02uITud4n1OWfsPoNAAD//wMAUEsDBBQABgAI&#10;AAAAIQDMsLnn3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfgHa5F6K3ZASSGN&#10;gxBSb71Ai+jRxEsS1V5HsYHA19c5tceZHc2+KdaDNeyKvW8dSUhmAhhS5XRLtYSvz/eXJTAfFGll&#10;HKGEO3pYl5OnQuXa3WiH132oWSwhnysJTQhdzrmvGrTKz1yHFG9n11sVouxrrnt1i+XW8LkQGbeq&#10;pfihUR1uG6x+9hcroT3fF4fvJP14mONj1yXp6jAcV1I+T4fNG7CAQ/gLw4gf0aGMTCd3Ie2ZiVrM&#10;45YgYZGkwMaAWGYZsNPovAIvC/5/QvkLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0XDY&#10;1BECAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;zLC5594AAAAKAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" path="m,l6252006,e" filled="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="486760AC" id="Graphic 84" o:spid="_x0000_s1026" style="position:absolute;margin-left:51pt;margin-top:15.75pt;width:492.3pt;height:.1pt;z-index:-15717376;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6252210,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRcNjUEQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L048tBuMOMXQoMOA&#10;oivQFDsrshwbk0WNVGLn70fJcZJ1t2E+CJT4RD7yUV7eDZ0VB4PUgivlYjaXwjgNVet2pXzdPHz4&#10;LAUF5SplwZlSHg3Ju9X7d8veFyaHBmxlUHAQR0XvS9mE4IssI92YTtEMvHHsrAE7FXiLu6xC1XP0&#10;zmb5fH6b9YCVR9CGiE/Xo1OuUvy6Njp8r2syQdhSMreQVkzrNq7ZaqmKHSrftPpEQ/0Di061jpOe&#10;Q61VUGKP7V+hulYjENRhpqHLoK5bbVINXM1i/qaal0Z5k2rh5pA/t4n+X1j9dHjxzxipk38E/ZO4&#10;I1nvqTh74oZOmKHGLmKZuBhSF4/nLpohCM2Ht/lNni+42Zp9i/xTanKmiumu3lP4aiDFUYdHCqMG&#10;1WSpZrL04CYTWcmooU0aBilYQ5SCNdyOGnoV4r1ILpqivxCJZx0czAaSN7xhztQuXuuuUbEUHjIp&#10;pioZOyLYiGm4V6ORUrN9XZx1icXHm3kaDQLbVg+ttZEF4W57b1EcVBzM9MU6OMIfMI8U1oqaEZdc&#10;J5h1J51GaaJIW6iOzyh6nuZS0q+9QiOF/eZ4XOLoTwZOxnYyMNh7SA8kNYhzboYfCr2I6UsZWNkn&#10;mIZRFZNosfQzNt508GUfoG6jommGRkanDU9wKvD02uITud4n1OWfsPoNAAD//wMAUEsDBBQABgAI&#10;AAAAIQDMsLnn3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfgHa5F6K3ZASSGN&#10;gxBSb71Ai+jRxEsS1V5HsYHA19c5tceZHc2+KdaDNeyKvW8dSUhmAhhS5XRLtYSvz/eXJTAfFGll&#10;HKGEO3pYl5OnQuXa3WiH132oWSwhnysJTQhdzrmvGrTKz1yHFG9n11sVouxrrnt1i+XW8LkQGbeq&#10;pfihUR1uG6x+9hcroT3fF4fvJP14mONj1yXp6jAcV1I+T4fNG7CAQ/gLw4gf0aGMTCd3Ie2ZiVrM&#10;45YgYZGkwMaAWGYZsNPovAIvC/5/QvkLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0XDY&#10;1BECAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;zLC5594AAAAKAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" path="m,l6252006,e" filled="f" strokeweight=".5pt">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2837E585" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="008F6B45">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="036CF5B6" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="008F6B45">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -15138,51 +15083,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="21209985" id="Group 85" o:spid="_x0000_s1026" style="position:absolute;margin-left:24.75pt;margin-top:1.15pt;width:14.4pt;height:14.4pt;z-index:-16036864;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATVr88lgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X51mSxtZdaqpXaNJ&#10;VVepnfZMMP7QMLALidN/v8u1cdJ22qTOD/bB93C593Dg4nLfabZT4FtrCn56MuNMGWnL1tQF//54&#10;82HJmQ/ClEJbowr+pDy/XL1/d9G7XM1tY3WpgGES4/PeFbwJweVZ5mWjOuFPrFMGg5WFTgQcQp2V&#10;IHrM3ulsPpudZb2F0oGVynv8ez0E+YryV5WS4VtVeRWYLjjWFugN9N7Ed7a6EHkNwjWtHMsQb6ii&#10;E63BRadU1yIItoX2VaqulWC9rcKJtF1mq6qVinrAbk5nL7pZg9066qXO+9pNMqG0L3R6c1p5t1uD&#10;e3D3MFSP8NbKnx51yXpX58fxOK4P5H0FXZyETbA9Kfo0Kar2gUn8ebqcL5eou8TQiElx2eC2vJol&#10;my9/nZeJfFiUSptK6R16xx/k8f8nz0MjnCLVfWz/HlhbFnx5xpkRHVp4PboF/2AvcXFkRQXHkR/F&#10;fKHP/PxszhnqQIBUmFQ6P1/OkkoDxvjUrcjl1oe1siS32N36QNPrMiHRJCT3JkFA80fba7J94Axt&#10;D5yh7TeD7Z0IcV7cwwhZj3s0VtJMMEY7u1OPlnjhsGnI/bhYxFRY6YGizTF1JMW+n/ETK30dJT5i&#10;09HExImQvgMRxUpm+wfnj6tKbb0aCo+dUweTGpjwWG9tojCLxfwTHXBvdVvetFpHOTzUmysNbCfi&#10;9ULPqMczmgMfroVvBh6FRpo2dM58Ppgmmmljyyf0XI8uK7j/tRWgONNfDbo6XmAJQAKbBCDoK0vX&#10;HO0Urvm4/yHAsbh8wQO67c4mc4s8+QjbjYSBG2ca+3kbbNVGk+FBSxWNAzxohOhGQvTsyjseE+tw&#10;x69+AwAA//8DAFBLAwQUAAYACAAAACEAxtmSzd0AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;QUvDQBSE74L/YXmCN7vZxmqNeSmlqKci2AribZt9TUKzb0N2m6T/3vWkp2GYYebLV5NtxUC9bxwj&#10;qFkCgrh0puEK4XP/ercE4YNmo1vHhHAhD6vi+irXmXEjf9CwC5WII+wzjVCH0GVS+rImq/3MdcQx&#10;O7re6hBtX0nT6zGO21bOk+RBWt1wfKh1R5uaytPubBHeRj2uU/UybE/HzeV7v3j/2ipCvL2Z1s8g&#10;Ak3hrwy/+BEdish0cGc2XrQI90+L2ESYpyBi/LiMekBIlQJZ5PI/fvEDAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAE1a/PJYCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAxtmSzd0AAAAGAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
+                    <v:group w14:anchorId="7D0386D3" id="Group 85" o:spid="_x0000_s1026" style="position:absolute;margin-left:24.75pt;margin-top:1.15pt;width:14.4pt;height:14.4pt;z-index:-16036864;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATVr88lgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X51mSxtZdaqpXaNJ&#10;VVepnfZMMP7QMLALidN/v8u1cdJ22qTOD/bB93C593Dg4nLfabZT4FtrCn56MuNMGWnL1tQF//54&#10;82HJmQ/ClEJbowr+pDy/XL1/d9G7XM1tY3WpgGES4/PeFbwJweVZ5mWjOuFPrFMGg5WFTgQcQp2V&#10;IHrM3ulsPpudZb2F0oGVynv8ez0E+YryV5WS4VtVeRWYLjjWFugN9N7Ed7a6EHkNwjWtHMsQb6ii&#10;E63BRadU1yIItoX2VaqulWC9rcKJtF1mq6qVinrAbk5nL7pZg9066qXO+9pNMqG0L3R6c1p5t1uD&#10;e3D3MFSP8NbKnx51yXpX58fxOK4P5H0FXZyETbA9Kfo0Kar2gUn8ebqcL5eou8TQiElx2eC2vJol&#10;my9/nZeJfFiUSptK6R16xx/k8f8nz0MjnCLVfWz/HlhbFnx5xpkRHVp4PboF/2AvcXFkRQXHkR/F&#10;fKHP/PxszhnqQIBUmFQ6P1/OkkoDxvjUrcjl1oe1siS32N36QNPrMiHRJCT3JkFA80fba7J94Axt&#10;D5yh7TeD7Z0IcV7cwwhZj3s0VtJMMEY7u1OPlnjhsGnI/bhYxFRY6YGizTF1JMW+n/ETK30dJT5i&#10;09HExImQvgMRxUpm+wfnj6tKbb0aCo+dUweTGpjwWG9tojCLxfwTHXBvdVvetFpHOTzUmysNbCfi&#10;9ULPqMczmgMfroVvBh6FRpo2dM58Ppgmmmljyyf0XI8uK7j/tRWgONNfDbo6XmAJQAKbBCDoK0vX&#10;HO0Urvm4/yHAsbh8wQO67c4mc4s8+QjbjYSBG2ca+3kbbNVGk+FBSxWNAzxohOhGQvTsyjseE+tw&#10;x69+AwAA//8DAFBLAwQUAAYACAAAACEAxtmSzd0AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;QUvDQBSE74L/YXmCN7vZxmqNeSmlqKci2AribZt9TUKzb0N2m6T/3vWkp2GYYebLV5NtxUC9bxwj&#10;qFkCgrh0puEK4XP/ercE4YNmo1vHhHAhD6vi+irXmXEjf9CwC5WII+wzjVCH0GVS+rImq/3MdcQx&#10;O7re6hBtX0nT6zGO21bOk+RBWt1wfKh1R5uaytPubBHeRj2uU/UybE/HzeV7v3j/2ipCvL2Z1s8g&#10;Ak3hrwy/+BEdish0cGc2XrQI90+L2ESYpyBi/LiMekBIlQJZ5PI/fvEDAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAE1a/PJYCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAxtmSzd0AAAAGAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
                       <v:shape id="Graphic 86" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBZJNcpwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva+oepFSjiCjai+z65/5onm2xeSlJtq1++s3Cwh6HmfkNs1wPphEdOV9bVjCbJiCI&#10;C6trLhVcL/v3FIQPyBoby6TgSR7Wq9HbEjNte/6i7hxKESHsM1RQhdBmUvqiIoN+alvi6N2tMxii&#10;dKXUDvsIN438SJK5NFhzXKiwpW1FxeP8bRQcyvQzzwvZy9Pt4brTa3fN051Sk/GwWYAINIT/8F/7&#10;qBWkc/j9En+AXP0AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAWSTXKcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FF5560C" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="62"/>
@@ -15262,51 +15207,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="52D065EC" id="Group 87" o:spid="_x0000_s1026" style="position:absolute;margin-left:19.45pt;margin-top:1.15pt;width:14.4pt;height:14.4pt;z-index:-16036352;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWZBsylgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X51mSxtZdaqpXaNJ&#10;VVepnfZMMP7QMLALidN/v8u1cdJ22qTOD/bB93C593Dg4nLfabZT4FtrCn56MuNMGWnL1tQF//54&#10;82HJmQ/ClEJbowr+pDy/XL1/d9G7XM1tY3WpgGES4/PeFbwJweVZ5mWjOuFPrFMGg5WFTgQcQp2V&#10;IHrM3ulsPpudZb2F0oGVynv8ez0E+YryV5WS4VtVeRWYLjjWFugN9N7Ed7a6EHkNwjWtHMsQb6ii&#10;E63BRadU1yIItoX2VaqulWC9rcKJtF1mq6qVinrAbk5nL7pZg9066qXO+9pNMqG0L3R6c1p5t1uD&#10;e3D3MFSP8NbKnx51yXpX58fxOK4P5H0FXZyETbA9Kfo0Kar2gUn8ebqcL5eou8TQiElx2eC2vJol&#10;my9/nZeJfFiUSptK6R16xx/k8f8nz0MjnCLVfWz/HlhbFnyJRjaiQwuvR7fgH+wlLo6sqOA48qOY&#10;L/SZn5/NOUMdCJAKk0rn58tZUmnAGJ+6Fbnc+rBWluQWu1sfaHpdJiSahOTeJAho/mh7TbYPnKHt&#10;gTO0/WawvRMhzot7GCHrcY/GSpoJxmhnd+rREi8cNg25HxeLmAorPVC0OaaOpNj3M35ipa+jxEds&#10;OpqYOBHSdyCiWMls/+D8cVWprVdD4bFz6mBSAxMe661NFGaxmH+iA+6tbsubVusoh4d6c6WB7US8&#10;XugZ9XhGc+DDtfDNwKPQSNOGzpnPB9NEM21s+YSe69FlBfe/tgIUZ/qrQVfHCywBSGCTAAR9Zema&#10;o53CNR/3PwQ4FpcveEC33dlkbpEnH2G7kTBw40xjP2+DrdpoMjxoqaJxgAeNEN1IiJ5decdjYh3u&#10;+NVvAAAA//8DAFBLAwQUAAYACAAAACEABQJXt90AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;zUrDQBSF94LvMFzBnZ1Mg22NmZRS1FURbAVxd5u5TUIzd0JmmqRv77jS5fnhnC9fT7YVA/W+caxB&#10;zRIQxKUzDVcaPg+vDysQPiAbbB2Thit5WBe3Nzlmxo38QcM+VCKOsM9QQx1Cl0npy5os+pnriGN2&#10;cr3FEGVfSdPjGMdtK+dJspAWG44PNXa0rak87y9Ww9uI4yZVL8PufNpevw+P7187RVrf302bZxCB&#10;pvBXhl/8iA5FZDq6CxsvWg3p6ik2NcxTEDFeLJcgjtFWCmSRy//4xQ8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAVmQbMpYCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEABQJXt90AAAAGAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
+                    <v:group w14:anchorId="2E1EF12B" id="Group 87" o:spid="_x0000_s1026" style="position:absolute;margin-left:19.45pt;margin-top:1.15pt;width:14.4pt;height:14.4pt;z-index:-16036352;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWZBsylgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X51mSxtZdaqpXaNJ&#10;VVepnfZMMP7QMLALidN/v8u1cdJ22qTOD/bB93C593Dg4nLfabZT4FtrCn56MuNMGWnL1tQF//54&#10;82HJmQ/ClEJbowr+pDy/XL1/d9G7XM1tY3WpgGES4/PeFbwJweVZ5mWjOuFPrFMGg5WFTgQcQp2V&#10;IHrM3ulsPpudZb2F0oGVynv8ez0E+YryV5WS4VtVeRWYLjjWFugN9N7Ed7a6EHkNwjWtHMsQb6ii&#10;E63BRadU1yIItoX2VaqulWC9rcKJtF1mq6qVinrAbk5nL7pZg9066qXO+9pNMqG0L3R6c1p5t1uD&#10;e3D3MFSP8NbKnx51yXpX58fxOK4P5H0FXZyETbA9Kfo0Kar2gUn8ebqcL5eou8TQiElx2eC2vJol&#10;my9/nZeJfFiUSptK6R16xx/k8f8nz0MjnCLVfWz/HlhbFnyJRjaiQwuvR7fgH+wlLo6sqOA48qOY&#10;L/SZn5/NOUMdCJAKk0rn58tZUmnAGJ+6Fbnc+rBWluQWu1sfaHpdJiSahOTeJAho/mh7TbYPnKHt&#10;gTO0/WawvRMhzot7GCHrcY/GSpoJxmhnd+rREi8cNg25HxeLmAorPVC0OaaOpNj3M35ipa+jxEds&#10;OpqYOBHSdyCiWMls/+D8cVWprVdD4bFz6mBSAxMe661NFGaxmH+iA+6tbsubVusoh4d6c6WB7US8&#10;XugZ9XhGc+DDtfDNwKPQSNOGzpnPB9NEM21s+YSe69FlBfe/tgIUZ/qrQVfHCywBSGCTAAR9Zema&#10;o53CNR/3PwQ4FpcveEC33dlkbpEnH2G7kTBw40xjP2+DrdpoMjxoqaJxgAeNEN1IiJ5decdjYh3u&#10;+NVvAAAA//8DAFBLAwQUAAYACAAAACEABQJXt90AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;zUrDQBSF94LvMFzBnZ1Mg22NmZRS1FURbAVxd5u5TUIzd0JmmqRv77jS5fnhnC9fT7YVA/W+caxB&#10;zRIQxKUzDVcaPg+vDysQPiAbbB2Thit5WBe3Nzlmxo38QcM+VCKOsM9QQx1Cl0npy5os+pnriGN2&#10;cr3FEGVfSdPjGMdtK+dJspAWG44PNXa0rak87y9Ww9uI4yZVL8PufNpevw+P7187RVrf302bZxCB&#10;pvBXhl/8iA5FZDq6CxsvWg3p6ik2NcxTEDFeLJcgjtFWCmSRy//4xQ8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAVmQbMpYCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEABQJXt90AAAAGAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
                       <v:shape id="Graphic 88" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBH9+bAwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa4Mw&#10;FL4P9j+EN9htjd1hiDMtpTg2L7K27v4wryo1L5Jk6vrXN4dBjx/f73y7mEFM5HxvWcF6lYAgbqzu&#10;uVVQnz5eUhA+IGscLJOCP/Kw3Tw+5JhpO/OBpmNoRQxhn6GCLoQxk9I3HRn0KzsSR+5sncEQoWul&#10;djjHcDPI1yR5kwZ7jg0djrTvqLkcf42Czzb9LstGzrL6ubipuhZ1mRZKPT8tu3cQgZZwF/+7v7SC&#10;NI6NX+IPkJsbAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEf35sDBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F6B45" w14:paraId="4326318A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8253" w:type="dxa"/>
@@ -15668,51 +15613,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="6350">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="65C3B098" id="Group 89" o:spid="_x0000_s1026" style="position:absolute;margin-left:-191.9pt;margin-top:-14.75pt;width:275pt;height:.5pt;z-index:-16041472;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="34925,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDm9REibAIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMlu2zAQvRfoPxC815LtOGkEy0ERN0aB&#10;IAkQFz3TFLWgFMkOaUv5+w6pxY4T9JDqQDxyhrO8eeLypq0lOQiwlVYpnU5iSoTiOqtUkdKf27sv&#10;XymxjqmMSa1ESl+EpTerz5+WjUnETJdaZgIIBlE2aUxKS+dMEkWWl6JmdqKNUGjMNdTM4RaKKAPW&#10;YPRaRrM4vowaDZkBzYW1eLrujHQV4ue54O4xz61wRKYUa3NhhbDu/BqtliwpgJmy4n0Z7ANV1KxS&#10;mHQMtWaOkT1Ub0LVFQdtde4mXNeRzvOKi9ADdjONz7rZgN6b0EuRNIUZaUJqz3j6cFj+cNiAeTZP&#10;0FWP8F7z3xZ5iRpTJKd2vy+Ozm0Otb+ETZA2MPoyMipaRzgezi+uZ4sYiedou5wvesJ5iVN5c4mX&#10;3/91LWJJlzIUNhbSGFSOPZJj/4+c55IZETi3vvknIFWW0mtsQbEaBbzptYInyJFPjl6ev35neyrf&#10;ZWc+vVp0knuXoOnsKkQdO2UJ31u3EToQzQ731nWCzQbEygHxVg0QUPZe8DII3lGCggdKUPC7Lrth&#10;zt/z0/OQNMdJ+bNaH8RWB6s7mxKWdrRKderlZx3HF5QMMkDfzgOBT4OS6kBIjfi0Oal8FUEiPrHV&#10;ssruKinDBordrQRyYP4vDp/vAyO8cjNg3ZrZsvMLpt5NqiBnm3TT8VPb6ewFh9vgOFNq/+wZCErk&#10;D4Xy8e/EAGAAuwGAk7c6vCaBIMy5bX8xMMSnT6nDyT7oQUUsGYbmWx99/U2lv+2dzis/UVT0UFG/&#10;QUUHFH58RK9eltN98Do+pau/AAAA//8DAFBLAwQUAAYACAAAACEA5OHNEeIAAAAMAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPzWrDMBCE74W+g9hCb4n8g43rWg4htD2FQpNC6U2xNraJtTKWYjtvX/nU&#10;3HZnh5lvi82sOzbiYFtDAsJ1AAypMqqlWsD38X2VAbNOkpKdIRRwQwub8vGhkLkyE33heHA18yFk&#10;cymgca7PObdVg1ratemR/O1sBi2dX4eaq0FOPlx3PAqClGvZkm9oZI+7BqvL4aoFfExy2sbh27i/&#10;nHe332Py+bMPUYjnp3n7Cszh7P7NsOB7dCg908lcSVnWCVjFWezZnZ+ilwTYYknTCNhpUbIEeFnw&#10;+yfKPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDm9REibAIAAJIFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDk4c0R4gAAAAwBAAAPAAAAAAAA&#10;AAAAAAAAAMYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;">
+                    <v:group w14:anchorId="43D19450" id="Group 89" o:spid="_x0000_s1026" style="position:absolute;margin-left:-191.9pt;margin-top:-14.75pt;width:275pt;height:.5pt;z-index:-16041472;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="34925,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDm9REibAIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMlu2zAQvRfoPxC815LtOGkEy0ERN0aB&#10;IAkQFz3TFLWgFMkOaUv5+w6pxY4T9JDqQDxyhrO8eeLypq0lOQiwlVYpnU5iSoTiOqtUkdKf27sv&#10;XymxjqmMSa1ESl+EpTerz5+WjUnETJdaZgIIBlE2aUxKS+dMEkWWl6JmdqKNUGjMNdTM4RaKKAPW&#10;YPRaRrM4vowaDZkBzYW1eLrujHQV4ue54O4xz61wRKYUa3NhhbDu/BqtliwpgJmy4n0Z7ANV1KxS&#10;mHQMtWaOkT1Ub0LVFQdtde4mXNeRzvOKi9ADdjONz7rZgN6b0EuRNIUZaUJqz3j6cFj+cNiAeTZP&#10;0FWP8F7z3xZ5iRpTJKd2vy+Ozm0Otb+ETZA2MPoyMipaRzgezi+uZ4sYiedou5wvesJ5iVN5c4mX&#10;3/91LWJJlzIUNhbSGFSOPZJj/4+c55IZETi3vvknIFWW0mtsQbEaBbzptYInyJFPjl6ev35neyrf&#10;ZWc+vVp0knuXoOnsKkQdO2UJ31u3EToQzQ731nWCzQbEygHxVg0QUPZe8DII3lGCggdKUPC7Lrth&#10;zt/z0/OQNMdJ+bNaH8RWB6s7mxKWdrRKderlZx3HF5QMMkDfzgOBT4OS6kBIjfi0Oal8FUEiPrHV&#10;ssruKinDBordrQRyYP4vDp/vAyO8cjNg3ZrZsvMLpt5NqiBnm3TT8VPb6ewFh9vgOFNq/+wZCErk&#10;D4Xy8e/EAGAAuwGAk7c6vCaBIMy5bX8xMMSnT6nDyT7oQUUsGYbmWx99/U2lv+2dzis/UVT0UFG/&#10;QUUHFH58RK9eltN98Do+pau/AAAA//8DAFBLAwQUAAYACAAAACEA5OHNEeIAAAAMAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPzWrDMBCE74W+g9hCb4n8g43rWg4htD2FQpNC6U2xNraJtTKWYjtvX/nU&#10;3HZnh5lvi82sOzbiYFtDAsJ1AAypMqqlWsD38X2VAbNOkpKdIRRwQwub8vGhkLkyE33heHA18yFk&#10;cymgca7PObdVg1ratemR/O1sBi2dX4eaq0FOPlx3PAqClGvZkm9oZI+7BqvL4aoFfExy2sbh27i/&#10;nHe332Py+bMPUYjnp3n7Cszh7P7NsOB7dCg908lcSVnWCVjFWezZnZ+ilwTYYknTCNhpUbIEeFnw&#10;+yfKPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDm9REibAIAAJIFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDk4c0R4gAAAAwBAAAPAAAAAAAA&#10;AAAAAAAAAMYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;">
                       <v:shape id="Graphic 90" o:spid="_x0000_s1027" style="position:absolute;top:31;width:34925;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3492500,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB0FTIvwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwghfRVNldtBpFBcHVg6wKe51txrbYTEoTbfvvzWHB4+N9L1aNKcSTKpdbVjAeRSCIE6tz&#10;ThVcL7vhFITzyBoLy6SgJQerZbezwFjbmn/oefapCCHsYlSQeV/GUrokI4NuZEviwN1sZdAHWKVS&#10;V1iHcFPISRR9SYM5h4YMS9pmlNzPD6PgWG/aU+Hvj4+ynv7+te334HD8VKrfa9ZzEJ4a/xb/u/da&#10;wSysD1/CD5DLFwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB0FTIvwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l3492004,e" filled="f" strokeweight=".5pt">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487280640" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E92718C" wp14:editId="731ABACF">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>314187</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>14298</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="182880" cy="182880"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -15770,51 +15715,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="1979C0FA" id="Group 91" o:spid="_x0000_s1026" style="position:absolute;margin-left:24.75pt;margin-top:1.15pt;width:14.4pt;height:14.4pt;z-index:-16035840;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3dOsalgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v0zAUfUfiP1h+Z+kK3Uq0dEIbq5Am&#10;mLQhnl3H+RCOba7dpvv3XN/EabchkEYekuPc4+t7j499cbnvNNsp8K01BT89mXGmjLRla+qCf3+4&#10;ebfkzAdhSqGtUQV/VJ5frt6+uehdrua2sbpUwDCJ8XnvCt6E4PIs87JRnfAn1imDwcpCJwIOoc5K&#10;ED1m73Q2n83Ost5C6cBK5T3+vR6CfEX5q0rJ8K2qvApMFxxrC/QGem/iO1tdiLwG4ZpWjmWIV1TR&#10;idbgolOqaxEE20L7IlXXSrDeVuFE2i6zVdVKRT1gN6ezZ92swW4d9VLnfe0mmVDaZzq9Oq38uluD&#10;u3d3MFSP8NbKnx51yXpX58fxOK4P5H0FXZyETbA9Kfo4Kar2gUn8ebqcL5eou8TQiElx2eC2vJgl&#10;m89/nZeJfFiUSptK6R16xx/k8f8nz30jnCLVfWz/DlhbFvzjnDMjOrTwenQL/sFe4uLIigqOIz+K&#10;+Uyf+fkZpkAdCJAKk0rn58tZUmnAGJ+6Fbnc+rBWluQWu1sfaHpdJiSahOTeJAho/mh7TbYPnKHt&#10;gTO0/WawvRMhzot7GCHrcY/GSpoJxmhnd+rBEi8cNg257xeLmAorPVC0OaaOpNj3E35ipa+jxEds&#10;OpqYOBHSdyCiWMls/+D8cVWprVdD4bFz6mBSAxMe661NFGaxmH+gA+6tbsubVusoh4d6c6WB7US8&#10;XugZ9XhCc+DDtfDNwKPQSNOGzpnPB9NEM21s+Yie69FlBfe/tgIUZ/qLQVfHCywBSGCTAAR9Zema&#10;o53CNR/2PwQ4FpcveEC3fbXJ3CJPPsJ2I2HgxpnGftoGW7XRZHjQUkXjAA8aIbqRED258o7HxDrc&#10;8avfAAAA//8DAFBLAwQUAAYACAAAACEAxtmSzd0AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;QUvDQBSE74L/YXmCN7vZxmqNeSmlqKci2AribZt9TUKzb0N2m6T/3vWkp2GYYebLV5NtxUC9bxwj&#10;qFkCgrh0puEK4XP/ercE4YNmo1vHhHAhD6vi+irXmXEjf9CwC5WII+wzjVCH0GVS+rImq/3MdcQx&#10;O7re6hBtX0nT6zGO21bOk+RBWt1wfKh1R5uaytPubBHeRj2uU/UybE/HzeV7v3j/2ipCvL2Z1s8g&#10;Ak3hrwy/+BEdish0cGc2XrQI90+L2ESYpyBi/LiMekBIlQJZ5PI/fvEDAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAd3TrGpYCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAxtmSzd0AAAAGAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
+                    <v:group w14:anchorId="77603EF7" id="Group 91" o:spid="_x0000_s1026" style="position:absolute;margin-left:24.75pt;margin-top:1.15pt;width:14.4pt;height:14.4pt;z-index:-16035840;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3dOsalgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v0zAUfUfiP1h+Z+kK3Uq0dEIbq5Am&#10;mLQhnl3H+RCOba7dpvv3XN/EabchkEYekuPc4+t7j499cbnvNNsp8K01BT89mXGmjLRla+qCf3+4&#10;ebfkzAdhSqGtUQV/VJ5frt6+uehdrua2sbpUwDCJ8XnvCt6E4PIs87JRnfAn1imDwcpCJwIOoc5K&#10;ED1m73Q2n83Ost5C6cBK5T3+vR6CfEX5q0rJ8K2qvApMFxxrC/QGem/iO1tdiLwG4ZpWjmWIV1TR&#10;idbgolOqaxEE20L7IlXXSrDeVuFE2i6zVdVKRT1gN6ezZ92swW4d9VLnfe0mmVDaZzq9Oq38uluD&#10;u3d3MFSP8NbKnx51yXpX58fxOK4P5H0FXZyETbA9Kfo4Kar2gUn8ebqcL5eou8TQiElx2eC2vJgl&#10;m89/nZeJfFiUSptK6R16xx/k8f8nz30jnCLVfWz/DlhbFvzjnDMjOrTwenQL/sFe4uLIigqOIz+K&#10;+Uyf+fkZpkAdCJAKk0rn58tZUmnAGJ+6Fbnc+rBWluQWu1sfaHpdJiSahOTeJAho/mh7TbYPnKHt&#10;gTO0/WawvRMhzot7GCHrcY/GSpoJxmhnd+rBEi8cNg257xeLmAorPVC0OaaOpNj3E35ipa+jxEds&#10;OpqYOBHSdyCiWMls/+D8cVWprVdD4bFz6mBSAxMe661NFGaxmH+gA+6tbsubVusoh4d6c6WB7US8&#10;XugZ9XhCc+DDtfDNwKPQSNOGzpnPB9NEM21s+Yie69FlBfe/tgIUZ/qLQVfHCywBSGCTAAR9Zema&#10;o53CNR/2PwQ4FpcveEC3fbXJ3CJPPsJ2I2HgxpnGftoGW7XRZHjQUkXjAA8aIbqRED258o7HxDrc&#10;8avfAAAA//8DAFBLAwQUAAYACAAAACEAxtmSzd0AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;QUvDQBSE74L/YXmCN7vZxmqNeSmlqKci2AribZt9TUKzb0N2m6T/3vWkp2GYYebLV5NtxUC9bxwj&#10;qFkCgrh0puEK4XP/ercE4YNmo1vHhHAhD6vi+irXmXEjf9CwC5WII+wzjVCH0GVS+rImq/3MdcQx&#10;O7re6hBtX0nT6zGO21bOk+RBWt1wfKh1R5uaytPubBHeRj2uU/UybE/HzeV7v3j/2ipCvL2Z1s8g&#10;Ak3hrwy/+BEdish0cGc2XrQI90+L2ESYpyBi/LiMekBIlQJZ5PI/fvEDAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAd3TrGpYCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAxtmSzd0AAAAGAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
                       <v:shape id="Graphic 92" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCjxkf3wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6kYPkkZXEVFqLmKtvT+yzySYfRt2t0nqr3eFQo/DzHzDLNeDaURHzteWFUwnCQji&#10;wuqaSwWXr/1bCsIHZI2NZVLwSx7Wq9HLEjNte/6k7hxKESHsM1RQhdBmUvqiIoN+Ylvi6F2tMxii&#10;dKXUDvsIN42cJclcGqw5LlTY0rai4nb+MQo+yvSU54Xs5fH75rrjfXfJ051Sr+NhswARaAj/4b/2&#10;QSt4n8HzS/wBcvUAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAo8ZH98MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BFCDA97" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="62"/>
@@ -15894,51 +15839,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="41A2C41C" id="Group 93" o:spid="_x0000_s1026" style="position:absolute;margin-left:19.45pt;margin-top:1.15pt;width:14.4pt;height:14.4pt;z-index:-16035328;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD1abRZlgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X51kTZNZdaqpWaNJ&#10;VVepmfZMMP7QMDAgcfLvd7k2zkenTer8YB98D5d7Dwdu7/aNJDthXa1VRsdXI0qE4jqvVZnR7+uH&#10;D3NKnGcqZ1IrkdGDcPRu8f7dbWtSMdGVlrmwBJIol7Ymo5X3Jk0SxyvRMHeljVAQLLRtmIehLZPc&#10;shayNzKZjEY3Sattbqzmwjn4u+yCdIH5i0Jw/60onPBEZhRq8/i2+N6Ed7K4ZWlpmalq3pfB3lBF&#10;w2oFiw6plswzsrX1q1RNza12uvBXXDeJLoqaC+wBuhmPLrpZWb012EuZtqUZZAJpL3R6c1r+tFtZ&#10;82KebVc9wEfNfzrQJWlNmZ7Gw7g8kveFbcIkaILsUdHDoKjYe8Lh53g+mc9Bdw6hHqPivIJteTWL&#10;V1/+Oi9habcoljaU0hrwjjvK4/5PnpeKGYGqu9D+syV1ntFP15Qo1oCFV71b4A/0EhYHVlCwH7le&#10;zAt9JrObCSWgAwJUYVBpNpuPokodhvjQLUv51vmV0Cg32z06j9PLPCJWRcT3KkIL5g+2l2h7TwnY&#10;3lICtt90tjfMh3lhDwMkLexRX0k1wBBt9E6sNfL8cdOA+3E6Damg0iNFqlNqTwp9n/EjK34NJj5h&#10;49GExJEQvx0RxIpm+wfnj6tyqZ3oCg+dYweDGpDwVG+pgjDT6eQaD7jTss4faimDHM6Wm3tpyY6F&#10;6wWfXo8zmrHOL5mrOh6GeppUeM5c2pkmmGmj8wN4rgWXZdT92jIrKJFfFbg6XGAR2Ag2EVgv7zVe&#10;c7hTsOZ6/4NZQ8LyGfXgticdzc3S6CNoNxA6bpip9Oet10UdTAYHLVbUD+CgIcIbCdDZlXc6Rtbx&#10;jl/8BgAA//8DAFBLAwQUAAYACAAAACEABQJXt90AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;zUrDQBSF94LvMFzBnZ1Mg22NmZRS1FURbAVxd5u5TUIzd0JmmqRv77jS5fnhnC9fT7YVA/W+caxB&#10;zRIQxKUzDVcaPg+vDysQPiAbbB2Thit5WBe3Nzlmxo38QcM+VCKOsM9QQx1Cl0npy5os+pnriGN2&#10;cr3FEGVfSdPjGMdtK+dJspAWG44PNXa0rak87y9Ww9uI4yZVL8PufNpevw+P7187RVrf302bZxCB&#10;pvBXhl/8iA5FZDq6CxsvWg3p6ik2NcxTEDFeLJcgjtFWCmSRy//4xQ8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA9Wm0WZYCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEABQJXt90AAAAGAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
+                    <v:group w14:anchorId="42FDE1EC" id="Group 93" o:spid="_x0000_s1026" style="position:absolute;margin-left:19.45pt;margin-top:1.15pt;width:14.4pt;height:14.4pt;z-index:-16035328;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD1abRZlgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X51kTZNZdaqpWaNJ&#10;VVepmfZMMP7QMDAgcfLvd7k2zkenTer8YB98D5d7Dwdu7/aNJDthXa1VRsdXI0qE4jqvVZnR7+uH&#10;D3NKnGcqZ1IrkdGDcPRu8f7dbWtSMdGVlrmwBJIol7Ymo5X3Jk0SxyvRMHeljVAQLLRtmIehLZPc&#10;shayNzKZjEY3Sattbqzmwjn4u+yCdIH5i0Jw/60onPBEZhRq8/i2+N6Ed7K4ZWlpmalq3pfB3lBF&#10;w2oFiw6plswzsrX1q1RNza12uvBXXDeJLoqaC+wBuhmPLrpZWb012EuZtqUZZAJpL3R6c1r+tFtZ&#10;82KebVc9wEfNfzrQJWlNmZ7Gw7g8kveFbcIkaILsUdHDoKjYe8Lh53g+mc9Bdw6hHqPivIJteTWL&#10;V1/+Oi9habcoljaU0hrwjjvK4/5PnpeKGYGqu9D+syV1ntFP15Qo1oCFV71b4A/0EhYHVlCwH7le&#10;zAt9JrObCSWgAwJUYVBpNpuPokodhvjQLUv51vmV0Cg32z06j9PLPCJWRcT3KkIL5g+2l2h7TwnY&#10;3lICtt90tjfMh3lhDwMkLexRX0k1wBBt9E6sNfL8cdOA+3E6Damg0iNFqlNqTwp9n/EjK34NJj5h&#10;49GExJEQvx0RxIpm+wfnj6tyqZ3oCg+dYweDGpDwVG+pgjDT6eQaD7jTss4faimDHM6Wm3tpyY6F&#10;6wWfXo8zmrHOL5mrOh6GeppUeM5c2pkmmGmj8wN4rgWXZdT92jIrKJFfFbg6XGAR2Ag2EVgv7zVe&#10;c7hTsOZ6/4NZQ8LyGfXgticdzc3S6CNoNxA6bpip9Oet10UdTAYHLVbUD+CgIcIbCdDZlXc6Rtbx&#10;jl/8BgAA//8DAFBLAwQUAAYACAAAACEABQJXt90AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;zUrDQBSF94LvMFzBnZ1Mg22NmZRS1FURbAVxd5u5TUIzd0JmmqRv77jS5fnhnC9fT7YVA/W+caxB&#10;zRIQxKUzDVcaPg+vDysQPiAbbB2Thit5WBe3Nzlmxo38QcM+VCKOsM9QQx1Cl0npy5os+pnriGN2&#10;cr3FEGVfSdPjGMdtK+dJspAWG44PNXa0rak87y9Ww9uI4yZVL8PufNpevw+P7187RVrf302bZxCB&#10;pvBXhl/8iA5FZDq6CxsvWg3p6ik2NcxTEDFeLJcgjtFWCmSRy//4xQ8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA9Wm0WZYCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEABQJXt90AAAAGAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
                       <v:shape id="Graphic 94" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBDY3oYxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6kaRkkZXEVFsLtL65/7IPpNg9m3YXZO0n75bKPQ4zMxvmOV6MI3oyPnasoLpJAFB&#10;XFhdc6ngct6/pCB8QNbYWCYFX+RhvRo9LTHTtudP6k6hFBHCPkMFVQhtJqUvKjLoJ7Yljt7NOoMh&#10;SldK7bCPcNPIWZK8SoM1x4UKW9pWVNxPD6PgUKYfeV7IXh6vd9cdv3eXPN0p9TweNgsQgYbwH/5r&#10;v2sFb3P4/RJ/gFz9AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAENjehjEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F6B45" w14:paraId="65A1F1D3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8253" w:type="dxa"/>
@@ -16255,51 +16200,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="7875A15C" id="Group 95" o:spid="_x0000_s1026" style="position:absolute;margin-left:24.75pt;margin-top:1.15pt;width:14.4pt;height:14.4pt;z-index:-16034816;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC0YK7RlgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v0zAUfUfiP1h+Z+kK3Uq0dEIbq5Am&#10;mLQhnl3H+RCOr7Hdpvv3XN/EabchkEYekuPc4+t7j499cbnvNNsp51swBT89mXGmjISyNXXBvz/c&#10;vFty5oMwpdBgVMEfleeXq7dvLnqbqzk0oEvlGCYxPu9twZsQbJ5lXjaqE/4ErDIYrMB1IuDQ1Vnp&#10;RI/ZO53NZ7OzrAdXWgdSeY9/r4cgX1H+qlIyfKsqrwLTBcfaAr0dvTfxna0uRF47YZtWjmWIV1TR&#10;idbgolOqaxEE27r2RaqulQ48VOFEQpdBVbVSUQ/YzensWTdrB1tLvdR5X9tJJpT2mU6vTiu/7tbO&#10;3ts7N1SP8BbkT4+6ZL2t8+N4HNcH8r5yXZyETbA9Kfo4Kar2gUn8ebqcL5eou8TQiElx2eC2vJgl&#10;m89/nZeJfFiUSptK6S16xx/k8f8nz30jrCLVfWz/zrG2LPjHM86M6NDC69Et+Ad7iYsjKyo4jvwo&#10;5jN95udnc85QBwKkwqTS+flyllQaMManbkUutz6sFZDcYnfrA02vy4REk5DcmwQdmj/aXpPtA2do&#10;e8cZ2n4z2N6KEOfFPYyQ9bhHYyXNBGO0g516AOKFw6Yh9/1iEVNhpQeKNsfUkRT7fsJPrPS1lPiI&#10;TUcTEydC+g5EFCuZ7R+cP64qNXg1FB47pw4mNTDhsd7aRGEWi/kHOuAedFvetFpHObyrN1fasZ2I&#10;1ws9ox5PaNb5cC18M/AoNNK0oXPm88E00UwbKB/Rcz26rOD+11Y4xZn+YtDV8QJLwCWwScAFfQV0&#10;zdFO4ZoP+x/CWRaXL3hAt32FZG6RJx9hu5EwcONMA5+2Aao2mgwPWqpoHOBBI0Q3EqInV97xmFiH&#10;O371GwAA//8DAFBLAwQUAAYACAAAACEAxtmSzd0AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;QUvDQBSE74L/YXmCN7vZxmqNeSmlqKci2AribZt9TUKzb0N2m6T/3vWkp2GYYebLV5NtxUC9bxwj&#10;qFkCgrh0puEK4XP/ercE4YNmo1vHhHAhD6vi+irXmXEjf9CwC5WII+wzjVCH0GVS+rImq/3MdcQx&#10;O7re6hBtX0nT6zGO21bOk+RBWt1wfKh1R5uaytPubBHeRj2uU/UybE/HzeV7v3j/2ipCvL2Z1s8g&#10;Ak3hrwy/+BEdish0cGc2XrQI90+L2ESYpyBi/LiMekBIlQJZ5PI/fvEDAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAtGCu0ZYCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAxtmSzd0AAAAGAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
+                    <v:group w14:anchorId="7622A272" id="Group 95" o:spid="_x0000_s1026" style="position:absolute;margin-left:24.75pt;margin-top:1.15pt;width:14.4pt;height:14.4pt;z-index:-16034816;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC0YK7RlgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v0zAUfUfiP1h+Z+kK3Uq0dEIbq5Am&#10;mLQhnl3H+RCOr7Hdpvv3XN/EabchkEYekuPc4+t7j499cbnvNNsp51swBT89mXGmjISyNXXBvz/c&#10;vFty5oMwpdBgVMEfleeXq7dvLnqbqzk0oEvlGCYxPu9twZsQbJ5lXjaqE/4ErDIYrMB1IuDQ1Vnp&#10;RI/ZO53NZ7OzrAdXWgdSeY9/r4cgX1H+qlIyfKsqrwLTBcfaAr0dvTfxna0uRF47YZtWjmWIV1TR&#10;idbgolOqaxEE27r2RaqulQ48VOFEQpdBVbVSUQ/YzensWTdrB1tLvdR5X9tJJpT2mU6vTiu/7tbO&#10;3ts7N1SP8BbkT4+6ZL2t8+N4HNcH8r5yXZyETbA9Kfo4Kar2gUn8ebqcL5eou8TQiElx2eC2vJgl&#10;m89/nZeJfFiUSptK6S16xx/k8f8nz30jrCLVfWz/zrG2LPjHM86M6NDC69Et+Ad7iYsjKyo4jvwo&#10;5jN95udnc85QBwKkwqTS+flyllQaMManbkUutz6sFZDcYnfrA02vy4REk5DcmwQdmj/aXpPtA2do&#10;e8cZ2n4z2N6KEOfFPYyQ9bhHYyXNBGO0g516AOKFw6Yh9/1iEVNhpQeKNsfUkRT7fsJPrPS1lPiI&#10;TUcTEydC+g5EFCuZ7R+cP64qNXg1FB47pw4mNTDhsd7aRGEWi/kHOuAedFvetFpHObyrN1fasZ2I&#10;1ws9ox5PaNb5cC18M/AoNNK0oXPm88E00UwbKB/Rcz26rOD+11Y4xZn+YtDV8QJLwCWwScAFfQV0&#10;zdFO4ZoP+x/CWRaXL3hAt32FZG6RJx9hu5EwcONMA5+2Aao2mgwPWqpoHOBBI0Q3EqInV97xmFiH&#10;O371GwAA//8DAFBLAwQUAAYACAAAACEAxtmSzd0AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;QUvDQBSE74L/YXmCN7vZxmqNeSmlqKci2AribZt9TUKzb0N2m6T/3vWkp2GYYebLV5NtxUC9bxwj&#10;qFkCgrh0puEK4XP/ercE4YNmo1vHhHAhD6vi+irXmXEjf9CwC5WII+wzjVCH0GVS+rImq/3MdcQx&#10;O7re6hBtX0nT6zGO21bOk+RBWt1wfKh1R5uaytPubBHeRj2uU/UybE/HzeV7v3j/2ipCvL2Z1s8g&#10;Ak3hrwy/+BEdish0cGc2XrQI90+L2ESYpyBi/LiMekBIlQJZ5PI/fvEDAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAtGCu0ZYCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAxtmSzd0AAAAGAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
                       <v:shape id="Graphic 96" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDc/UH0wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdWMPkkZXEVE0F7HW3h/ZZxLMvg272yT213eFQo/DzHzDLNeDaURHzteWFcymCQji&#10;wuqaSwXXz/1rCsIHZI2NZVLwIA/r1ehliZm2PX9QdwmliBD2GSqoQmgzKX1RkUE/tS1x9G7WGQxR&#10;ulJqh32Em0a+JclcGqw5LlTY0rai4n75NgoOZXrO80L28vR1d93pZ3fN051Sk/GwWYAINIT/8F/7&#10;qBW8z+H5Jf4AufoFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA3P1B9MMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26780699" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="62"/>
@@ -16379,51 +16324,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="30E41681" id="Group 97" o:spid="_x0000_s1026" style="position:absolute;margin-left:19.45pt;margin-top:1.15pt;width:14.4pt;height:14.4pt;z-index:-16034304;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxUgrflgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v0zAUfUfiP1h+Z+kK3Uq0dEIbq5Am&#10;mLQhnl3H+RCOba7dpvv3XN/EabchkEYekuPc4+t7j499cbnvNNsp8K01BT89mXGmjLRla+qCf3+4&#10;ebfkzAdhSqGtUQV/VJ5frt6+uehdrua2sbpUwDCJ8XnvCt6E4PIs87JRnfAn1imDwcpCJwIOoc5K&#10;ED1m73Q2n83Ost5C6cBK5T3+vR6CfEX5q0rJ8K2qvApMFxxrC/QGem/iO1tdiLwG4ZpWjmWIV1TR&#10;idbgolOqaxEE20L7IlXXSrDeVuFE2i6zVdVKRT1gN6ezZ92swW4d9VLnfe0mmVDaZzq9Oq38uluD&#10;u3d3MFSP8NbKnx51yXpX58fxOK4P5H0FXZyETbA9Kfo4Kar2gUn8ebqcL5eou8TQiElx2eC2vJgl&#10;m89/nZeJfFiUSptK6R16xx/k8f8nz30jnCLVfWz/DlhbFvwjGtmIDi28Ht2Cf7CXuDiyooLjyI9i&#10;PtNnfn425wx1IEAqTCqdny9nSaUBY3zqVuRy68NaWZJb7G59oOl1mZBoEpJ7kyCg+aPtNdk+cIa2&#10;B87Q9pvB9k6EOC/uYYSsxz0aK2kmGKOd3akHS7xw2DTkvl8sYiqs9EDR5pg6kmLfT/iJlb6OEh+x&#10;6Whi4kRI34GIYiWz/YPzx1Wltl4NhcfOqYNJDUx4rLc2UZjFYv6BDri3ui1vWq2jHB7qzZUGthPx&#10;eqFn1OMJzYEP18I3A49CI00bOmc+H0wTzbSx5SN6rkeXFdz/2gpQnOkvBl0dL7AEIIFNAhD0laVr&#10;jnYK13zY/xDgWFy+4AHd9tUmc4s8+QjbjYSBG2ca+2kbbNVGk+FBSxWNAzxohOhGQvTkyjseE+tw&#10;x69+AwAA//8DAFBLAwQUAAYACAAAACEABQJXt90AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;zUrDQBSF94LvMFzBnZ1Mg22NmZRS1FURbAVxd5u5TUIzd0JmmqRv77jS5fnhnC9fT7YVA/W+caxB&#10;zRIQxKUzDVcaPg+vDysQPiAbbB2Thit5WBe3Nzlmxo38QcM+VCKOsM9QQx1Cl0npy5os+pnriGN2&#10;cr3FEGVfSdPjGMdtK+dJspAWG44PNXa0rak87y9Ww9uI4yZVL8PufNpevw+P7187RVrf302bZxCB&#10;pvBXhl/8iA5FZDq6CxsvWg3p6ik2NcxTEDFeLJcgjtFWCmSRy//4xQ8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA8VIK35YCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEABQJXt90AAAAGAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
+                    <v:group w14:anchorId="28375C8C" id="Group 97" o:spid="_x0000_s1026" style="position:absolute;margin-left:19.45pt;margin-top:1.15pt;width:14.4pt;height:14.4pt;z-index:-16034304;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxUgrflgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v0zAUfUfiP1h+Z+kK3Uq0dEIbq5Am&#10;mLQhnl3H+RCOba7dpvv3XN/EabchkEYekuPc4+t7j499cbnvNNsp8K01BT89mXGmjLRla+qCf3+4&#10;ebfkzAdhSqGtUQV/VJ5frt6+uehdrua2sbpUwDCJ8XnvCt6E4PIs87JRnfAn1imDwcpCJwIOoc5K&#10;ED1m73Q2n83Ost5C6cBK5T3+vR6CfEX5q0rJ8K2qvApMFxxrC/QGem/iO1tdiLwG4ZpWjmWIV1TR&#10;idbgolOqaxEE20L7IlXXSrDeVuFE2i6zVdVKRT1gN6ezZ92swW4d9VLnfe0mmVDaZzq9Oq38uluD&#10;u3d3MFSP8NbKnx51yXpX58fxOK4P5H0FXZyETbA9Kfo4Kar2gUn8ebqcL5eou8TQiElx2eC2vJgl&#10;m89/nZeJfFiUSptK6R16xx/k8f8nz30jnCLVfWz/DlhbFvwjGtmIDi28Ht2Cf7CXuDiyooLjyI9i&#10;PtNnfn425wx1IEAqTCqdny9nSaUBY3zqVuRy68NaWZJb7G59oOl1mZBoEpJ7kyCg+aPtNdk+cIa2&#10;B87Q9pvB9k6EOC/uYYSsxz0aK2kmGKOd3akHS7xw2DTkvl8sYiqs9EDR5pg6kmLfT/iJlb6OEh+x&#10;6Whi4kRI34GIYiWz/YPzx1Wltl4NhcfOqYNJDUx4rLc2UZjFYv6BDri3ui1vWq2jHB7qzZUGthPx&#10;eqFn1OMJzYEP18I3A49CI00bOmc+H0wTzbSx5SN6rkeXFdz/2gpQnOkvBl0dL7AEIIFNAhD0laVr&#10;jnYK13zY/xDgWFy+4AHd9tUmc4s8+QjbjYSBG2ca+2kbbNVGk+FBSxWNAzxohOhGQvTkyjseE+tw&#10;x69+AwAA//8DAFBLAwQUAAYACAAAACEABQJXt90AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;zUrDQBSF94LvMFzBnZ1Mg22NmZRS1FURbAVxd5u5TUIzd0JmmqRv77jS5fnhnC9fT7YVA/W+caxB&#10;zRIQxKUzDVcaPg+vDysQPiAbbB2Thit5WBe3Nzlmxo38QcM+VCKOsM9QQx1Cl0npy5os+pnriGN2&#10;cr3FEGVfSdPjGMdtK+dJspAWG44PNXa0rak87y9Ww9uI4yZVL8PufNpevw+P7187RVrf302bZxCB&#10;pvBXhl/8iA5FZDq6CxsvWg3p6ik2NcxTEDFeLJcgjtFWCmSRy//4xQ8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA8VIK35YCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEABQJXt90AAAAGAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
                       <v:shape id="Graphic 98" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDCLnAdwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4L+x/CG3jTdB6kdkYZw7H1Ilr1/mje2mLzUpLYdvvrzUHw+PH9Xm9H04qenG8sK3ibJyCIS6sb&#10;rhScT1+zFIQPyBpby6TgjzxsNy+TNWbaDnykvgiViCHsM1RQh9BlUvqyJoN+bjviyP1aZzBE6Cqp&#10;HQ4x3LRykSRLabDh2FBjR581ldfiZhR8V+khz0s5yP3l6vr9/+6cpzulpq/jxzuIQGN4ih/uH61g&#10;FcfGL/EHyM0dAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwi5wHcAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F6B45" w14:paraId="0CC2EE7C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8253" w:type="dxa"/>
@@ -16714,51 +16659,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="5FF7C605" id="Group 99" o:spid="_x0000_s1026" style="position:absolute;margin-left:24.75pt;margin-top:1.15pt;width:14.4pt;height:14.4pt;z-index:-16033792;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzUTeXlgIAAC0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X51mSxtZdaqpXaNJ&#10;VVepnfZMMP7QMLALidN/v8u1cdJ22qTOD/bF93C553Dg4nLfabZT4FtrCn56MuNMGWnL1tQF//54&#10;82HJmQ/ClEJbowr+pDy/XL1/d9G7XM1tY3WpgGER4/PeFbwJweVZ5mWjOuFPrFMGk5WFTgQcQp2V&#10;IHqs3ulsPpudZb2F0oGVynv8ez0k+YrqV5WS4VtVeRWYLjj2FugN9N7Ed7a6EHkNwjWtHNsQb+ii&#10;E63BRadS1yIItoX2VamulWC9rcKJtF1mq6qVijggm9PZCzZrsFtHXOq8r90kE0r7Qqc3l5V3uzW4&#10;B3cPQ/cY3lr506MuWe/q/Dgfx/UBvK+gi5OQBNuTok+TomofmMSfp8v5com6S0yNMSkuG9yWV7Nk&#10;8+Wv8zKRD4tSa1MrvUPv+IM8/v/keWiEU6S6j/TvgbUldj9DGkZ06OH1aJf4C9nE5REXNRxHfpTz&#10;hULz87M5Z6gEBaTDpNP5+TIuQDoNMeYnviKXWx/WypLgYnfrA02vyxSJJkVyb1IIaP9ofE3GD5yh&#10;8YEzNP5mML4TIc6LuxhD1iPPsZNmCmO2szv1aAkXDtuG2I+LRSyFnR4g2hxDR1Dk/QyfUOnrqPAR&#10;msTFwgmQvgMQxUp2+wfmj6tKbb0aGo/MicGkBhY81lubKMxiMf9ER9xb3ZY3rdZRDg/15koD24l4&#10;wdAz6vEM5sCHa+GbAUepEaYNnTSfD6aJZtrY8gld16PNCu5/bQUozvRXg75G1iEFkIJNCiDoK0sX&#10;He0Urvm4/yHAsbh8wQO67c4me4s8+QjpRsCAjTON/bwNtmqjyfCopY7GAR41iuhOwujZpXc8JtTh&#10;ll/9BgAA//8DAFBLAwQUAAYACAAAACEAxtmSzd0AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;QUvDQBSE74L/YXmCN7vZxmqNeSmlqKci2AribZt9TUKzb0N2m6T/3vWkp2GYYebLV5NtxUC9bxwj&#10;qFkCgrh0puEK4XP/ercE4YNmo1vHhHAhD6vi+irXmXEjf9CwC5WII+wzjVCH0GVS+rImq/3MdcQx&#10;O7re6hBtX0nT6zGO21bOk+RBWt1wfKh1R5uaytPubBHeRj2uU/UybE/HzeV7v3j/2ipCvL2Z1s8g&#10;Ak3hrwy/+BEdish0cGc2XrQI90+L2ESYpyBi/LiMekBIlQJZ5PI/fvEDAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAc1E3l5YCAAAtBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAxtmSzd0AAAAGAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
+                    <v:group w14:anchorId="3D8FECFE" id="Group 99" o:spid="_x0000_s1026" style="position:absolute;margin-left:24.75pt;margin-top:1.15pt;width:14.4pt;height:14.4pt;z-index:-16033792;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzUTeXlgIAAC0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X51mSxtZdaqpXaNJ&#10;VVepnfZMMP7QMLALidN/v8u1cdJ22qTOD/bF93C553Dg4nLfabZT4FtrCn56MuNMGWnL1tQF//54&#10;82HJmQ/ClEJbowr+pDy/XL1/d9G7XM1tY3WpgGER4/PeFbwJweVZ5mWjOuFPrFMGk5WFTgQcQp2V&#10;IHqs3ulsPpudZb2F0oGVynv8ez0k+YrqV5WS4VtVeRWYLjj2FugN9N7Ed7a6EHkNwjWtHNsQb+ii&#10;E63BRadS1yIItoX2VamulWC9rcKJtF1mq6qVijggm9PZCzZrsFtHXOq8r90kE0r7Qqc3l5V3uzW4&#10;B3cPQ/cY3lr506MuWe/q/Dgfx/UBvK+gi5OQBNuTok+TomofmMSfp8v5com6S0yNMSkuG9yWV7Nk&#10;8+Wv8zKRD4tSa1MrvUPv+IM8/v/keWiEU6S6j/TvgbUldj9DGkZ06OH1aJf4C9nE5REXNRxHfpTz&#10;hULz87M5Z6gEBaTDpNP5+TIuQDoNMeYnviKXWx/WypLgYnfrA02vyxSJJkVyb1IIaP9ofE3GD5yh&#10;8YEzNP5mML4TIc6LuxhD1iPPsZNmCmO2szv1aAkXDtuG2I+LRSyFnR4g2hxDR1Dk/QyfUOnrqPAR&#10;msTFwgmQvgMQxUp2+wfmj6tKbb0aGo/MicGkBhY81lubKMxiMf9ER9xb3ZY3rdZRDg/15koD24l4&#10;wdAz6vEM5sCHa+GbAUepEaYNnTSfD6aJZtrY8gld16PNCu5/bQUozvRXg75G1iEFkIJNCiDoK0sX&#10;He0Urvm4/yHAsbh8wQO67c4me4s8+QjpRsCAjTON/bwNtmqjyfCopY7GAR41iuhOwujZpXc8JtTh&#10;ll/9BgAA//8DAFBLAwQUAAYACAAAACEAxtmSzd0AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;QUvDQBSE74L/YXmCN7vZxmqNeSmlqKci2AribZt9TUKzb0N2m6T/3vWkp2GYYebLV5NtxUC9bxwj&#10;qFkCgrh0puEK4XP/ercE4YNmo1vHhHAhD6vi+irXmXEjf9CwC5WII+wzjVCH0GVS+rImq/3MdcQx&#10;O7re6hBtX0nT6zGO21bOk+RBWt1wfKh1R5uaytPubBHeRj2uU/UybE/HzeV7v3j/2ipCvL2Z1s8g&#10;Ak3hrwy/+BEdish0cGc2XrQI90+L2ESYpyBi/LiMekBIlQJZ5PI/fvEDAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAc1E3l5YCAAAtBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAxtmSzd0AAAAGAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
                       <v:shape id="Graphic 100" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBahhaexQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bb8Iw&#10;DIXvSPsPkSdxg3QcpqojoGli2npBDNjdary2onGqJLRlv34+IO1m6z2/93m9nVynBgqx9WzgaZmB&#10;Iq68bbk2cD69L3JQMSFb7DyTgRtF2G4eZmssrB/5i4ZjqpWEcCzQQJNSX2gdq4YcxqXviUX78cFh&#10;kjXU2gYcJdx1epVlz9phy9LQYE9vDVWX49UZ+KjzQ1lWetT770sY9r+7c5nvjJk/Tq8voBJN6d98&#10;v/60gp8JvjwjE+jNHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBahhaexQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="792" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08A3BE29" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="62"/>
@@ -16838,51 +16783,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="25A6EDFD" id="Group 101" o:spid="_x0000_s1026" style="position:absolute;margin-left:19.45pt;margin-top:1.15pt;width:14.4pt;height:14.4pt;z-index:-16033280;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAK+RBqlgIAAC0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X51mSxtZdaqpXaNJ&#10;VVepnfZMMP7QMJcBidN/v8u1cdJ22qTOD/bB93C593Dg4nLfabZTzrdgCn56MuNMGQlla+qCf3+8&#10;+bDkzAdhSqHBqII/Kc8vV+/fXfQ2V3NoQJfKMUxifN7bgjch2DzLvGxUJ/wJWGUwWIHrRMChq7PS&#10;iR6zdzqbz2ZnWQ+utA6k8h7/Xg9BvqL8VaVk+FZVXgWmC461BXo7em/iO1tdiLx2wjatHMsQb6ii&#10;E63BRadU1yIItnXtq1RdKx14qMKJhC6Dqmqloh6wm9PZi27WDraWeqnzvraTTCjtC53enFbe7dbO&#10;Pth7N1SP8BbkT4+6ZL2t8+N4HNcH8r5yXZyETbA9Kfo0Kar2gUn8ebqcL5eou8TQiElx2eC2vJol&#10;my9/nZeJfFiUSptK6S16xx/k8f8nz0MjrCLVfWz/3rG2xOpnc86M6NDD69Eu8Rd2E5dHXtRwHPlR&#10;zhcKzc/PMAcqQYB0mHQ6P1/Okk4DxvjUr8jl1oe1AhJc7G59oOl1mZBoEpJ7k6BD+0fjazJ+4AyN&#10;7zhD428G41sR4ry4ixGyHvscK2kmGKMd7NQjEC8ctg25HxeLmAorPVC0OaaOpNj3M35ipa+lxEds&#10;OpyYOBHSdyCiWMlu/+D8cVWpwauh8Ng5dTCpgQmP9dYmCrNYzD/REfeg2/Km1TrK4V29udKO7US8&#10;YOgZ9XhGs86Ha+GbgUehkaYNnTSfD6aJZtpA+YSu69FmBfe/tsIpzvRXg76OV1gCLoFNAi7oK6CL&#10;jnYK13zc/xDOsrh8wQO67Q6SvUWefITtRsLAjTMNfN4GqNpoMjxqqaJxgEeNEN1JiJ5desdjYh1u&#10;+dVvAAAA//8DAFBLAwQUAAYACAAAACEABQJXt90AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;zUrDQBSF94LvMFzBnZ1Mg22NmZRS1FURbAVxd5u5TUIzd0JmmqRv77jS5fnhnC9fT7YVA/W+caxB&#10;zRIQxKUzDVcaPg+vDysQPiAbbB2Thit5WBe3Nzlmxo38QcM+VCKOsM9QQx1Cl0npy5os+pnriGN2&#10;cr3FEGVfSdPjGMdtK+dJspAWG44PNXa0rak87y9Ww9uI4yZVL8PufNpevw+P7187RVrf302bZxCB&#10;pvBXhl/8iA5FZDq6CxsvWg3p6ik2NcxTEDFeLJcgjtFWCmSRy//4xQ8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEACvkQapYCAAAtBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEABQJXt90AAAAGAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
+                    <v:group w14:anchorId="0F6232AE" id="Group 101" o:spid="_x0000_s1026" style="position:absolute;margin-left:19.45pt;margin-top:1.15pt;width:14.4pt;height:14.4pt;z-index:-16033280;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAK+RBqlgIAAC0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X51mSxtZdaqpXaNJ&#10;VVepnfZMMP7QMJcBidN/v8u1cdJ22qTOD/bB93C593Dg4nLfabZTzrdgCn56MuNMGQlla+qCf3+8&#10;+bDkzAdhSqHBqII/Kc8vV+/fXfQ2V3NoQJfKMUxifN7bgjch2DzLvGxUJ/wJWGUwWIHrRMChq7PS&#10;iR6zdzqbz2ZnWQ+utA6k8h7/Xg9BvqL8VaVk+FZVXgWmC461BXo7em/iO1tdiLx2wjatHMsQb6ii&#10;E63BRadU1yIItnXtq1RdKx14qMKJhC6Dqmqloh6wm9PZi27WDraWeqnzvraTTCjtC53enFbe7dbO&#10;Pth7N1SP8BbkT4+6ZL2t8+N4HNcH8r5yXZyETbA9Kfo0Kar2gUn8ebqcL5eou8TQiElx2eC2vJol&#10;my9/nZeJfFiUSptK6S16xx/k8f8nz0MjrCLVfWz/3rG2xOpnc86M6NDD69Eu8Rd2E5dHXtRwHPlR&#10;zhcKzc/PMAcqQYB0mHQ6P1/Okk4DxvjUr8jl1oe1AhJc7G59oOl1mZBoEpJ7k6BD+0fjazJ+4AyN&#10;7zhD428G41sR4ry4ixGyHvscK2kmGKMd7NQjEC8ctg25HxeLmAorPVC0OaaOpNj3M35ipa+lxEds&#10;OpyYOBHSdyCiWMlu/+D8cVWpwauh8Ng5dTCpgQmP9dYmCrNYzD/REfeg2/Km1TrK4V29udKO7US8&#10;YOgZ9XhGs86Ha+GbgUehkaYNnTSfD6aJZtpA+YSu69FmBfe/tsIpzvRXg76OV1gCLoFNAi7oK6CL&#10;jnYK13zc/xDOsrh8wQO67Q6SvUWefITtRsLAjTMNfN4GqNpoMjxqqaJxgEeNEN1JiJ5desdjYh1u&#10;+dVvAAAA//8DAFBLAwQUAAYACAAAACEABQJXt90AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;zUrDQBSF94LvMFzBnZ1Mg22NmZRS1FURbAVxd5u5TUIzd0JmmqRv77jS5fnhnC9fT7YVA/W+caxB&#10;zRIQxKUzDVcaPg+vDysQPiAbbB2Thit5WBe3Nzlmxo38QcM+VCKOsM9QQx1Cl0npy5os+pnriGN2&#10;cr3FEGVfSdPjGMdtK+dJspAWG44PNXa0rak87y9Ww9uI4yZVL8PufNpevw+P7187RVrf302bZxCB&#10;pvBXhl/8iA5FZDq6CxsvWg3p6ik2NcxTEDFeLJcgjtFWCmSRy//4xQ8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEACvkQapYCAAAtBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEABQJXt90AAAAGAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;">
                       <v:shape id="Graphic 102" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDFGC1ywQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4v+B/CCN7WVA9SqlFEFO1Fdn3ch2Zsi82kJLHt7q/fLCzsbT6+56w2g2lER87XlhXMpgkI4sLq&#10;mksFt+vhPQXhA7LGxjIp+CIPm/XobYWZtj1/UncJpYgh7DNUUIXQZlL6oiKDfmpb4sg9rDMYInSl&#10;1A77GG4aOU+ShTRYc2yosKVdRcXz8jIKjmX6keeF7OX5/nTd+Xt/y9O9UpPxsF2CCDSEf/Gf+6Tj&#10;/GQOv8/EC+T6BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMUYLXLBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F6B45" w14:paraId="6758F397" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="664"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8253" w:type="dxa"/>
@@ -17195,51 +17140,51 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="15F6FE21" id="Graphic 103" o:spid="_x0000_s1026" style="position:absolute;margin-left:51pt;margin-top:15.3pt;width:492.3pt;height:.1pt;z-index:-15716864;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6252210,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRcNjUEQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L048tBuMOMXQoMOA&#10;oivQFDsrshwbk0WNVGLn70fJcZJ1t2E+CJT4RD7yUV7eDZ0VB4PUgivlYjaXwjgNVet2pXzdPHz4&#10;LAUF5SplwZlSHg3Ju9X7d8veFyaHBmxlUHAQR0XvS9mE4IssI92YTtEMvHHsrAE7FXiLu6xC1XP0&#10;zmb5fH6b9YCVR9CGiE/Xo1OuUvy6Njp8r2syQdhSMreQVkzrNq7ZaqmKHSrftPpEQ/0Di061jpOe&#10;Q61VUGKP7V+hulYjENRhpqHLoK5bbVINXM1i/qaal0Z5k2rh5pA/t4n+X1j9dHjxzxipk38E/ZO4&#10;I1nvqTh74oZOmKHGLmKZuBhSF4/nLpohCM2Ht/lNni+42Zp9i/xTanKmiumu3lP4aiDFUYdHCqMG&#10;1WSpZrL04CYTWcmooU0aBilYQ5SCNdyOGnoV4r1ILpqivxCJZx0czAaSN7xhztQuXuuuUbEUHjIp&#10;pioZOyLYiGm4V6ORUrN9XZx1icXHm3kaDQLbVg+ttZEF4W57b1EcVBzM9MU6OMIfMI8U1oqaEZdc&#10;J5h1J51GaaJIW6iOzyh6nuZS0q+9QiOF/eZ4XOLoTwZOxnYyMNh7SA8kNYhzboYfCr2I6UsZWNkn&#10;mIZRFZNosfQzNt508GUfoG6jommGRkanDU9wKvD02uITud4n1OWfsPoNAAD//wMAUEsDBBQABgAI&#10;AAAAIQDG36gW3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Bb8IwDIXvk/YfIk/abSQFUZWu&#10;KZom7bYLbAiOoTFttcapmgCFXz/3tN387Kfn7xXr0XXigkNoPWlIZgoEUuVtS7WG76+PlwxEiIas&#10;6TyhhhsGWJePD4XJrb/SBi/bWAsOoZAbDU2MfS5lqBp0Jsx8j8S3kx+ciSyHWtrBXDncdXKuVCqd&#10;aYk/NKbH9warn+3ZaWhPt8XukCw/793+vumT5Wo37ldaPz+Nb68gIo7xzwwTPqNDyUxHfyYbRMda&#10;zblL1LBQKYjJoLKUp+O0yUCWhfxfofwFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0XDY&#10;1BECAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;xt+oFt4AAAAKAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" path="m,l6252006,e" filled="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="19FB2719" id="Graphic 103" o:spid="_x0000_s1026" style="position:absolute;margin-left:51pt;margin-top:15.3pt;width:492.3pt;height:.1pt;z-index:-15716864;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6252210,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRcNjUEQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L048tBuMOMXQoMOA&#10;oivQFDsrshwbk0WNVGLn70fJcZJ1t2E+CJT4RD7yUV7eDZ0VB4PUgivlYjaXwjgNVet2pXzdPHz4&#10;LAUF5SplwZlSHg3Ju9X7d8veFyaHBmxlUHAQR0XvS9mE4IssI92YTtEMvHHsrAE7FXiLu6xC1XP0&#10;zmb5fH6b9YCVR9CGiE/Xo1OuUvy6Njp8r2syQdhSMreQVkzrNq7ZaqmKHSrftPpEQ/0Di061jpOe&#10;Q61VUGKP7V+hulYjENRhpqHLoK5bbVINXM1i/qaal0Z5k2rh5pA/t4n+X1j9dHjxzxipk38E/ZO4&#10;I1nvqTh74oZOmKHGLmKZuBhSF4/nLpohCM2Ht/lNni+42Zp9i/xTanKmiumu3lP4aiDFUYdHCqMG&#10;1WSpZrL04CYTWcmooU0aBilYQ5SCNdyOGnoV4r1ILpqivxCJZx0czAaSN7xhztQuXuuuUbEUHjIp&#10;pioZOyLYiGm4V6ORUrN9XZx1icXHm3kaDQLbVg+ttZEF4W57b1EcVBzM9MU6OMIfMI8U1oqaEZdc&#10;J5h1J51GaaJIW6iOzyh6nuZS0q+9QiOF/eZ4XOLoTwZOxnYyMNh7SA8kNYhzboYfCr2I6UsZWNkn&#10;mIZRFZNosfQzNt508GUfoG6jommGRkanDU9wKvD02uITud4n1OWfsPoNAAD//wMAUEsDBBQABgAI&#10;AAAAIQDG36gW3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Bb8IwDIXvk/YfIk/abSQFUZWu&#10;KZom7bYLbAiOoTFttcapmgCFXz/3tN387Kfn7xXr0XXigkNoPWlIZgoEUuVtS7WG76+PlwxEiIas&#10;6TyhhhsGWJePD4XJrb/SBi/bWAsOoZAbDU2MfS5lqBp0Jsx8j8S3kx+ciSyHWtrBXDncdXKuVCqd&#10;aYk/NKbH9warn+3ZaWhPt8XukCw/793+vumT5Wo37ldaPz+Nb68gIo7xzwwTPqNDyUxHfyYbRMda&#10;zblL1LBQKYjJoLKUp+O0yUCWhfxfofwFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0XDY&#10;1BECAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;xt+oFt4AAAAKAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" path="m,l6252006,e" filled="f" strokeweight=".5pt">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A4D032E" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4222"/>
           <w:tab w:val="left" w:pos="10784"/>
         </w:tabs>
         <w:spacing w:before="223" w:line="364" w:lineRule="auto"/>
         <w:ind w:left="920" w:right="898"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Company name: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
@@ -18961,51 +18906,51 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="41B25357" id="Graphic 110" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.45pt;margin-top:21.5pt;width:492.3pt;height:.1pt;z-index:-15707648;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6252210,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQArLR+tFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068tVuNOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJdpJ1t2E+CJT4RD7yUV7eHjsrDgapBVfKxWwuhXEaqtbtSvl9c//u&#10;kxQUlKuUBWdK+WJI3q7evln2vjA5NGArg4KDOCp6X8omBF9kGenGdIpm4I1jZw3YqcBb3GUVqp6j&#10;dzbL5/PrrAesPII2RHy6HpxyleLXtdHhW12TCcKWkrmFtGJat3HNVktV7FD5ptUjDfUPLDrVOk56&#10;CrVWQYk9tn+F6lqNQFCHmYYug7putUk1cDWL+atqnhvlTaqFm0P+1Cb6f2H14+HZP2GkTv4B9E/i&#10;jmS9p+LkiRsaMccau4hl4uKYuvhy6qI5BqH58Dq/yvMFN1uzb5F/TE3OVDHd1XsKXwykOOrwQGHQ&#10;oJos1UyWPrrJRFYyamiThkEK1hClYA23g4ZehXgvkoum6M9E4lkHB7OB5A2vmDO1s9e6SxSXsri5&#10;+SDFVCVjBwQbMQ33ajBSarYvi7MusXh/NU+jQWDb6r61NrIg3G3vLIqDioOZvlgHR/gD5pHCWlEz&#10;4JJrhFk36jRIE0XaQvXyhKLnaS4l/dorNFLYr47HJY7+ZOBkbCcDg72D9EBSgzjn5vhDoRcxfSkD&#10;K/sI0zCqYhItln7CxpsOPu8D1G1UNM3QwGjc8ASnAsfXFp/I5T6hzv+E1W8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCs7EZr3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtZW4UTsp&#10;gSbEqRASNy4tVOXoxm4S1V5Hsdum/Xo2JzjO7NPsTLkanWVnM4TOo4RkLoAZrL3usJHw/fXxuAQW&#10;okKtrEcj4WoCrKr7u1IV2l9wbc6b2DAKwVAoCW2MfcF5qFvjVJj73iDdDn5wKpIcGq4HdaFwZ3kq&#10;xDN3qkP60KrevLemPm5OTkJ3uC62P0n2ebO727pPsnw77nIpH2bj2yuwaMb4B8NUn6pDRZ32/oQ6&#10;MEtapDmhEp4WtGkCxPIlA7afnBR4VfL/E6pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ACstH60UAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAKzsRmvfAAAACgEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6251994,e" filled="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="208880E8" id="Graphic 110" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.45pt;margin-top:21.5pt;width:492.3pt;height:.1pt;z-index:-15707648;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6252210,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQArLR+tFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068tVuNOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJdpJ1t2E+CJT4RD7yUV7eHjsrDgapBVfKxWwuhXEaqtbtSvl9c//u&#10;kxQUlKuUBWdK+WJI3q7evln2vjA5NGArg4KDOCp6X8omBF9kGenGdIpm4I1jZw3YqcBb3GUVqp6j&#10;dzbL5/PrrAesPII2RHy6HpxyleLXtdHhW12TCcKWkrmFtGJat3HNVktV7FD5ptUjDfUPLDrVOk56&#10;CrVWQYk9tn+F6lqNQFCHmYYug7putUk1cDWL+atqnhvlTaqFm0P+1Cb6f2H14+HZP2GkTv4B9E/i&#10;jmS9p+LkiRsaMccau4hl4uKYuvhy6qI5BqH58Dq/yvMFN1uzb5F/TE3OVDHd1XsKXwykOOrwQGHQ&#10;oJos1UyWPrrJRFYyamiThkEK1hClYA23g4ZehXgvkoum6M9E4lkHB7OB5A2vmDO1s9e6SxSXsri5&#10;+SDFVCVjBwQbMQ33ajBSarYvi7MusXh/NU+jQWDb6r61NrIg3G3vLIqDioOZvlgHR/gD5pHCWlEz&#10;4JJrhFk36jRIE0XaQvXyhKLnaS4l/dorNFLYr47HJY7+ZOBkbCcDg72D9EBSgzjn5vhDoRcxfSkD&#10;K/sI0zCqYhItln7CxpsOPu8D1G1UNM3QwGjc8ASnAsfXFp/I5T6hzv+E1W8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCs7EZr3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtZW4UTsp&#10;gSbEqRASNy4tVOXoxm4S1V5Hsdum/Xo2JzjO7NPsTLkanWVnM4TOo4RkLoAZrL3usJHw/fXxuAQW&#10;okKtrEcj4WoCrKr7u1IV2l9wbc6b2DAKwVAoCW2MfcF5qFvjVJj73iDdDn5wKpIcGq4HdaFwZ3kq&#10;xDN3qkP60KrevLemPm5OTkJ3uC62P0n2ebO727pPsnw77nIpH2bj2yuwaMb4B8NUn6pDRZ32/oQ6&#10;MEtapDmhEp4WtGkCxPIlA7afnBR4VfL/E6pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ACstH60UAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAKzsRmvfAAAACgEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6251994,e" filled="f" strokeweight=".5pt">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="23EF4F2C" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="920"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t>What</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -19166,73 +19111,73 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7C363080" id="Graphic 111" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.45pt;margin-top:21.1pt;width:492.3pt;height:.1pt;z-index:-15707136;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6252210,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQArLR+tFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068tVuNOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJdpJ1t2E+CJT4RD7yUV7eHjsrDgapBVfKxWwuhXEaqtbtSvl9c//u&#10;kxQUlKuUBWdK+WJI3q7evln2vjA5NGArg4KDOCp6X8omBF9kGenGdIpm4I1jZw3YqcBb3GUVqp6j&#10;dzbL5/PrrAesPII2RHy6HpxyleLXtdHhW12TCcKWkrmFtGJat3HNVktV7FD5ptUjDfUPLDrVOk56&#10;CrVWQYk9tn+F6lqNQFCHmYYug7putUk1cDWL+atqnhvlTaqFm0P+1Cb6f2H14+HZP2GkTv4B9E/i&#10;jmS9p+LkiRsaMccau4hl4uKYuvhy6qI5BqH58Dq/yvMFN1uzb5F/TE3OVDHd1XsKXwykOOrwQGHQ&#10;oJos1UyWPrrJRFYyamiThkEK1hClYA23g4ZehXgvkoum6M9E4lkHB7OB5A2vmDO1s9e6SxSXsri5&#10;+SDFVCVjBwQbMQ33ajBSarYvi7MusXh/NU+jQWDb6r61NrIg3G3vLIqDioOZvlgHR/gD5pHCWlEz&#10;4JJrhFk36jRIE0XaQvXyhKLnaS4l/dorNFLYr47HJY7+ZOBkbCcDg72D9EBSgzjn5vhDoRcxfSkD&#10;K/sI0zCqYhItln7CxpsOPu8D1G1UNM3QwGjc8ASnAsfXFp/I5T6hzv+E1W8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBkCeTE3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxD5EncWNKy&#10;wlqaTgiJG5cNpnHMGq+tljhVk23dnp70BMff/vT7c7karWFnHHznSEIyF8CQaqc7aiR8f308LoH5&#10;oEgr4wglXNHDqrq/K1Wh3YXWeN6EhsUS8oWS0IbQF5z7ukWr/Nz1SHF3cINVIcah4XpQl1huDU+F&#10;eOZWdRQvtKrH9xbr4+ZkJXSH69P2J8k+b2Z3W/dJlm/HXS7lw2x8ewUWcAx/MEz6UR2q6LR3J9Ke&#10;mZhFmkdUwiJNgU2AWL5kwPbTZAG8Kvn/F6pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ACstH60UAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAGQJ5MTfAAAACgEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6251994,e" filled="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="286152BB" id="Graphic 111" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.45pt;margin-top:21.1pt;width:492.3pt;height:.1pt;z-index:-15707136;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6252210,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQArLR+tFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068tVuNOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJdpJ1t2E+CJT4RD7yUV7eHjsrDgapBVfKxWwuhXEaqtbtSvl9c//u&#10;kxQUlKuUBWdK+WJI3q7evln2vjA5NGArg4KDOCp6X8omBF9kGenGdIpm4I1jZw3YqcBb3GUVqp6j&#10;dzbL5/PrrAesPII2RHy6HpxyleLXtdHhW12TCcKWkrmFtGJat3HNVktV7FD5ptUjDfUPLDrVOk56&#10;CrVWQYk9tn+F6lqNQFCHmYYug7putUk1cDWL+atqnhvlTaqFm0P+1Cb6f2H14+HZP2GkTv4B9E/i&#10;jmS9p+LkiRsaMccau4hl4uKYuvhy6qI5BqH58Dq/yvMFN1uzb5F/TE3OVDHd1XsKXwykOOrwQGHQ&#10;oJos1UyWPrrJRFYyamiThkEK1hClYA23g4ZehXgvkoum6M9E4lkHB7OB5A2vmDO1s9e6SxSXsri5&#10;+SDFVCVjBwQbMQ33ajBSarYvi7MusXh/NU+jQWDb6r61NrIg3G3vLIqDioOZvlgHR/gD5pHCWlEz&#10;4JJrhFk36jRIE0XaQvXyhKLnaS4l/dorNFLYr47HJY7+ZOBkbCcDg72D9EBSgzjn5vhDoRcxfSkD&#10;K/sI0zCqYhItln7CxpsOPu8D1G1UNM3QwGjc8ASnAsfXFp/I5T6hzv+E1W8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBkCeTE3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxD5EncWNKy&#10;wlqaTgiJG5cNpnHMGq+tljhVk23dnp70BMff/vT7c7karWFnHHznSEIyF8CQaqc7aiR8f308LoH5&#10;oEgr4wglXNHDqrq/K1Wh3YXWeN6EhsUS8oWS0IbQF5z7ukWr/Nz1SHF3cINVIcah4XpQl1huDU+F&#10;eOZWdRQvtKrH9xbr4+ZkJXSH69P2J8k+b2Z3W/dJlm/HXS7lw2x8ewUWcAx/MEz6UR2q6LR3J9Ke&#10;mZhFmkdUwiJNgU2AWL5kwPbTZAG8Kvn/F6pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ACstH60UAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAGQJ5MTfAAAACgEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6251994,e" filled="f" strokeweight=".5pt">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="550429CD" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:ind w:left="920" w:right="1633"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>In June 2019, the City Published a ‘</w:t>
       </w:r>
       <w:hyperlink r:id="rId18">
-        <w:r>
+        <w:r w:rsidR="008F6B45">
           <w:rPr>
             <w:color w:val="0078AE"/>
             <w:spacing w:val="-6"/>
             <w:u w:val="single" w:color="0078AE"/>
           </w:rPr>
           <w:t>Wastewise Events Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve">’, which applied to all events held in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>City</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -19755,54 +19700,54 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>filing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B17818E" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9254"/>
         </w:tabs>
         <w:spacing w:before="30" w:line="440" w:lineRule="atLeast"/>
         <w:ind w:left="920" w:right="1029"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Does your event comply with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId19">
-        <w:r>
+        <w:r w:rsidR="008F6B45">
           <w:t>‘</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008F6B45">
           <w:rPr>
             <w:color w:val="0078AE"/>
             <w:u w:val="single" w:color="0078AE"/>
           </w:rPr>
           <w:t>Wastewise Events Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>?</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Yes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="5"/>
           <w:position w:val="-1"/>
@@ -20178,51 +20123,51 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="13E7E9DA" id="Graphic 114" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.45pt;margin-top:23.7pt;width:492.3pt;height:.1pt;z-index:-15706624;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6252210,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQArLR+tFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068tVuNOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJdpJ1t2E+CJT4RD7yUV7eHjsrDgapBVfKxWwuhXEaqtbtSvl9c//u&#10;kxQUlKuUBWdK+WJI3q7evln2vjA5NGArg4KDOCp6X8omBF9kGenGdIpm4I1jZw3YqcBb3GUVqp6j&#10;dzbL5/PrrAesPII2RHy6HpxyleLXtdHhW12TCcKWkrmFtGJat3HNVktV7FD5ptUjDfUPLDrVOk56&#10;CrVWQYk9tn+F6lqNQFCHmYYug7putUk1cDWL+atqnhvlTaqFm0P+1Cb6f2H14+HZP2GkTv4B9E/i&#10;jmS9p+LkiRsaMccau4hl4uKYuvhy6qI5BqH58Dq/yvMFN1uzb5F/TE3OVDHd1XsKXwykOOrwQGHQ&#10;oJos1UyWPrrJRFYyamiThkEK1hClYA23g4ZehXgvkoum6M9E4lkHB7OB5A2vmDO1s9e6SxSXsri5&#10;+SDFVCVjBwQbMQ33ajBSarYvi7MusXh/NU+jQWDb6r61NrIg3G3vLIqDioOZvlgHR/gD5pHCWlEz&#10;4JJrhFk36jRIE0XaQvXyhKLnaS4l/dorNFLYr47HJY7+ZOBkbCcDg72D9EBSgzjn5vhDoRcxfSkD&#10;K/sI0zCqYhItln7CxpsOPu8D1G1UNM3QwGjc8ASnAsfXFp/I5T6hzv+E1W8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDjoSD53wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwDIbvSHuHyJN2g6SM&#10;Au2aomnSbrvAhtgxNKatljhVE6Dw9EtP2/G3P/3+XGwGa9gFe986kpDMBDCkyumWaglfn+/TNTAf&#10;FGllHKGEG3rYlA+TQuXaXWmLl12oWSwhnysJTQhdzrmvGrTKz1yHFHcn11sVYuxrrnt1jeXW8LkQ&#10;S25VS/FCozp8a7D62Z2thPZ0e95/J+nH3Rzu2y5Js/1wyKR8ehxeX4AFHMIfDKN+VIcyOh3dmbRn&#10;JmYxzyIqYbFaABsBsV6lwI7jZAm8LPj/F8pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ACstH60UAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAOOhIPnfAAAACgEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6251994,e" filled="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="690505B8" id="Graphic 114" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.45pt;margin-top:23.7pt;width:492.3pt;height:.1pt;z-index:-15706624;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6252210,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQArLR+tFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068tVuNOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJdpJ1t2E+CJT4RD7yUV7eHjsrDgapBVfKxWwuhXEaqtbtSvl9c//u&#10;kxQUlKuUBWdK+WJI3q7evln2vjA5NGArg4KDOCp6X8omBF9kGenGdIpm4I1jZw3YqcBb3GUVqp6j&#10;dzbL5/PrrAesPII2RHy6HpxyleLXtdHhW12TCcKWkrmFtGJat3HNVktV7FD5ptUjDfUPLDrVOk56&#10;CrVWQYk9tn+F6lqNQFCHmYYug7putUk1cDWL+atqnhvlTaqFm0P+1Cb6f2H14+HZP2GkTv4B9E/i&#10;jmS9p+LkiRsaMccau4hl4uKYuvhy6qI5BqH58Dq/yvMFN1uzb5F/TE3OVDHd1XsKXwykOOrwQGHQ&#10;oJos1UyWPrrJRFYyamiThkEK1hClYA23g4ZehXgvkoum6M9E4lkHB7OB5A2vmDO1s9e6SxSXsri5&#10;+SDFVCVjBwQbMQ33ajBSarYvi7MusXh/NU+jQWDb6r61NrIg3G3vLIqDioOZvlgHR/gD5pHCWlEz&#10;4JJrhFk36jRIE0XaQvXyhKLnaS4l/dorNFLYr47HJY7+ZOBkbCcDg72D9EBSgzjn5vhDoRcxfSkD&#10;K/sI0zCqYhItln7CxpsOPu8D1G1UNM3QwGjc8ASnAsfXFp/I5T6hzv+E1W8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDjoSD53wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwDIbvSHuHyJN2g6SM&#10;Au2aomnSbrvAhtgxNKatljhVE6Dw9EtP2/G3P/3+XGwGa9gFe986kpDMBDCkyumWaglfn+/TNTAf&#10;FGllHKGEG3rYlA+TQuXaXWmLl12oWSwhnysJTQhdzrmvGrTKz1yHFHcn11sVYuxrrnt1jeXW8LkQ&#10;S25VS/FCozp8a7D62Z2thPZ0e95/J+nH3Rzu2y5Js/1wyKR8ehxeX4AFHMIfDKN+VIcyOh3dmbRn&#10;JmYxzyIqYbFaABsBsV6lwI7jZAm8LPj/F8pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ACstH60UAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAOOhIPnfAAAACgEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6251994,e" filled="f" strokeweight=".5pt">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="79CAFCDB" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1301"/>
         </w:tabs>
         <w:spacing w:before="260"/>
         <w:ind w:left="1301" w:hanging="381"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="003E6B"/>
         </w:rPr>
@@ -20314,51 +20259,51 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="000968BA" id="Graphic 115" o:spid="_x0000_s1026" style="position:absolute;margin-left:243.8pt;margin-top:48pt;width:300.5pt;height:.1pt;z-index:15751168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3816350,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+r/l4EgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07StWuNOMXQoMOA&#10;oivQDDsrshwbk0WNVGLn70fJcZJ1t2E+CJT4RD7yUV7c960Ve4PUgCvkbDKVwjgNZeO2hfy+fvxw&#10;KwUF5UplwZlCHgzJ++X7d4vO52YONdjSoOAgjvLOF7IOwedZRro2raIJeOPYWQG2KvAWt1mJquPo&#10;rc3m0+lN1gGWHkEbIj5dDU65TPGryujwrarIBGELydxCWjGtm7hmy4XKt6h83egjDfUPLFrVOE56&#10;CrVSQYkdNn+FahuNQFCFiYY2g6pqtEk1cDWz6ZtqXmvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmSdp/zkiRs6YvoK24hl4qJPXTycumj6IDQfXt3Obq6uudmafbP5p9TkTOXjXb2j8MVAiqP2TxQG&#10;DcrRUvVo6d6NJrKSUUObNAxSsIYoBWu4GTT0KsR7kVw0RXcmEs9a2Js1JG94w5ypnb3WXaK4lOu7&#10;u49SjFUydkCwEdNwrwYjpWb7sjjrIovUi5iYwDblY2Nt2uB282BR7FUczPTFOjjCHzCPFFaK6gGX&#10;XEeYdUedBmmiSBsoDy8oOp7mQtKvnUIjhf3qeFzi6I8GjsZmNDDYB0gPJDWIc677Hwq9iOkLGVjZ&#10;ZxiHUeWjaLH0EzbedPB5F6BqoqJphgZGxw1PcCrw+NriE7ncJ9T5n7D8DQAA//8DAFBLAwQUAAYA&#10;CAAAACEADPey1t0AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1iFBw&#10;0jhVhRSJa0vF2Y2XJG1sR7abpnw9mxMcd3Y086bczGZgE/rQOyvhZZUAQ9s43dtWwuGzfhbAQlRW&#10;q8FZlHDDAJvq/q5UhXZXu8NpH1tGITYUSkIX41hwHpoOjQorN6Kl37fzRkU6fcu1V1cKNwNPkyTj&#10;RvWWGjo14nuHzXl/MZQybU/9T5/vxFeafzzdRO3Popby8WHeroFFnOOfGRZ8QoeKmI7uYnVgg4RX&#10;8ZaRVUKe0abFkAhBynFRUuBVyf9PqH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfq/5&#10;eBICAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;DPey1t0AAAAKAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" path="m,l3815994,e" filled="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="2CA2AEAE" id="Graphic 115" o:spid="_x0000_s1026" style="position:absolute;margin-left:243.8pt;margin-top:48pt;width:300.5pt;height:.1pt;z-index:15751168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3816350,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+r/l4EgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07StWuNOMXQoMOA&#10;oivQDDsrshwbk0WNVGLn70fJcZJ1t2E+CJT4RD7yUV7c960Ve4PUgCvkbDKVwjgNZeO2hfy+fvxw&#10;KwUF5UplwZlCHgzJ++X7d4vO52YONdjSoOAgjvLOF7IOwedZRro2raIJeOPYWQG2KvAWt1mJquPo&#10;rc3m0+lN1gGWHkEbIj5dDU65TPGryujwrarIBGELydxCWjGtm7hmy4XKt6h83egjDfUPLFrVOE56&#10;CrVSQYkdNn+FahuNQFCFiYY2g6pqtEk1cDWz6ZtqXmvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmSdp/zkiRs6YvoK24hl4qJPXTycumj6IDQfXt3Obq6uudmafbP5p9TkTOXjXb2j8MVAiqP2TxQG&#10;DcrRUvVo6d6NJrKSUUObNAxSsIYoBWu4GTT0KsR7kVw0RXcmEs9a2Js1JG94w5ypnb3WXaK4lOu7&#10;u49SjFUydkCwEdNwrwYjpWb7sjjrIovUi5iYwDblY2Nt2uB282BR7FUczPTFOjjCHzCPFFaK6gGX&#10;XEeYdUedBmmiSBsoDy8oOp7mQtKvnUIjhf3qeFzi6I8GjsZmNDDYB0gPJDWIc677Hwq9iOkLGVjZ&#10;ZxiHUeWjaLH0EzbedPB5F6BqoqJphgZGxw1PcCrw+NriE7ncJ9T5n7D8DQAA//8DAFBLAwQUAAYA&#10;CAAAACEADPey1t0AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1iFBw&#10;0jhVhRSJa0vF2Y2XJG1sR7abpnw9mxMcd3Y086bczGZgE/rQOyvhZZUAQ9s43dtWwuGzfhbAQlRW&#10;q8FZlHDDAJvq/q5UhXZXu8NpH1tGITYUSkIX41hwHpoOjQorN6Kl37fzRkU6fcu1V1cKNwNPkyTj&#10;RvWWGjo14nuHzXl/MZQybU/9T5/vxFeafzzdRO3Popby8WHeroFFnOOfGRZ8QoeKmI7uYnVgg4RX&#10;8ZaRVUKe0abFkAhBynFRUuBVyf9PqH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfq/5&#10;eBICAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;DPey1t0AAAAKAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" path="m,l3815994,e" filled="f" strokeweight=".5pt">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:position w:val="2"/>
         </w:rPr>
         <w:t>Will a first aid post be provided? (please show location on the site plan).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:position w:val="2"/>
         </w:rPr>
         <w:tab/>
         <w:t>Yes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:position w:val="2"/>
         </w:rPr>
@@ -22444,51 +22389,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="0813CEC5" id="Group 127" o:spid="_x0000_s1026" style="position:absolute;margin-left:25pt;margin-top:-1.95pt;width:14.4pt;height:14.4pt;z-index:-16029184;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAlEm/8lQIAAC0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X514SxtZcaqpWaNJ&#10;VVepmfZMMP7QMDAgcfrvd7k2zkenTer8YB98D5d7DwcWt4dWkr2wrtEqp9OrCSVCcV00qsrp9839&#10;hzklzjNVMKmVyOmLcPR2+f7dojOZSHWtZSEsgSTKZZ3Jae29yZLE8Vq0zF1pIxQES21b5mFoq6Sw&#10;rIPsrUzSyeQ66bQtjNVcOAd/V32QLjF/WQruv5WlE57InEJtHt8W39vwTpYLllWWmbrhQxnsDVW0&#10;rFGw6JhqxTwjO9u8StU23GqnS3/FdZvosmy4wB6gm+nkopu11TuDvVRZV5lRJpD2Qqc3p+WP+7U1&#10;z+bJ9tUDfND8pwNdks5U2Wk8jKsj+VDaNkyCJsgBFX0ZFRUHTzj8nM7T+Rx05xAaMCrOa9iWV7N4&#10;/eWv8xKW9YtiaWMpnQHvuKM87v/kea6ZEai6C+0/WdIUUH0KTlasBQ+vB7uEX9BNWB54QcNh5AY5&#10;LxRKb65TSkAJBKjDqNPNzXwSdeoxxMd+WcZ3zq+FRsHZ/sF5nF4VEbE6In5QEVqwfzC+RON7SsD4&#10;lhIw/rY3vmE+zAu7GCDpoM+hknqEIdrqvdho5PnjtgH342wWUkGlR4pUp9SBFPo+40dW/BpMfMLG&#10;wwmJIyF+eyKIFe32D84fV+VSO9EXHjrHDkY1IOGp3lIFYWaz9BMecadlU9w3UgY5nK22d9KSPQsX&#10;DD6DHmc0Y51fMVf3PAwNNKnwpLmsN00w01YXL+C6DmyWU/drx6ygRH5V4OtwhUVgI9hGYL2803jR&#10;4U7BmpvDD2YNCcvn1IPbHnW0N8uij6DdQOi5YabSn3del00wGRy1WNEwgKOGCO8kQGeX3ukYWcdb&#10;fvkbAAD//wMAUEsDBBQABgAIAAAAIQBNC/ey3wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;S8NAFITvgv9heYK3dpPWahvzUkpRT0WwFcTba/KahGbfhuw2Sf+960mPwwwz36Tr0TSq587VVhDi&#10;aQSKJbdFLSXC5+F1sgTlPElBjRVGuLKDdXZ7k1JS2EE+uN/7UoUScQkhVN63idYur9iQm9qWJXgn&#10;2xnyQXalLjoaQrlp9CyKHrWhWsJCRS1vK87P+4tBeBto2Mzjl353Pm2v34fF+9cuZsT7u3HzDMrz&#10;6P/C8Isf0CELTEd7kcKpBmERhSseYTJfgQr+0zI8OSLMHlags1T/589+AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhACUSb/yVAgAALQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAE0L97LfAAAABwEAAA8AAAAAAAAAAAAAAAAA7wQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;">
+                    <v:group w14:anchorId="04A831C4" id="Group 127" o:spid="_x0000_s1026" style="position:absolute;margin-left:25pt;margin-top:-1.95pt;width:14.4pt;height:14.4pt;z-index:-16029184;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAlEm/8lQIAAC0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X514SxtZcaqpWaNJ&#10;VVepmfZMMP7QMDAgcfrvd7k2zkenTer8YB98D5d7DwcWt4dWkr2wrtEqp9OrCSVCcV00qsrp9839&#10;hzklzjNVMKmVyOmLcPR2+f7dojOZSHWtZSEsgSTKZZ3Jae29yZLE8Vq0zF1pIxQES21b5mFoq6Sw&#10;rIPsrUzSyeQ66bQtjNVcOAd/V32QLjF/WQruv5WlE57InEJtHt8W39vwTpYLllWWmbrhQxnsDVW0&#10;rFGw6JhqxTwjO9u8StU23GqnS3/FdZvosmy4wB6gm+nkopu11TuDvVRZV5lRJpD2Qqc3p+WP+7U1&#10;z+bJ9tUDfND8pwNdks5U2Wk8jKsj+VDaNkyCJsgBFX0ZFRUHTzj8nM7T+Rx05xAaMCrOa9iWV7N4&#10;/eWv8xKW9YtiaWMpnQHvuKM87v/kea6ZEai6C+0/WdIUUH0KTlasBQ+vB7uEX9BNWB54QcNh5AY5&#10;LxRKb65TSkAJBKjDqNPNzXwSdeoxxMd+WcZ3zq+FRsHZ/sF5nF4VEbE6In5QEVqwfzC+RON7SsD4&#10;lhIw/rY3vmE+zAu7GCDpoM+hknqEIdrqvdho5PnjtgH342wWUkGlR4pUp9SBFPo+40dW/BpMfMLG&#10;wwmJIyF+eyKIFe32D84fV+VSO9EXHjrHDkY1IOGp3lIFYWaz9BMecadlU9w3UgY5nK22d9KSPQsX&#10;DD6DHmc0Y51fMVf3PAwNNKnwpLmsN00w01YXL+C6DmyWU/drx6ygRH5V4OtwhUVgI9hGYL2803jR&#10;4U7BmpvDD2YNCcvn1IPbHnW0N8uij6DdQOi5YabSn3del00wGRy1WNEwgKOGCO8kQGeX3ukYWcdb&#10;fvkbAAD//wMAUEsDBBQABgAIAAAAIQBNC/ey3wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;S8NAFITvgv9heYK3dpPWahvzUkpRT0WwFcTba/KahGbfhuw2Sf+960mPwwwz36Tr0TSq587VVhDi&#10;aQSKJbdFLSXC5+F1sgTlPElBjRVGuLKDdXZ7k1JS2EE+uN/7UoUScQkhVN63idYur9iQm9qWJXgn&#10;2xnyQXalLjoaQrlp9CyKHrWhWsJCRS1vK87P+4tBeBto2Mzjl353Pm2v34fF+9cuZsT7u3HzDMrz&#10;6P/C8Isf0CELTEd7kcKpBmERhSseYTJfgQr+0zI8OSLMHlags1T/589+AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhACUSb/yVAgAALQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAE0L97LfAAAABwEAAA8AAAAAAAAAAAAAAAAA7wQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;">
                       <v:shape id="Graphic 128" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDvRUb4xQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bb8Iw&#10;DIXvk/YfIk/iNtJxmKqOgKaJifWCGGN3q/HaisapktAWfj0+IO1m6z2/93m5nlynBgqx9WzgZZ6B&#10;Iq68bbk2cPz5fM5BxYRssfNMBi4UYb16fFhiYf3I3zQcUq0khGOBBpqU+kLrWDXkMM59Tyzanw8O&#10;k6yh1jbgKOGu04sse9UOW5aGBnv6aKg6Hc7OwLbO92VZ6VHvfk9h2F03xzLfGDN7mt7fQCWa0r/5&#10;fv1lBX8htPKMTKBXNwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDvRUb4xQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="414" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="060CFBD6" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="008F6B45">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="91"/>
@@ -22838,51 +22783,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="603E760E" id="Group 129" o:spid="_x0000_s1026" style="position:absolute;margin-left:25pt;margin-top:2.6pt;width:14.4pt;height:14.4pt;z-index:-16028160;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbyIGqlgIAAC0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X52mSxtZdaqpXaNJ&#10;1VapnfZMMP7QMJcBidN/v8u1cdJ22qTOD/bF93C553Dg8mrfabZTzrdgCn56MuNMGQlla+qCf3+8&#10;/bDkzAdhSqHBqII/Kc+vVu/fXfY2V3NoQJfKMSxifN7bgjch2DzLvGxUJ/wJWGUwWYHrRMChq7PS&#10;iR6rdzqbz2bnWQ+utA6k8h7/3gxJvqL6VaVk+FZVXgWmC469BXo7em/iO1tdirx2wjatHNsQb+ii&#10;E63BRadSNyIItnXtq1JdKx14qMKJhC6DqmqlIg7I5nT2gs3awdYSlzrvazvJhNK+0OnNZeXX3drZ&#10;B3vvhu4xvAP506MuWW/r/Dgfx/UBvK9cFychCbYnRZ8mRdU+MIk/T5fz5RJ1l5gaY1JcNrgtr2bJ&#10;5vNf52UiHxal1qZWeove8Qd5/P/J89AIq0h1H+nfO9aW2P0Z0jCiQw+vR7vEX8gmLo+4qOE48qOc&#10;LxSaX5zPOUMlKCAdJp0uLpazpNMQY37iK3K59WGtgAQXuzsfaHpdpkg0KZJ7k0KH9o/G12T8wBka&#10;33GGxt8MxrcixHlxF2PIeuQ5dtJMYcx2sFOPQLhw2DbEni0WsRR2eoBocwwdQZH3M3xCpa+lwkdo&#10;EhcLJ0D6DkAUK9ntH5g/rio1eDU0HpkTg0kNLHistzZRmMVi/pGOuAfdlret1lEO7+rNtXZsJ+IF&#10;Q8+oxzOYdT7cCN8MOEqNMG3opPl8ME000wbKJ3RdjzYruP+1FU5xpr8Y9DWyDilwKdikwAV9DXTR&#10;0U7hmo/7H8JZFpcveEC3fYVkb5EnHyHdCBiwcaaBT9sAVRtNhkctdTQO8KhRRHcSRs8uveMxoQ63&#10;/Oo3AAAA//8DAFBLAwQUAAYACAAAACEAfqi5o94AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QWvCQBCF74X+h2UKvdXdaG0lZiMibU9SUAvF25gdk2B2N2TXJP77Tk/t6TG84b3vZavRNqKnLtTe&#10;aUgmCgS5wpvalRq+Du9PCxAhojPYeEcabhRgld/fZZgaP7gd9ftYCg5xIUUNVYxtKmUoKrIYJr4l&#10;x97ZdxYjn10pTYcDh9tGTpV6kRZrxw0VtrSpqLjsr1bDx4DDepa89dvLeXM7Huaf39uEtH58GNdL&#10;EJHG+PcMv/iMDjkznfzVmSAaDXPFUyLrFATbrwsectIwe1Yg80z+x89/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAFvIgaqWAgAALQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAH6ouaPeAAAABgEAAA8AAAAAAAAAAAAAAAAA8AQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;">
+                    <v:group w14:anchorId="24ABFF7E" id="Group 129" o:spid="_x0000_s1026" style="position:absolute;margin-left:25pt;margin-top:2.6pt;width:14.4pt;height:14.4pt;z-index:-16028160;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbyIGqlgIAAC0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X52mSxtZdaqpXaNJ&#10;1VapnfZMMP7QMJcBidN/v8u1cdJ22qTOD/bF93C553Dg8mrfabZTzrdgCn56MuNMGQlla+qCf3+8&#10;/bDkzAdhSqHBqII/Kc+vVu/fXfY2V3NoQJfKMSxifN7bgjch2DzLvGxUJ/wJWGUwWYHrRMChq7PS&#10;iR6rdzqbz2bnWQ+utA6k8h7/3gxJvqL6VaVk+FZVXgWmC469BXo7em/iO1tdirx2wjatHNsQb+ii&#10;E63BRadSNyIItnXtq1JdKx14qMKJhC6DqmqlIg7I5nT2gs3awdYSlzrvazvJhNK+0OnNZeXX3drZ&#10;B3vvhu4xvAP506MuWW/r/Dgfx/UBvK9cFychCbYnRZ8mRdU+MIk/T5fz5RJ1l5gaY1JcNrgtr2bJ&#10;5vNf52UiHxal1qZWeove8Qd5/P/J89AIq0h1H+nfO9aW2P0Z0jCiQw+vR7vEX8gmLo+4qOE48qOc&#10;LxSaX5zPOUMlKCAdJp0uLpazpNMQY37iK3K59WGtgAQXuzsfaHpdpkg0KZJ7k0KH9o/G12T8wBka&#10;33GGxt8MxrcixHlxF2PIeuQ5dtJMYcx2sFOPQLhw2DbEni0WsRR2eoBocwwdQZH3M3xCpa+lwkdo&#10;EhcLJ0D6DkAUK9ntH5g/rio1eDU0HpkTg0kNLHistzZRmMVi/pGOuAfdlret1lEO7+rNtXZsJ+IF&#10;Q8+oxzOYdT7cCN8MOEqNMG3opPl8ME000wbKJ3RdjzYruP+1FU5xpr8Y9DWyDilwKdikwAV9DXTR&#10;0U7hmo/7H8JZFpcveEC3fYVkb5EnHyHdCBiwcaaBT9sAVRtNhkctdTQO8KhRRHcSRs8uveMxoQ63&#10;/Oo3AAAA//8DAFBLAwQUAAYACAAAACEAfqi5o94AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QWvCQBCF74X+h2UKvdXdaG0lZiMibU9SUAvF25gdk2B2N2TXJP77Tk/t6TG84b3vZavRNqKnLtTe&#10;aUgmCgS5wpvalRq+Du9PCxAhojPYeEcabhRgld/fZZgaP7gd9ftYCg5xIUUNVYxtKmUoKrIYJr4l&#10;x97ZdxYjn10pTYcDh9tGTpV6kRZrxw0VtrSpqLjsr1bDx4DDepa89dvLeXM7Huaf39uEtH58GNdL&#10;EJHG+PcMv/iMDjkznfzVmSAaDXPFUyLrFATbrwsectIwe1Yg80z+x89/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAFvIgaqWAgAALQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAH6ouaPeAAAABgEAAA8AAAAAAAAAAAAAAAAA8AQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;">
                       <v:shape id="Graphic 130" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCU6twjxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8Mw&#10;DMXvg30Ho0Fvq7MVRsjqljE6tlxK/95FrCWhsRxsL8n26adDoTeJ9/TeT8v15Do1UIitZwNP8wwU&#10;ceVty7WB0/HjMQcVE7LFzjMZ+KUI69X93RIL60fe03BItZIQjgUaaFLqC61j1ZDDOPc9sWjfPjhM&#10;soZa24CjhLtOP2fZi3bYsjQ02NN7Q9Xl8OMMfNb5riwrPert+RKG7d/mVOYbY2YP09srqERTupmv&#10;119W8BeCL8/IBHr1DwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJTq3CPEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="414" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B8BCDFC" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="91"/>
@@ -23232,51 +23177,51 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="5524">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="253F0F0E" id="Group 131" o:spid="_x0000_s1026" style="position:absolute;margin-left:25pt;margin-top:-1.9pt;width:14.4pt;height:14.4pt;z-index:-16027136;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiYKZXlgIAAC0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X52mSxtZdaqpXaNJ&#10;1VapnfZMMP7QMJcBidN/v8u1cdJ22qTOD/bB93C593Dg8mrfabZTzrdgCn56MuNMGQlla+qCf3+8&#10;/bDkzAdhSqHBqII/Kc+vVu/fXfY2V3NoQJfKMUxifN7bgjch2DzLvGxUJ/wJWGUwWIHrRMChq7PS&#10;iR6zdzqbz2bnWQ+utA6k8h7/3gxBvqL8VaVk+FZVXgWmC461BXo7em/iO1tdirx2wjatHMsQb6ii&#10;E63BRadUNyIItnXtq1RdKx14qMKJhC6Dqmqloh6wm9PZi27WDraWeqnzvraTTCjtC53enFZ+3a2d&#10;fbD3bqge4R3Inx51yXpb58fxOK4P5H3lujgJm2B7UvRpUlTtA5P483Q5Xy5Rd4mhEZPissFteTVL&#10;Np//Oi8T+bAolTaV0lv0jj/I4/9PnodGWEWq+9j+vWNtidWfzTkzokMPr0e7xF/YTVweeVHDceRH&#10;OV8oNL84xxyoBAHSYdLp4mI5SzoNGONTvyKXWx/WCkhwsbvzgabXZUKiSUjuTYIO7R+Nr8n4gTM0&#10;vuMMjb8ZjG9FiPPiLkbIeuxzrKSZYIx2sFOPQLxw2Dbkni0WMRVWeqBoc0wdSbHvZ/zESl9LiY/Y&#10;dDgxcSKk70BEsZLd/sH546pSg1dD4bFz6mBSAxMe661NFGaxmH+kI+5Bt+Vtq3WUw7t6c60d24l4&#10;wdAz6vGMZp0PN8I3A49CI00bOmk+H0wTzbSB8gld16PNCu5/bYVTnOkvBn0dr7AEXAKbBFzQ10AX&#10;He0Urvm4/yGcZXH5ggd021dI9hZ58hG2GwkDN8408GkboGqjyfCopYrGAR41QnQnIXp26R2PiXW4&#10;5Ve/AQAA//8DAFBLAwQUAAYACAAAACEAHrpNxt4AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wWrDMBBE74X+g9hCb4nkBLfB9TqE0PYUCk0KpTfF2tgmlmQsxXb+vttTcxqWWWbe5OvJtmKgPjTe&#10;ISRzBYJc6U3jKoSvw9tsBSJE7YxuvSOEKwVYF/d3uc6MH90nDftYCQ5xIdMIdYxdJmUoa7I6zH1H&#10;jr2T762OfPaVNL0eOdy2cqHUk7S6cdxQ6462NZXn/cUivI963CyT12F3Pm2vP4f043uXEOLjw7R5&#10;ARFpiv/P8IfP6FAw09FfnAmiRUgVT4kIsyUvYP95xXpEWKQKZJHLW/7iFwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhACJgpleWAgAALQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAB66TcbeAAAABwEAAA8AAAAAAAAAAAAAAAAA8AQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;">
+                    <v:group w14:anchorId="3069CA74" id="Group 131" o:spid="_x0000_s1026" style="position:absolute;margin-left:25pt;margin-top:-1.9pt;width:14.4pt;height:14.4pt;z-index:-16027136;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="182880,182880" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiYKZXlgIAAC0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X52mSxtZdaqpXaNJ&#10;1VapnfZMMP7QMJcBidN/v8u1cdJ22qTOD/bB93C593Dg8mrfabZTzrdgCn56MuNMGQlla+qCf3+8&#10;/bDkzAdhSqHBqII/Kc+vVu/fXfY2V3NoQJfKMUxifN7bgjch2DzLvGxUJ/wJWGUwWIHrRMChq7PS&#10;iR6zdzqbz2bnWQ+utA6k8h7/3gxBvqL8VaVk+FZVXgWmC461BXo7em/iO1tdirx2wjatHMsQb6ii&#10;E63BRadUNyIItnXtq1RdKx14qMKJhC6Dqmqloh6wm9PZi27WDraWeqnzvraTTCjtC53enFZ+3a2d&#10;fbD3bqge4R3Inx51yXpb58fxOK4P5H3lujgJm2B7UvRpUlTtA5P483Q5Xy5Rd4mhEZPissFteTVL&#10;Np//Oi8T+bAolTaV0lv0jj/I4/9PnodGWEWq+9j+vWNtidWfzTkzokMPr0e7xF/YTVweeVHDceRH&#10;OV8oNL84xxyoBAHSYdLp4mI5SzoNGONTvyKXWx/WCkhwsbvzgabXZUKiSUjuTYIO7R+Nr8n4gTM0&#10;vuMMjb8ZjG9FiPPiLkbIeuxzrKSZYIx2sFOPQLxw2Dbkni0WMRVWeqBoc0wdSbHvZ/zESl9LiY/Y&#10;dDgxcSKk70BEsZLd/sH546pSg1dD4bFz6mBSAxMe661NFGaxmH+kI+5Bt+Vtq3WUw7t6c60d24l4&#10;wdAz6vGMZp0PN8I3A49CI00bOmk+H0wTzbSB8gld16PNCu5/bYVTnOkvBn0dr7AEXAKbBFzQ10AX&#10;He0Urvm4/yGcZXH5ggd021dI9hZ58hG2GwkDN8408GkboGqjyfCopYrGAR41QnQnIXp26R2PiXW4&#10;5Ve/AQAA//8DAFBLAwQUAAYACAAAACEAHrpNxt4AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wWrDMBBE74X+g9hCb4nkBLfB9TqE0PYUCk0KpTfF2tgmlmQsxXb+vttTcxqWWWbe5OvJtmKgPjTe&#10;ISRzBYJc6U3jKoSvw9tsBSJE7YxuvSOEKwVYF/d3uc6MH90nDftYCQ5xIdMIdYxdJmUoa7I6zH1H&#10;jr2T762OfPaVNL0eOdy2cqHUk7S6cdxQ6462NZXn/cUivI963CyT12F3Pm2vP4f043uXEOLjw7R5&#10;ARFpiv/P8IfP6FAw09FfnAmiRUgVT4kIsyUvYP95xXpEWKQKZJHLW/7iFwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhACJgpleWAgAALQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAB66TcbeAAAABwEAAA8AAAAAAAAAAAAAAAAA8AQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;">
                       <v:shape id="Graphic 132" o:spid="_x0000_s1027" style="position:absolute;left:2762;top:2762;width:177800;height:177800;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQALdOfPwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL3VjQoSoquIKDUXaa29D9kxCWZnw+42Sf31rlDobR7vc1abwTSiI+drywqmkwQEcWF1&#10;zaWCy9fhLQXhA7LGxjIp+CUPm/XoZYWZtj1/UncOpYgh7DNUUIXQZlL6oiKDfmJb4shdrTMYInSl&#10;1A77GG4aOUuShTRYc2yosKVdRcXt/GMUvJfpR54Xspen75vrTvf9JU/3Sr2Oh+0SRKAh/Iv/3Ecd&#10;589n8HwmXiDXDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQALdOfPwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="414" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B8EEB96" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="008F6B45">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
@@ -23385,51 +23330,51 @@
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5524">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="495FA64B" id="Graphic 133" o:spid="_x0000_s1026" style="position:absolute;margin-left:523.55pt;margin-top:-104.2pt;width:14pt;height:14pt;z-index:15753728;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAN3/SBbiAAAADwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxaO1WgVohTIVSEcqmglLsbL0nU2I5iNwl8PdsT&#10;Pc7s0+xMvpltx0YcQuudgmQpgKGrvGldreDw+bqQwELUzujOO1TwgwE2xe1NrjPjJ/eB4z7WjEJc&#10;yLSCJsY+4zxUDVodlr5HR7dvP1gdSQ41N4OeKNx2fCXEI7e6dfSh0T2+NFid9mer4K2W72VZ8Ynv&#10;vk7DuPvdHkq5Ver+bn5+AhZxjv8wXOpTdSio09GfnQmsIy3SdUKsgsVKyBTYhRHrB/KO5CVSpMCL&#10;nF/vKP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAO20BJDQCAADvBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3f9IFuIAAAAPAQAADwAAAAAA&#10;AAAAAAAAAACOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
+              <v:shape w14:anchorId="56BB79D6" id="Graphic 133" o:spid="_x0000_s1026" style="position:absolute;margin-left:523.55pt;margin-top:-104.2pt;width:14pt;height:14pt;z-index:15753728;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAN3/SBbiAAAADwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxaO1WgVohTIVSEcqmglLsbL0nU2I5iNwl8PdsT&#10;Pc7s0+xMvpltx0YcQuudgmQpgKGrvGldreDw+bqQwELUzujOO1TwgwE2xe1NrjPjJ/eB4z7WjEJc&#10;yLSCJsY+4zxUDVodlr5HR7dvP1gdSQ41N4OeKNx2fCXEI7e6dfSh0T2+NFid9mer4K2W72VZ8Ynv&#10;vk7DuPvdHkq5Ver+bn5+AhZxjv8wXOpTdSio09GfnQmsIy3SdUKsgsVKyBTYhRHrB/KO5CVSpMCL&#10;nF/vKP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAO20BJDQCAADvBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3f9IFuIAAAAPAQAADwAAAAAA&#10;AAAAAAAAAACOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15754752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="239CF46D" wp14:editId="5759D04A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6648996</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-1037767</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="177800" cy="177800"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
@@ -23474,51 +23419,51 @@
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5524">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2A09141E" id="Graphic 134" o:spid="_x0000_s1026" style="position:absolute;margin-left:523.55pt;margin-top:-81.7pt;width:14pt;height:14pt;z-index:15754752;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAFZ3OBbiAAAADwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxaOzRtoxCnQqgI5VJBKXc3XpKosR3FbhL4ejYn&#10;OM7s0+xMtptMywbsfeOshGgpgKEtnW5sJeH08bJIgPmgrFatsyjhGz3s8tubTKXajfYdh2OoGIVY&#10;nyoJdQhdyrkvazTKL12Hlm5frjcqkOwrrns1Urhp+YMQG25UY+lDrTp8rrG8HK9GwmuVvBVFyUd+&#10;+Lz0w+FnfyqSvZT3d9PTI7CAU/iDYa5P1SGnTmd3tdqzlrSItxGxEhbRZhUDmxmxXZN3nr3VOgae&#10;Z/z/jvwXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAO20BJDQCAADvBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAVnc4FuIAAAAPAQAADwAAAAAA&#10;AAAAAAAAAACOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
+              <v:shape w14:anchorId="046B424C" id="Graphic 134" o:spid="_x0000_s1026" style="position:absolute;margin-left:523.55pt;margin-top:-81.7pt;width:14pt;height:14pt;z-index:15754752;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAFZ3OBbiAAAADwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxaOzRtoxCnQqgI5VJBKXc3XpKosR3FbhL4ejYn&#10;OM7s0+xMtptMywbsfeOshGgpgKEtnW5sJeH08bJIgPmgrFatsyjhGz3s8tubTKXajfYdh2OoGIVY&#10;nyoJdQhdyrkvazTKL12Hlm5frjcqkOwrrns1Urhp+YMQG25UY+lDrTp8rrG8HK9GwmuVvBVFyUd+&#10;+Lz0w+FnfyqSvZT3d9PTI7CAU/iDYa5P1SGnTmd3tdqzlrSItxGxEhbRZhUDmxmxXZN3nr3VOgae&#10;Z/z/jvwXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAO20BJDQCAADvBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAVnc4FuIAAAAPAQAADwAAAAAA&#10;AAAAAAAAAACOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15755776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B9886CB" wp14:editId="1577E068">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6648996</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-206654</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="177800" cy="177800"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
@@ -23563,51 +23508,51 @@
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5524">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="544F446C" id="Graphic 135" o:spid="_x0000_s1026" style="position:absolute;margin-left:523.55pt;margin-top:-16.25pt;width:14pt;height:14pt;z-index:15755776;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAAZeCmLgAAAADAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxau6WhUYhTIVSEcqlKKXc3NknUeB3ZbhL4erYn&#10;OM7s0+xMvplsxwbjQ+tQwmIugBmsnG6xlnD8eJ2lwEJUqFXn0Ej4NgE2xe1NrjLtRnw3wyHWjEIw&#10;ZEpCE2OfcR6qxlgV5q43SLcv562KJH3NtVcjhduOL4V45Fa1SB8a1ZuXxlTnw8VKeKvTfVlWfOS7&#10;z7Mfdj/bY5lupby/m56fgEUzxT8YrvWpOhTU6eQuqAPrSIvVekGshNnDMgF2RcQ6IetE1ioBXuT8&#10;/4jiFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADttASQ0AgAA7wQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAZeCmLgAAAADAEAAA8AAAAAAAAA&#10;AAAAAAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
+              <v:shape w14:anchorId="3188C455" id="Graphic 135" o:spid="_x0000_s1026" style="position:absolute;margin-left:523.55pt;margin-top:-16.25pt;width:14pt;height:14pt;z-index:15755776;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="177800,177800" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7bQEkNAIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yZS2MOMXQoMOA&#10;oivQDDsrshwbk0VNVGLn70fJlpNuhwHDfJAp8+mJfCS9vutbzU7KYQOm4IvZnDNlJJSNORT82+7h&#10;3S1n6IUphQajCn5WyO82b9+sO5urJdSgS+UYkRjMO1vw2nubZxnKWrUCZ2CVIWcFrhWetu6QlU50&#10;xN7qbDmff8w6cKV1IBUifd0OTr6J/FWlpP9aVag80wWn2HxcXVz3Yc02a5EfnLB1I8cwxD9E0YrG&#10;0KUT1VZ4wY6u+YOqbaQDhMrPJLQZVFUjVcyBslnMf8vmpRZWxVxIHLSTTPj/aOXT6cU+uxA62keQ&#10;P5AUyTqL+eQJGxwxfeXagKXAWR9VPE8qqt4zSR8XNze3c9Jakmu0A6fI02F5RP9ZQSQSp0f0QxHK&#10;ZIk6WbI3yXRUylBEHYvoOaMiOs6oiPuhiFb4cC5EF0zWTbezejKDt4WT2kHE+UsSFOn71SpQUaQX&#10;iDbX0BHEhswu+IRKbxuJr9Cx0Yg4AdJ7AJJYSca/YF5FmUikBlRD4CHzmMGkBhFe661NEGa1Wn6I&#10;7Yqgm/Kh0TrIge6wv9eOnUQYlviMeryCWYd+K7AecNE1wrQZe2dol9A4eyjPz451NGEFx59H4RRn&#10;+ouhFg7jmAyXjH0ynNf3EIc2Voru3PXfhbMsXF9wT932BGlARJ76iNINgAEbThr4dPRQNaHJYl8P&#10;EY0bmqoo1/gHCGN7vY+oy39q8wsAAP//AwBQSwMEFAAGAAgAAAAhAAZeCmLgAAAADAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxau6WhUYhTIVSEcqlKKXc3NknUeB3ZbhL4erYn&#10;OM7s0+xMvplsxwbjQ+tQwmIugBmsnG6xlnD8eJ2lwEJUqFXn0Ej4NgE2xe1NrjLtRnw3wyHWjEIw&#10;ZEpCE2OfcR6qxlgV5q43SLcv562KJH3NtVcjhduOL4V45Fa1SB8a1ZuXxlTnw8VKeKvTfVlWfOS7&#10;z7Mfdj/bY5lupby/m56fgEUzxT8YrvWpOhTU6eQuqAPrSIvVekGshNnDMgF2RcQ6IetE1ioBXuT8&#10;/4jiFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADttASQ0AgAA7wQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAZeCmLgAAAADAEAAA8AAAAAAAAA&#10;AAAAAAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" path="m,177355r177355,l177355,,,,,177355xe" filled="f" strokeweight=".15344mm">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Please</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
@@ -24471,51 +24416,51 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="20DD6B15" id="Graphic 138" o:spid="_x0000_s1026" style="position:absolute;margin-left:51pt;margin-top:16.55pt;width:493.25pt;height:.1pt;z-index:-15705600;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6264275,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9iZQ/FAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07SNV2NOMXQoMOA&#10;oivQDDsrshwbk0WNVGL370fJcZJ1t2E+CJRIke/xUV7e9a0VB4PUgCvkbDKVwjgNZeN2hfy+efjw&#10;SQoKypXKgjOFfDUk71bv3y07n5s51GBLg4KTOMo7X8g6BJ9nGenatIom4I1jZwXYqsBb3GUlqo6z&#10;tzabT6eLrAMsPYI2RHy6HpxylfJXldHhW1WRCcIWkrGFtGJat3HNVkuV71D5utFHGOofULSqcVz0&#10;lGqtghJ7bP5K1TYagaAKEw1tBlXVaJM4MJvZ9A2bl1p5k7hwc8if2kT/L61+Orz4Z4zQyT+C/knc&#10;kazzlJ88cUPHmL7CNsYycNGnLr6eumj6IDQfLuaLj/Obayk0+2bzm9TkTOXjXb2n8MVAyqMOjxQG&#10;DcrRUvVo6d6NJrKSUUObNAxSsIYoBWu4HTT0KsR7EVw0RXcGEs9aOJgNJG94g5yhnb3WXUYxlavb&#10;W6YysuTYIYKNWIZ7NRipNNuX5KxLKK6up2k0CGxTPjTWRhSEu+29RXFQcTDTF3lwhj/CPFJYK6qH&#10;uOQ6hll31GmQJoq0hfL1GUXH01xI+rVXaKSwXx2PSxz90cDR2I4GBnsP6YGkBnHNTf9DoRexfCED&#10;K/sE4zCqfBQtUj/FxpsOPu8DVE1UNM3QgOi44QlOBI+vLT6Ry32KOv8TVr8BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCmq9Ky4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhcELXT&#10;8BNCnIpW4oI4QFvB1Y23SUS8jmK3DTw9mxMcZ3Y0+02xGF0njjiE1pOGZKZAIFXetlRr2G6erzMQ&#10;IRqypvOEGr4xwKI8PytMbv2J3vG4jrXgEgq50dDE2OdShqpBZ8LM90h82/vBmchyqKUdzInLXSfn&#10;St1JZ1riD43pcdVg9bU+OA2f9c3Visb0tfr5eFsm9w+0f1mS1pcX49MjiIhj/AvDhM/oUDLTzh/I&#10;BtGxVnPeEjWkaQJiCqgsuwWxm5wUZFnI/xPKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQB9iZQ/FAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCmq9Ky4AAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6263995,e" filled="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="2A8CE5EE" id="Graphic 138" o:spid="_x0000_s1026" style="position:absolute;margin-left:51pt;margin-top:16.55pt;width:493.25pt;height:.1pt;z-index:-15705600;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6264275,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9iZQ/FAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07SNV2NOMXQoMOA&#10;oivQDDsrshwbk0WNVGL370fJcZJ1t2E+CJRIke/xUV7e9a0VB4PUgCvkbDKVwjgNZeN2hfy+efjw&#10;SQoKypXKgjOFfDUk71bv3y07n5s51GBLg4KTOMo7X8g6BJ9nGenatIom4I1jZwXYqsBb3GUlqo6z&#10;tzabT6eLrAMsPYI2RHy6HpxylfJXldHhW1WRCcIWkrGFtGJat3HNVkuV71D5utFHGOofULSqcVz0&#10;lGqtghJ7bP5K1TYagaAKEw1tBlXVaJM4MJvZ9A2bl1p5k7hwc8if2kT/L61+Orz4Z4zQyT+C/knc&#10;kazzlJ88cUPHmL7CNsYycNGnLr6eumj6IDQfLuaLj/Obayk0+2bzm9TkTOXjXb2n8MVAyqMOjxQG&#10;DcrRUvVo6d6NJrKSUUObNAxSsIYoBWu4HTT0KsR7EVw0RXcGEs9aOJgNJG94g5yhnb3WXUYxlavb&#10;W6YysuTYIYKNWIZ7NRipNNuX5KxLKK6up2k0CGxTPjTWRhSEu+29RXFQcTDTF3lwhj/CPFJYK6qH&#10;uOQ6hll31GmQJoq0hfL1GUXH01xI+rVXaKSwXx2PSxz90cDR2I4GBnsP6YGkBnHNTf9DoRexfCED&#10;K/sE4zCqfBQtUj/FxpsOPu8DVE1UNM3QgOi44QlOBI+vLT6Ry32KOv8TVr8BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCmq9Ky4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhcELXT&#10;8BNCnIpW4oI4QFvB1Y23SUS8jmK3DTw9mxMcZ3Y0+02xGF0njjiE1pOGZKZAIFXetlRr2G6erzMQ&#10;IRqypvOEGr4xwKI8PytMbv2J3vG4jrXgEgq50dDE2OdShqpBZ8LM90h82/vBmchyqKUdzInLXSfn&#10;St1JZ1riD43pcdVg9bU+OA2f9c3Visb0tfr5eFsm9w+0f1mS1pcX49MjiIhj/AvDhM/oUDLTzh/I&#10;BtGxVnPeEjWkaQJiCqgsuwWxm5wUZFnI/xPKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQB9iZQ/FAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCmq9Ky4AAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6263995,e" filled="f" strokeweight=".5pt">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="56C60B7C" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="008F6B45">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06B38AE3" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="008F6B45">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30E3DD17" w14:textId="0C1E167B" w:rsidR="008F6B45" w:rsidRDefault="00031B10">
@@ -24788,69 +24733,51 @@
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:w w:val="90"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t>the</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:spacing w:val="12"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:hyperlink r:id="rId20">
                                 <w:r w:rsidR="005F7BD5">
                                   <w:rPr>
                                     <w:color w:val="0078AE"/>
                                     <w:w w:val="90"/>
                                     <w:sz w:val="24"/>
                                     <w:u w:val="single" w:color="0078AE"/>
                                   </w:rPr>
-                                  <w:t>Temporary Events - LPP5.21</w:t>
-[...17 lines deleted...]
-                                  <w:t>- Policy</w:t>
+                                  <w:t>Temporary Events - LPP5.21 - Policy</w:t>
                                 </w:r>
                               </w:hyperlink>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="0078AE"/>
                                   <w:spacing w:val="12"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:w w:val="90"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t>when</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:spacing w:val="12"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
@@ -24991,69 +24918,51 @@
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:w w:val="90"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t>the</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:spacing w:val="12"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:hyperlink r:id="rId21">
                           <w:r w:rsidR="005F7BD5">
                             <w:rPr>
                               <w:color w:val="0078AE"/>
                               <w:w w:val="90"/>
                               <w:sz w:val="24"/>
                               <w:u w:val="single" w:color="0078AE"/>
                             </w:rPr>
-                            <w:t>Temporary Events - LPP5.21</w:t>
-[...17 lines deleted...]
-                            <w:t>- Policy</w:t>
+                            <w:t>Temporary Events - LPP5.21 - Policy</w:t>
                           </w:r>
                         </w:hyperlink>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="0078AE"/>
                             <w:spacing w:val="12"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:w w:val="90"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t>when</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:spacing w:val="12"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
@@ -25080,51 +24989,51 @@
                         <w:r>
                           <w:rPr>
                             <w:spacing w:val="13"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:spacing w:val="-2"/>
                             <w:w w:val="90"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t>form.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="508BF049" wp14:editId="13BFD093">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>648004</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>181939</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6264275" cy="579120"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="139" name="Group 139"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
@@ -25357,141 +25266,141 @@
                                 </w:rPr>
                                 <w:t>to</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:spacing w:val="13"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:w w:val="90"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t>the</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:spacing w:val="12"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:hyperlink r:id="rId22">
-                                <w:r>
+                                <w:r w:rsidR="008F6B45">
                                   <w:rPr>
                                     <w:color w:val="0078AE"/>
                                     <w:w w:val="90"/>
                                     <w:sz w:val="24"/>
                                     <w:u w:val="single" w:color="0078AE"/>
                                   </w:rPr>
                                   <w:t>City</w:t>
                                 </w:r>
-                                <w:r>
+                                <w:r w:rsidR="008F6B45">
                                   <w:rPr>
                                     <w:color w:val="0078AE"/>
                                     <w:spacing w:val="12"/>
                                     <w:sz w:val="24"/>
                                     <w:u w:val="single" w:color="0078AE"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> </w:t>
                                 </w:r>
-                                <w:r>
+                                <w:r w:rsidR="008F6B45">
                                   <w:rPr>
                                     <w:color w:val="0078AE"/>
                                     <w:w w:val="90"/>
                                     <w:sz w:val="24"/>
                                     <w:u w:val="single" w:color="0078AE"/>
                                   </w:rPr>
                                   <w:t>of</w:t>
                                 </w:r>
-                                <w:r>
+                                <w:r w:rsidR="008F6B45">
                                   <w:rPr>
                                     <w:color w:val="0078AE"/>
                                     <w:spacing w:val="13"/>
                                     <w:sz w:val="24"/>
                                     <w:u w:val="single" w:color="0078AE"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> </w:t>
                                 </w:r>
-                                <w:r>
+                                <w:r w:rsidR="008F6B45">
                                   <w:rPr>
                                     <w:color w:val="0078AE"/>
                                     <w:w w:val="90"/>
                                     <w:sz w:val="24"/>
                                     <w:u w:val="single" w:color="0078AE"/>
                                   </w:rPr>
                                   <w:t>Cockburn</w:t>
                                 </w:r>
-                                <w:r>
+                                <w:r w:rsidR="008F6B45">
                                   <w:rPr>
                                     <w:color w:val="0078AE"/>
                                     <w:spacing w:val="12"/>
                                     <w:sz w:val="24"/>
                                     <w:u w:val="single" w:color="0078AE"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> </w:t>
                                 </w:r>
-                                <w:r>
+                                <w:r w:rsidR="008F6B45">
                                   <w:rPr>
                                     <w:color w:val="0078AE"/>
                                     <w:w w:val="90"/>
                                     <w:sz w:val="24"/>
                                     <w:u w:val="single" w:color="0078AE"/>
                                   </w:rPr>
                                   <w:t>Community</w:t>
                                 </w:r>
-                                <w:r>
+                                <w:r w:rsidR="008F6B45">
                                   <w:rPr>
                                     <w:color w:val="0078AE"/>
                                     <w:spacing w:val="12"/>
                                     <w:sz w:val="24"/>
                                     <w:u w:val="single" w:color="0078AE"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> </w:t>
                                 </w:r>
-                                <w:r>
+                                <w:r w:rsidR="008F6B45">
                                   <w:rPr>
                                     <w:color w:val="0078AE"/>
                                     <w:w w:val="90"/>
                                     <w:sz w:val="24"/>
                                     <w:u w:val="single" w:color="0078AE"/>
                                   </w:rPr>
                                   <w:t>Event</w:t>
                                 </w:r>
-                                <w:r>
+                                <w:r w:rsidR="008F6B45">
                                   <w:rPr>
                                     <w:color w:val="0078AE"/>
                                     <w:spacing w:val="13"/>
                                     <w:sz w:val="24"/>
                                     <w:u w:val="single" w:color="0078AE"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> </w:t>
                                 </w:r>
-                                <w:r>
+                                <w:r w:rsidR="008F6B45">
                                   <w:rPr>
                                     <w:color w:val="0078AE"/>
                                     <w:w w:val="90"/>
                                     <w:sz w:val="24"/>
                                     <w:u w:val="single" w:color="0078AE"/>
                                   </w:rPr>
                                   <w:t>Handbook</w:t>
                                 </w:r>
                               </w:hyperlink>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="0078AE"/>
                                   <w:spacing w:val="12"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:w w:val="90"/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t>when</w:t>
                               </w:r>
                               <w:r>
@@ -25632,141 +25541,141 @@
                           </w:rPr>
                           <w:t>to</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:spacing w:val="13"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:w w:val="90"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t>the</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:spacing w:val="12"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:hyperlink r:id="rId23">
-                          <w:r>
+                          <w:r w:rsidR="008F6B45">
                             <w:rPr>
                               <w:color w:val="0078AE"/>
                               <w:w w:val="90"/>
                               <w:sz w:val="24"/>
                               <w:u w:val="single" w:color="0078AE"/>
                             </w:rPr>
                             <w:t>City</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="008F6B45">
                             <w:rPr>
                               <w:color w:val="0078AE"/>
                               <w:spacing w:val="12"/>
                               <w:sz w:val="24"/>
                               <w:u w:val="single" w:color="0078AE"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="008F6B45">
                             <w:rPr>
                               <w:color w:val="0078AE"/>
                               <w:w w:val="90"/>
                               <w:sz w:val="24"/>
                               <w:u w:val="single" w:color="0078AE"/>
                             </w:rPr>
                             <w:t>of</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="008F6B45">
                             <w:rPr>
                               <w:color w:val="0078AE"/>
                               <w:spacing w:val="13"/>
                               <w:sz w:val="24"/>
                               <w:u w:val="single" w:color="0078AE"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="008F6B45">
                             <w:rPr>
                               <w:color w:val="0078AE"/>
                               <w:w w:val="90"/>
                               <w:sz w:val="24"/>
                               <w:u w:val="single" w:color="0078AE"/>
                             </w:rPr>
                             <w:t>Cockburn</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="008F6B45">
                             <w:rPr>
                               <w:color w:val="0078AE"/>
                               <w:spacing w:val="12"/>
                               <w:sz w:val="24"/>
                               <w:u w:val="single" w:color="0078AE"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="008F6B45">
                             <w:rPr>
                               <w:color w:val="0078AE"/>
                               <w:w w:val="90"/>
                               <w:sz w:val="24"/>
                               <w:u w:val="single" w:color="0078AE"/>
                             </w:rPr>
                             <w:t>Community</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="008F6B45">
                             <w:rPr>
                               <w:color w:val="0078AE"/>
                               <w:spacing w:val="12"/>
                               <w:sz w:val="24"/>
                               <w:u w:val="single" w:color="0078AE"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="008F6B45">
                             <w:rPr>
                               <w:color w:val="0078AE"/>
                               <w:w w:val="90"/>
                               <w:sz w:val="24"/>
                               <w:u w:val="single" w:color="0078AE"/>
                             </w:rPr>
                             <w:t>Event</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="008F6B45">
                             <w:rPr>
                               <w:color w:val="0078AE"/>
                               <w:spacing w:val="13"/>
                               <w:sz w:val="24"/>
                               <w:u w:val="single" w:color="0078AE"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="008F6B45">
                             <w:rPr>
                               <w:color w:val="0078AE"/>
                               <w:w w:val="90"/>
                               <w:sz w:val="24"/>
                               <w:u w:val="single" w:color="0078AE"/>
                             </w:rPr>
                             <w:t>Handbook</w:t>
                           </w:r>
                         </w:hyperlink>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="0078AE"/>
                             <w:spacing w:val="12"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:w w:val="90"/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t>when</w:t>
                         </w:r>
                         <w:r>
@@ -28030,103 +27939,103 @@
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AFAE86F" w14:textId="5A37D8C1" w:rsidR="00031B10" w:rsidRDefault="00031B10">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00031B10">
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="720" w:right="120" w:bottom="1100" w:left="100" w:header="0" w:footer="911" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="744FB05C" w14:textId="77777777" w:rsidR="007F16E0" w:rsidRDefault="007F16E0">
+    <w:p w14:paraId="53386ABB" w14:textId="77777777" w:rsidR="00883BE9" w:rsidRDefault="00883BE9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6539E0AA" w14:textId="77777777" w:rsidR="007F16E0" w:rsidRDefault="007F16E0">
+    <w:p w14:paraId="1CDEA3C9" w14:textId="77777777" w:rsidR="00883BE9" w:rsidRDefault="00883BE9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="696A443F" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0009823A" wp14:editId="07D5AC56">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>-25400</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9929146</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7611109" cy="788670"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -28824,51 +28733,51 @@
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="50800">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="5F00C180" id="Group 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-2pt;margin-top:781.8pt;width:599.3pt;height:62.1pt;z-index:-251660288;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="76111,7886" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWDoDrMAsAAB8vAAAOAAAAZHJzL2Uyb0RvYy54bWzsmllvG8kRx98D5DsQfI/Vd08LlhfOem0E&#10;WGwWWAd5HlPUgVAcZkhb8rfPry9dtrodx9kAgfUgDcX/1FRV113z/Iebq83iw3reX07bk6V8JpaL&#10;9XY1nV5uz0+Wf3v7+k/DcrE/jNvTcTNt1yfLj+v98ocXf/zD8+vd8VpNF9PmdD0vILLdH1/vTpYX&#10;h8Pu+Ohov7pYX437Z9NuveXLs2m+Gg98nM+PTufxGupXmyMlhDu6nubT3Tyt1vs9/32Vv1y+SPTP&#10;ztarw1/Pzvbrw2JzsoS3Q/o9p9/v4u+jF8/H4/N53F1crgob41dwcTVebnnoLalX42FcvJ8vPyF1&#10;dbmap/10dni2mq6OprOzy9U6yYA0UjyS5s08vd8lWc6Pr893t2pCtY/09NVkV798eDPvftv9Omfu&#10;ufx5Wv1jj16Ornfnx/e/j5/P78A3Z/NVvAkhFjdJox9vNbq+OSxW/NM7KaUIy8WK7/wwOF9Uvrrg&#10;XD65bXXxU/vGo/E4PzYxd8vM9Q7r2d8paP+fKei3i3G3TnrfRwX8Oi8uT0+WarnYjlfY8JtiLipa&#10;T3w0mKjB8mlflPlIP85rHdAEipBeKZ9NryrKKauUxEKjoqTKarqVdjxevd8f3qynpPDxw8/7Qzbc&#10;03o1XtSr1c22Xs6YfzT8TTL8w3KB4c/LBYb/Lj99Nx7iffEU4+Xi+mRZGYn/u5o+rN9O6dvDo7OC&#10;tbtvN9v7qEgBz0ySptMGmxFcxMdgWvkiPZrr+8JttokLbUXyp/20uTx9fbnZRC728/m7Hzfz4sMY&#10;vTn9RDmg8AC2m/eHV+P+IuPSVwW22Saz3h/nM4pn9246/cgBX3OmJ8v9P9+P83q52PxliwnFeFEv&#10;5nrxrl7Mh82PU4oqSUE88+3N38d5t4iPP1keONlfpmpJ43E9tCj6LTbeuZ1evj9MZ5fxRLHqylH5&#10;gFVnG/uvm7d+bN46Ku2LzVtZI1BYsl6lhM0GVs3bBuWMtdm8nRFeJgDKqF5y3waqrgin397Ab1m5&#10;wNgzJ/EY7qx5l2xdWRnIXchTbfgO8dDes9QVVb+rfzO1jOFxDrvOJlsB9W8GRu7kYNKDvwCujZbB&#10;yQRXPliXYhJqrVTr3yKU00K7GoR8IDK3mFFCBemzJ0uCEgppwaVVgxwyM84Hadpo4b0aMnHtpJZN&#10;tPPOhExaWmdS9HxSTK0sukhKMTGQtJj+9Jyrylabab/Ot3aj1oP48yhM6Z/cnwsL92DJ1b+HoU+y&#10;LKb/MMsmK/qKMJQDEuc3HtcoRDFi3VCikNd++B+m2coKUahw8rko9DC2PBWBnFXB5xhgKTFa5s5j&#10;tc1Y4zuuIZ01MmO9yAXLky6npDU+Y4NRbR6Us1ZnrJTBpjzzJGEtrS3CSdOTTjvrinTSa+eaqjDS&#10;+iIegc6244+BbpFPEV7aYdZKO+gc2ZTTt0ZWA0v9WyK+s0Mo4OBEmw0nLUE+HbVWwbQjrHOQqwE2&#10;1p4tw/DSiRLqgXbyiHcE7EzZaKfbbAzSkaNyNPZGtlU3OMrHDLYSCZs8B+kwj0TZknvagT44jqKA&#10;g3btDCJRHKkjkXbaUrm0dCeFIzsVtB9M+wzpiHCAjKYRUG0ZAaPsgqZ9anuLVMCLlAMZu+0BUgHm&#10;9GKVM1j8ti2llmT1jA7C9YoB3G+wBW1tx1SlkS4WDKl+FML4TqVhnAu+wq3p8WIliitwDqunRIue&#10;i6DESyqZtl6cpJylfE61L+Q7akTnSla46zkEtL3yBa4pDTvM+NhnVjiH21HkQJwMBU7c1m0fkjTw&#10;popqBkv51vQLqke8OGvGUqp23Chgur7ACV0dOAMT73SF20BibzGjBDVkKHAvg2ofk5LSe+J8OlXv&#10;Qzf/OY/DZfgQI2ibGSWpPgo8CKnax6QUnkeFnJgJCN2OAkpLH0q1HFNbx5uUdoMg/0XqSgwDSmoq&#10;0lDkywKn5ncdZozDyAqc8BTaJkYiHuA/M0M/wZ1NZijoFCQT79r43Hg+WU3E5ip2BAmO6/WYIYaZ&#10;OJWJmjEYQcfEPP5Juk9wa5zonKonQuJxCU5C1R04zZWtoqJTYkhTM4MbyEqZujfRfJrwICmHCxy1&#10;94wguAF3ytSZ6xFDWtS1kAPnlOFUMESoNtwN2GGCa8GhtW1GSzmEIqoWFC/tlEoeC4KziXrn2nVM&#10;TCtJuitwRQ3Rdg+tyGT4c6KuBWfQFpUGHt0U+BAHZ03N0L4rgnqibshrHbiRxPRca2sL8x29Gw6S&#10;0ihRp9Kkpmkyw4zEEBgTPLlKB+6CGQqcSrAzfWAoEGgqMvVBarqAJjOUBJSwBY4td3gnBVBZZTg3&#10;djKfxti9KlWs0JrY3WRmkMGX4QaCMujowCmnTKEuB9ETNciASSbeDX0ujUmTmeDIRwWumbm04UYw&#10;viXSxVM1fOi1UcLjTBVO+dHWDEFX0Mhl6taKoW2RNKCwU+A4dkczhtEj7WWmjtSdGRTGKzTRIonq&#10;KZw6vGsldBnOGSI9Iaeld0PrZyh8E/VA6mtHAmMQVFR4sJTxTeox2UEyUrexHG/Hd8NQPgbGBJew&#10;1uHdemJeLgwtxUqniTVOCW8qPMjOZMFQYA9U4YkZmnbZYcZTllBmJLjRQ08zcBsokRKc+pMeuKnI&#10;QYkw5FrMWnqWjhEMXgowiTq9e88IOHgpCtxr2UnyGDgdX4EPgoFxk3crlKSFzMyQkDu5yTJ4V1XU&#10;GIvbFhl1p2k4oqgON+wkSrKRNAwwMpw01bbIuPAyZXbt6OQ7kcAquixVqCsd++3WqVrStq3DaC16&#10;3sRACv8s1An2nQobIyEw5dLNGeMYhjSZMXRxrsAt85CO3pETo8yKxCJpo5vUmWMNTD+S3pnZdaYV&#10;LAlI2wXuqbU7iiSis2rL1OmFO9MeGjjCWC7dKG97KwamavhHgbP76LiHHTAaQlcSNQTOuK0Zeiyl&#10;M5xoGUdnTUXSFKqyo8VRepGAuaTSRVSqiTg+a1HHg3CJXLp5xQSonYapZWg5CpwikbzTpE67bEpH&#10;yUDZPBKVjqi7xMirV1Iypx2H0fe2FY92r4Q98bIm7gew77vX9isddSFcFhrl1QIKlodLj+SSX7z0&#10;YKvH8rVWDlhWqjbv9h7EfDI+LhxfLmCUoJlsZlv63bevt6yw9yicfG7vkWAl6NTe76ntR5y+xvFM&#10;jAlUZ/RSLT+h59ZlCkRN3OlyqciYBCfKhHuHr7dI5xiJVHEb0wLel+7fhFdl1B3Ct1lSeju8evmq&#10;8HzPn78vKT/vr/RSD/01Rf4v91cq8VgDJItlppszwT1/pVOnKs7+ytiUfUE5m9/fXysr+Gvh5HP+&#10;mk2fGBNuR/FPuWucTJYGTRC42gk8TuhKYNNMVTp1EzNVpj9Zrbx51pnb8w5WhKRDcBKNN32WXYqq&#10;EynqPXqdloezIoTfesC2MzckXZvKNzuWXifHvLZ0xMzGemNAagKqw8SJonHqcBILz7IoYekgOn0Z&#10;PWIoiyxFmdqJerSIlBaZE3rdTjccY3MdR2rmEY8DXw2AeYmKiPFI4lnGsr/TrTKkMKULIsAPnQKY&#10;/SU7yUSbESliNk9+iIvizIn0KSu37IQBBUVvpk192NmFB94IKuMHOifXmZ+RuZht5LzIcJn+vMl4&#10;XFyxhcu8MBvrLMTZALCLzsfJrT2HIIbxvk+GM4ruCMqMKFTLohrtdIZU6ugxC8owt9OLSWayugyg&#10;vmAnxdsStsxb0U5naUT7ywqreBsTurbRMgbDZ4plsZ1uhxRmKrevpBndGVLQKfO6Vlb3Qya+bSPw&#10;Ov0Uu7pXOOSXHP+vXsJMbxzzFnZ637S8MR5f877/Ob20efde+4t/AQAA//8DAFBLAwQUAAYACAAA&#10;ACEA9ntIeOMAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQW+CQBCF7036HzbTpDddqEopZTHG&#10;tD0Zk2oT422FEYjsLGFXwH/f8dTe3sy8vPleuhxNI3rsXG1JQTgNQCDltqipVPCz/5zEIJzXVOjG&#10;Eiq4oYNl9viQ6qSwA31jv/Ol4BByiVZQed8mUrq8QqPd1LZIfDvbzmjPY1fKotMDh5tGvgRBJI2u&#10;iT9UusV1hflldzUKvgY9rGbhR7+5nNe3436xPWxCVOr5aVy9g/A4+j8z3PEZHTJmOtkrFU40CiZz&#10;ruJ5v4hmEYi7I3ybszqxiuLXGGSWyv8tsl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;Vg6A6zALAAAfLwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA9ntIeOMAAAANAQAADwAAAAAAAAAAAAAAAACKDQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAJoOAAAAAA==&#10;">
+            <v:group w14:anchorId="3FF05728" id="Group 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-2pt;margin-top:781.8pt;width:599.3pt;height:62.1pt;z-index:-251660288;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="76111,7886" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWDoDrMAsAAB8vAAAOAAAAZHJzL2Uyb0RvYy54bWzsmllvG8kRx98D5DsQfI/Vd08LlhfOem0E&#10;WGwWWAd5HlPUgVAcZkhb8rfPry9dtrodx9kAgfUgDcX/1FRV113z/Iebq83iw3reX07bk6V8JpaL&#10;9XY1nV5uz0+Wf3v7+k/DcrE/jNvTcTNt1yfLj+v98ocXf/zD8+vd8VpNF9PmdD0vILLdH1/vTpYX&#10;h8Pu+Ohov7pYX437Z9NuveXLs2m+Gg98nM+PTufxGupXmyMlhDu6nubT3Tyt1vs9/32Vv1y+SPTP&#10;ztarw1/Pzvbrw2JzsoS3Q/o9p9/v4u+jF8/H4/N53F1crgob41dwcTVebnnoLalX42FcvJ8vPyF1&#10;dbmap/10dni2mq6OprOzy9U6yYA0UjyS5s08vd8lWc6Pr893t2pCtY/09NVkV798eDPvftv9Omfu&#10;ufx5Wv1jj16Ornfnx/e/j5/P78A3Z/NVvAkhFjdJox9vNbq+OSxW/NM7KaUIy8WK7/wwOF9Uvrrg&#10;XD65bXXxU/vGo/E4PzYxd8vM9Q7r2d8paP+fKei3i3G3TnrfRwX8Oi8uT0+WarnYjlfY8JtiLipa&#10;T3w0mKjB8mlflPlIP85rHdAEipBeKZ9NryrKKauUxEKjoqTKarqVdjxevd8f3qynpPDxw8/7Qzbc&#10;03o1XtSr1c22Xs6YfzT8TTL8w3KB4c/LBYb/Lj99Nx7iffEU4+Xi+mRZGYn/u5o+rN9O6dvDo7OC&#10;tbtvN9v7qEgBz0ySptMGmxFcxMdgWvkiPZrr+8JttokLbUXyp/20uTx9fbnZRC728/m7Hzfz4sMY&#10;vTn9RDmg8AC2m/eHV+P+IuPSVwW22Saz3h/nM4pn9246/cgBX3OmJ8v9P9+P83q52PxliwnFeFEv&#10;5nrxrl7Mh82PU4oqSUE88+3N38d5t4iPP1keONlfpmpJ43E9tCj6LTbeuZ1evj9MZ5fxRLHqylH5&#10;gFVnG/uvm7d+bN46Ku2LzVtZI1BYsl6lhM0GVs3bBuWMtdm8nRFeJgDKqF5y3waqrgin397Ab1m5&#10;wNgzJ/EY7qx5l2xdWRnIXchTbfgO8dDes9QVVb+rfzO1jOFxDrvOJlsB9W8GRu7kYNKDvwCujZbB&#10;yQRXPliXYhJqrVTr3yKU00K7GoR8IDK3mFFCBemzJ0uCEgppwaVVgxwyM84Hadpo4b0aMnHtpJZN&#10;tPPOhExaWmdS9HxSTK0sukhKMTGQtJj+9Jyrylabab/Ot3aj1oP48yhM6Z/cnwsL92DJ1b+HoU+y&#10;LKb/MMsmK/qKMJQDEuc3HtcoRDFi3VCikNd++B+m2coKUahw8rko9DC2PBWBnFXB5xhgKTFa5s5j&#10;tc1Y4zuuIZ01MmO9yAXLky6npDU+Y4NRbR6Us1ZnrJTBpjzzJGEtrS3CSdOTTjvrinTSa+eaqjDS&#10;+iIegc6244+BbpFPEV7aYdZKO+gc2ZTTt0ZWA0v9WyK+s0Mo4OBEmw0nLUE+HbVWwbQjrHOQqwE2&#10;1p4tw/DSiRLqgXbyiHcE7EzZaKfbbAzSkaNyNPZGtlU3OMrHDLYSCZs8B+kwj0TZknvagT44jqKA&#10;g3btDCJRHKkjkXbaUrm0dCeFIzsVtB9M+wzpiHCAjKYRUG0ZAaPsgqZ9anuLVMCLlAMZu+0BUgHm&#10;9GKVM1j8ti2llmT1jA7C9YoB3G+wBW1tx1SlkS4WDKl+FML4TqVhnAu+wq3p8WIliitwDqunRIue&#10;i6DESyqZtl6cpJylfE61L+Q7akTnSla46zkEtL3yBa4pDTvM+NhnVjiH21HkQJwMBU7c1m0fkjTw&#10;popqBkv51vQLqke8OGvGUqp23Chgur7ACV0dOAMT73SF20BibzGjBDVkKHAvg2ofk5LSe+J8OlXv&#10;Qzf/OY/DZfgQI2ibGSWpPgo8CKnax6QUnkeFnJgJCN2OAkpLH0q1HFNbx5uUdoMg/0XqSgwDSmoq&#10;0lDkywKn5ncdZozDyAqc8BTaJkYiHuA/M0M/wZ1NZijoFCQT79r43Hg+WU3E5ip2BAmO6/WYIYaZ&#10;OJWJmjEYQcfEPP5Juk9wa5zonKonQuJxCU5C1R04zZWtoqJTYkhTM4MbyEqZujfRfJrwICmHCxy1&#10;94wguAF3ytSZ6xFDWtS1kAPnlOFUMESoNtwN2GGCa8GhtW1GSzmEIqoWFC/tlEoeC4KziXrn2nVM&#10;TCtJuitwRQ3Rdg+tyGT4c6KuBWfQFpUGHt0U+BAHZ03N0L4rgnqibshrHbiRxPRca2sL8x29Gw6S&#10;0ihRp9Kkpmkyw4zEEBgTPLlKB+6CGQqcSrAzfWAoEGgqMvVBarqAJjOUBJSwBY4td3gnBVBZZTg3&#10;djKfxti9KlWs0JrY3WRmkMGX4QaCMujowCmnTKEuB9ETNciASSbeDX0ujUmTmeDIRwWumbm04UYw&#10;viXSxVM1fOi1UcLjTBVO+dHWDEFX0Mhl6taKoW2RNKCwU+A4dkczhtEj7WWmjtSdGRTGKzTRIonq&#10;KZw6vGsldBnOGSI9Iaeld0PrZyh8E/VA6mtHAmMQVFR4sJTxTeox2UEyUrexHG/Hd8NQPgbGBJew&#10;1uHdemJeLgwtxUqniTVOCW8qPMjOZMFQYA9U4YkZmnbZYcZTllBmJLjRQ08zcBsokRKc+pMeuKnI&#10;QYkw5FrMWnqWjhEMXgowiTq9e88IOHgpCtxr2UnyGDgdX4EPgoFxk3crlKSFzMyQkDu5yTJ4V1XU&#10;GIvbFhl1p2k4oqgON+wkSrKRNAwwMpw01bbIuPAyZXbt6OQ7kcAquixVqCsd++3WqVrStq3DaC16&#10;3sRACv8s1An2nQobIyEw5dLNGeMYhjSZMXRxrsAt85CO3pETo8yKxCJpo5vUmWMNTD+S3pnZdaYV&#10;LAlI2wXuqbU7iiSis2rL1OmFO9MeGjjCWC7dKG97KwamavhHgbP76LiHHTAaQlcSNQTOuK0Zeiyl&#10;M5xoGUdnTUXSFKqyo8VRepGAuaTSRVSqiTg+a1HHg3CJXLp5xQSonYapZWg5CpwikbzTpE67bEpH&#10;yUDZPBKVjqi7xMirV1Iypx2H0fe2FY92r4Q98bIm7gew77vX9isddSFcFhrl1QIKlodLj+SSX7z0&#10;YKvH8rVWDlhWqjbv9h7EfDI+LhxfLmCUoJlsZlv63bevt6yw9yicfG7vkWAl6NTe76ntR5y+xvFM&#10;jAlUZ/RSLT+h59ZlCkRN3OlyqciYBCfKhHuHr7dI5xiJVHEb0wLel+7fhFdl1B3Ct1lSeju8evmq&#10;8HzPn78vKT/vr/RSD/01Rf4v91cq8VgDJItlppszwT1/pVOnKs7+ytiUfUE5m9/fXysr+Gvh5HP+&#10;mk2fGBNuR/FPuWucTJYGTRC42gk8TuhKYNNMVTp1EzNVpj9Zrbx51pnb8w5WhKRDcBKNN32WXYqq&#10;EynqPXqdloezIoTfesC2MzckXZvKNzuWXifHvLZ0xMzGemNAagKqw8SJonHqcBILz7IoYekgOn0Z&#10;PWIoiyxFmdqJerSIlBaZE3rdTjccY3MdR2rmEY8DXw2AeYmKiPFI4lnGsr/TrTKkMKULIsAPnQKY&#10;/SU7yUSbESliNk9+iIvizIn0KSu37IQBBUVvpk192NmFB94IKuMHOifXmZ+RuZht5LzIcJn+vMl4&#10;XFyxhcu8MBvrLMTZALCLzsfJrT2HIIbxvk+GM4ruCMqMKFTLohrtdIZU6ugxC8owt9OLSWayugyg&#10;vmAnxdsStsxb0U5naUT7ywqreBsTurbRMgbDZ4plsZ1uhxRmKrevpBndGVLQKfO6Vlb3Qya+bSPw&#10;Ov0Uu7pXOOSXHP+vXsJMbxzzFnZ637S8MR5f877/Ob20efde+4t/AQAA//8DAFBLAwQUAAYACAAA&#10;ACEA9ntIeOMAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQW+CQBCF7036HzbTpDddqEopZTHG&#10;tD0Zk2oT422FEYjsLGFXwH/f8dTe3sy8vPleuhxNI3rsXG1JQTgNQCDltqipVPCz/5zEIJzXVOjG&#10;Eiq4oYNl9viQ6qSwA31jv/Ol4BByiVZQed8mUrq8QqPd1LZIfDvbzmjPY1fKotMDh5tGvgRBJI2u&#10;iT9UusV1hflldzUKvgY9rGbhR7+5nNe3436xPWxCVOr5aVy9g/A4+j8z3PEZHTJmOtkrFU40CiZz&#10;ruJ5v4hmEYi7I3ybszqxiuLXGGSWyv8tsl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;Vg6A6zALAAAfLwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA9ntIeOMAAAANAQAADwAAAAAAAAAAAAAAAACKDQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAJoOAAAAAA==&#10;">
               <v:shape id="Graphic 2" o:spid="_x0000_s1027" style="position:absolute;left:6733;top:172;width:62523;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6252210,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB2HlEBxQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EJujewUh8a1HEKg0EMuzg/pcbE2tqm1Mpaa2H76KFDocZiZb5hsPZhWXKl3jWUF8TwC&#10;QVxa3XCl4Hj4fH0H4TyyxtYyKRjJwTp/fsow1fbGBV33vhIBwi5FBbX3XSqlK2sy6Oa2Iw7exfYG&#10;fZB9JXWPtwA3rVxE0VIabDgs1NjRtqbyZ/9rFDSX8e30HSe7qT1PRRcnq9NwXik1exk2HyA8Df4/&#10;/Nf+0goW8LgSboDM7wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB2HlEBxQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l6252006,e" filled="f" strokeweight=".5pt">
                 <v:path arrowok="t"/>
               </v:shape>
               <v:shape id="Graphic 3" o:spid="_x0000_s1028" style="position:absolute;left:254;top:1222;width:59264;height:6407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5926455,640715" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB/OOsawwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heQVvummFRtJsQg0WxEOhau+P7GuSNvs2ZNck+uu7hYLHYWa+YdJ8Mq0YqHeNZQWPqwgE&#10;cWl1w5WC8+ltuQHhPLLG1jIpuJKDPJvPUky0HfmDhqOvRICwS1BB7X2XSOnKmgy6le2Ig/dle4M+&#10;yL6SuscxwE0rn6LoWRpsOCzU2FFRU/lzvBgFLHff8aU63N7LcRubCdtNsftUavEwvb6A8DT5e/i/&#10;vdcK1vB3JdwAmf0CAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfzjrGsMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m25198,l,,,640650r5926184,l3431961,279562,2630369,177909,2029176,112798,1528181,67914,1077286,36131,676491,15647,325795,4350,25198,xe" fillcolor="#003e6b" stroked="f">
                 <v:path arrowok="t"/>
               </v:shape>
               <v:shape id="Graphic 4" o:spid="_x0000_s1029" style="position:absolute;left:254;top:254;width:61156;height:7378;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6115685,737870" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBWlZtTxQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5Qm91Y3SiEbXIIIiUoqNLejtkX0modm3Ibsm6b/vFgo9DjPzDbNKB1OLjlpXWVYwGUcg&#10;iHOrKy4UfJx3z3MQziNrrC2Tgm9ykK4fH1aYaNvzO3WZL0SAsEtQQel9k0jp8pIMurFtiIN3s61B&#10;H2RbSN1iH+CmltMomkmDFYeFEhvalpR/ZXej4DCj0+ltOokXx+t1v4i5vrwOn0o9jYbNEoSnwf+H&#10;/9oHreAFfq+EGyDXPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBWlZtTxQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l65297,2599r50060,2151l165417,7027r50060,2402l265537,11953r50060,2646l365657,17366r50060,2885l465777,23252r50059,3118l565896,29601r50060,3343l666016,36399r50060,3563l766136,43634r50060,3778l866256,51294r50059,3986l966375,59367r50060,4188l1066495,67841r50060,4383l1166615,76703r50060,4573l1266734,85942r50060,4756l1366854,95544r50060,4934l1466974,105498r50060,5105l1567094,115791r50059,5271l1667213,126412r50060,5429l1767333,137348r50060,5582l1867453,148586r50059,5729l1967572,160115r50060,5870l2067692,171922r50060,6005l2167812,183996r50060,6132l2267931,196323r50060,6255l2368051,208892r50060,6371l2468171,221690r50060,6481l2568290,234705r50060,6585l2668410,247925r50060,6683l2768530,261338r50060,6775l2868649,274931r50060,6861l2968769,288693r50060,6940l3068889,302610r50060,7014l3169008,316671r50060,7081l3269128,330864r50060,7142l3369248,345176r50059,7197l3469367,359595r50060,7246l3569487,374109r50060,7288l3669607,388705r50059,7325l3769726,403372r50060,7356l3869846,418097r50060,7380l3969966,432867r50059,7399l4070085,447672r50060,7411l4170205,462497r50060,7417l4270324,477332r50060,7417l4370444,492164r50060,7411l4470564,506981r50060,7398l4570683,521770r50060,7380l4670803,536519r50060,7356l4770923,551216r50059,7326l4871042,565849r50060,7289l4971162,580406r50060,7246l5071282,594874r50059,7197l5171401,609241r50060,7142l5271521,623495r50060,7080l5371641,637623r50059,7013l5471760,651614r50060,6940l5571880,665455r50060,6860l5672000,679134r50059,6775l5772119,692638r50060,6683l5872239,705956r50060,6586l5972359,719076r50059,6481l6072478,731984r42994,5472e" filled="f" strokecolor="#6580a3" strokeweight="4pt">
                 <v:path arrowok="t"/>
               </v:shape>
               <v:shape id="Graphic 5" o:spid="_x0000_s1030" style="position:absolute;left:63040;top:4955;width:12814;height:2673;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1281430,267335" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAjrsiSwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq96UZLRFI3YguFipcae+jxkX3Jhu6+Ddmtpv56tyB4HGbmG2a9GZ0VJxpC51nBfJaB&#10;IK697rhV8HV8n65AhIis0XomBX8UYFM+TNZYaH/mA52q2IoE4VCgAhNjX0gZakMOw8z3xMlr/OAw&#10;Jjm0Ug94TnBn5SLLltJhx2nBYE9vhuqf6tclyuE1+9zPc/Ntd5etXTTPMl+yUk+P4/YFRKQx3sO3&#10;9odWkMP/lXQDZHkFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAI67IksMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m1281400,l1066927,38488,768392,96692,420101,170659,,267297r1281400,l1281400,xe" fillcolor="#758dad" stroked="f">
                 <v:path arrowok="t"/>
               </v:shape>
               <v:shape id="Graphic 6" o:spid="_x0000_s1031" style="position:absolute;left:60626;top:3318;width:15233;height:4312;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1523365,431165" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQABO3gowQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bi8Iw&#10;FITfhf0P4Sz4pum6UErXKCIr+LAI3t4Pzdmm2JyUJvby740g+DjMzDfMcj3YWnTU+sqxgq95AoK4&#10;cLriUsHlvJtlIHxA1lg7JgUjeVivPiZLzLXr+UjdKZQiQtjnqMCE0ORS+sKQRT93DXH0/l1rMUTZ&#10;llK32Ee4reUiSVJpseK4YLChraHidrpbBW5Mt9c93b/r7q/Pxux3PJSmUmr6OWx+QAQawjv8au+1&#10;ghSeV+INkKsHAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAE7eCjBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,430998l79915,406301r49089,-15087l178096,376191r49095,-14958l276289,346343r49102,-14818l374496,316781r49109,-14668l472718,287525r49116,-14506l570955,258597r49125,-14333l669209,230020r49134,-14150l767482,201815r49143,-13956l865773,174004r49153,-13751l964084,146609r49163,-13535l1062416,119651r49174,-13308l1160770,93153r49185,-13070l1259147,67136r49198,-12821l1357548,41622r49210,-12562l1455975,16633,1505198,4342,1522790,e" filled="f" strokecolor="white" strokeweight="4pt">
                 <v:path arrowok="t"/>
               </v:shape>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
@@ -28968,51 +28877,51 @@
                       </w:rPr>
                       <w:t xml:space="preserve">Version: 5, Version Date: </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial"/>
                         <w:spacing w:val="-2"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>10/08/2022</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3BDD1250" w14:textId="77777777" w:rsidR="008F6B45" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487263744" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F803A0D" wp14:editId="75400991">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>-25400</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9919810</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7611109" cy="798195"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -29677,51 +29586,51 @@
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="50800">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="323AFC15" id="Group 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:-2pt;margin-top:781.1pt;width:599.3pt;height:62.85pt;z-index:-16052736;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="76111,7981" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3RSuY8goAAKgsAAAOAAAAZHJzL2Uyb0RvYy54bWzsmltvW8cRx98L9DsQfK+194sQOXDj2CgQ&#10;JAHios80RV1Qioc9pC372/e3N0qW4900TfNQxAbEQ/J/hjOzc5/z1dcf7raL95v5cDvtLpbymVgu&#10;Nrv1dHm7u75Y/v3Nq7+E5eJwXO0uV9tpt7lYftwcll8///Ofvrrfn2/UdDNtLzfzAiK7w/n9/mJ5&#10;czzuz8/ODuubzd3q8Gzab3Z8eTXNd6sjb+frs8t5dQ/1u+2ZEsKd3U/z5X6e1pvDgU9fli+XzzP9&#10;q6vN+vjD1dVhc1xsL5bwdsx/5/z3bfp79vyr1fn1vNrf3K4rG6tfwcXd6nbHj55IvVwdV4t38+1n&#10;pO5u1/N0mK6Oz9bT3dl0dXW73mQZkEaKJ9K8nqd3+yzL9fn99f6kJlT7RE+/muz6+/ev5/1P+x/n&#10;wj2X303rfx7Qy9n9/vr88ffp/fUD+MPVfJduQojFh6zRjyeNbj4cF2s+9E5KKeJyseY7H4OMtqh8&#10;fcO5fHbb+ubb/o1nq/Pys5m5EzP3e6zn8KCgw3+noJ9uVvtN1vshKeDHeXF7iXEjxm51hxG/rvbC&#10;J+gp/TiopMP67lDV+URDyhqBDaIJqZQOvmiiqcrGGIKxRVXOCmWydZ4kXp2v3x2OrzdTVvrq/XeH&#10;YzHey3a1umlX6w+7djnjAsn4t9n4j8sFxj8vFxj/2/L7+9Ux3ZdOMl0u7i+WJ1ZuLpaVk/T13fR+&#10;82bKwOOTo4PLh2+3u89RzsQg8tkDbYD2us/k0q9aq7OCfgFc6yicQ1/oU3kVnUnyfJG6siEKX6hL&#10;rziALlzG4EOopyWCMPm0vkhdmuBCKMw4I0XoExcaYQtxrbXoc+60TW6T7Ub7qLqkVTAmYqgoRRvV&#10;J1wYaFbWDmO9nQ6boslkD1mlJxtBAY+t8DBtby9f3W63ySgO8/Xbb7bz4v0qxVqhv3V/raw+guG3&#10;h/PiH+nq7XT5Efe6x6Eulod/vVvNm+Vi+7cdDgx3x3Yxt4u37WI+br+ZckzP9jgfjm8+/GM17xd7&#10;Li+WR7zq+6n58eq8uQv8J0DBpjt304t3x+nqNvlS5q1wVN8QU4p//8+Di0LcT4MLn8DTrwguJcxw&#10;7+q8xRYno8POahg2XpcwjDZaiHp8qk1ZZLPfPracWCG2+MJJ4vQhepRg8KltPnzbrLSgPK4mSwSI&#10;uu8YUhnpCtaKMHB+b5QqWK/dUwf5lAWljAoFG73r86C80aZgyQDBdT1ZK2OqcNJE3edYe2NgNMcI&#10;7wgAxYEbq+21aI24YJO9pcApbOgHCeONrXFQaUuI61G2yjjSVqbsvOjzbDn+mg9VjLrPhlPGVwG1&#10;Vr4fjZ03oQqonR8YhlemBXoj1MkxmsraazU4z1GU8Gp0dH02giIUV7BHjV3VBW+FLWArnepTjsrK&#10;VI5wgtY62ddz9Fb6Co5J470TlEJZVSV0OoRRIvOWs8uMuCB9/wylVBYTymivrO3LKKW3RlY0ttT3&#10;FvzJGl/QQTpKzq6UylNpVDTK7h+N1DAbCzpKoWWftvbWVSmjDQNTlUZZX6WUQgQ5IG689ZDMjo7v&#10;jnixlD26wqnDR0q0niqpwR0hsy+pUzZyipkZJR+SSvOZ9lp8Rzo8WDY4PjrQuldONFG1GhqXp9do&#10;omqPNfZ5DyplosK70cr1fUgGYrtt8BBL5f/lcjBCUFa4JSYO3IjMAcuFGSfMAK6EcoajzHp3/FCf&#10;uhKecrrCqXxtX+9KKmfBZOoeNfUDBgfjnKzwgCb7nkfh7Rz+lqlHYUjJPUdVyhPAG5xyvx8FFAfp&#10;a62MluLAm1SykyqqEhHV9JkxysUqqpKEhAEzZKxISEyiIrYYdBzEXaJcgwc76AoIG17ECtdWEM26&#10;iiTKSVvhVEIjZpz3SjZ4IIr0qXs6sCaqNZEip8sMIYy+p2jGERcG8KCoWBucBmegd2KuqX0koR1f&#10;6TMTAZFC8zEFrH9gBNETghs84opd6lpgwVQgmXrEZEZwwhgtXoJzazT9sKQlpZBt8JiCcU/vWnof&#10;ZIVLSoG+ZjTeF3yFM44YFH+pLEtVeOZdU58MmAEfY6mGtQ60833etWeAUOHG2kGGp/kll1Z48qyB&#10;3qkdJGaYeac3V31711YFRe7NcMx3UPhoSxxtolKpm36boJ0KeHShDls0bt1TdT7QB1V4HEUC7ZkR&#10;+AqnLRy4h8ZkbGodsUgjtB8McXRQwdbRhmH0N4jvTMECE6ZCXZI+BqJyMES9AicoIXVXMxH7dRVO&#10;2zCofSn/A+dUqBuq8b5FGsGEKDR4EAPNGKlCNBVuKW37Fmmo2akHCzPJIPqi0rAyDqtwz/Cw73wG&#10;34OfQp2Qwxytp8iU1iW9QDYCUlPoG7BJYyqKmAznahAJ8Ieom6h0TIPpmTGEGVqvRN0y0iNNdXmn&#10;Q0HcApfGE//6cB8Ns9lMnSnAoIk1jpYRZRc4d/YDtqE8oaotcE3xMWAmzTVJGZk6ahpphgBM1Vzg&#10;lnQ/MGCMHfer8EAH2tdMYIBP7s3MUPONjCDSGRJ2M9xrFN+nHskGTdTAsfZ5p+ARtKqFemKszzsm&#10;izNVeGT60XcP6gEh0yweE3NpEt83MSuDYJJS4WThAVyR2uvkOlc//UhArhF0oIU6e4NBbrIM+jRD&#10;ncy7FiNvog2m4WhwiucBM4ToVJpm6oyaSSQ9b7KGpE2GyXDG2IOwRFMumPRUONF1cExMplwT1ZFk&#10;+1nbOi2YwBXq+MmgzbIuYDUNHnHdvqjk6UAbmUUNSNF3bbil46hwXGXgHrTxIhJcMnUcZdDE2UBu&#10;rKJS+5B5+rxH6jVRSjcC5CgSMAyRtBCZGc+hDmoxx8iEBqjA8x6my4xjCkJ5VeCaMquvd7p+SbVX&#10;4WkN06cugyTRF7ixBJEBHHeuYwWfoven8T3tE0ZLku0u79RSBMor4kfbkCdLE8ZG4kX7gU9gaWnx&#10;cnW4KcuV/NWJ7bqr+GOp8tnGNs3wnyxVchL6xUuVNBpkrpWNhVhHTZi0/rBXwfREHnin9TYNcDy5&#10;5e++Vzmxwl6lcvJze5UEYwKTJWqh+0vbFUKCYcCXsZpRRrPMNtZrr2W8RyjmfwZHBs59LzRML2ph&#10;LpmpkH96WaRQRSrK+S7wsXT/Ibwpown126xBmae+fPGy8vzIo/9Yg7bdbPXF+oxFyhJPPDbH51/u&#10;sYLtVq32taYRyZb1yGNtLmDKJtToIGk+i+n9/h7bWMFjKyc/57G1OWb8cZrzfslhU14urm0kU61+&#10;JcdDCkyvSmgTNKf9CkHah2EN9w3mUtTXqUdMxQonIAbTcgbrDKYKmtnBaGQgGOcUKbWhS+7nb42S&#10;G226TCagvUDDgIPNYeFEslDt64Qtqq1THVodmswubcvuoxbOjEg0A8oeJwy42gqT4RUDmz46/XwZ&#10;R6FMxtRdNNsAnpzJUuIrVKF9dHlqK51lmgcOesq00q8jFDZCjq1ZT0qa4VRWJ9qSonaQBng6ytU5&#10;lwxU533aDFuIvoU2G7bBAp1Ja9oWZE6owga9Letq0dIXzRP1YU9K0iiPGxWzorFMXteHkxDrYpwl&#10;KB1UHw6YvV1hHUceOISUbPjqIiDSUvS7ckm/SX2fiTNcGOxTKNsDKTij08qp72xS65OtWJYNfYeQ&#10;mkFhmy5HCve+Ugwz19oUKCyl78g8vUXpVso8apFBAJKWhzhqlGD7NWDEMtyqAehT5G/bOrzK/6pO&#10;HhUa5Xmn/6vWIT/6yeOw+cm0+uhuet728fvcEz08YPz83wAAAP//AwBQSwMEFAAGAAgAAAAhAAxB&#10;u+HkAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FvgkAQhe9N+h8206Q3XaBKFVmMMW1Ppkm1&#10;SeNthBGI7CxhV8B/3/XU3mbmvbz5XroedSN66mxtWEE4DUAQ56aouVTwfXifLEBYh1xgY5gU3MjC&#10;Ont8SDEpzMBf1O9dKXwI2wQVVM61iZQ2r0ijnZqW2Gtn02l0fu1KWXQ4+HDdyCgIYqmxZv+hwpa2&#10;FeWX/VUr+Bhw2LyEb/3uct7ejof5588uJKWen8bNCoSj0f2Z4Y7v0SHzTCdz5cKKRsFk5qs4f5/H&#10;UQTi7giXsxjEyU/x4nUJMkvl/xbZLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC3RSuY&#10;8goAAKgsAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAM&#10;Qbvh5AAAAA0BAAAPAAAAAAAAAAAAAAAAAEwNAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAXQ4AAAAA&#10;">
+            <v:group w14:anchorId="49D13DD8" id="Group 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:-2pt;margin-top:781.1pt;width:599.3pt;height:62.85pt;z-index:-16052736;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="76111,7981" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3RSuY8goAAKgsAAAOAAAAZHJzL2Uyb0RvYy54bWzsmltvW8cRx98L9DsQfK+194sQOXDj2CgQ&#10;JAHios80RV1Qioc9pC372/e3N0qW4900TfNQxAbEQ/J/hjOzc5/z1dcf7raL95v5cDvtLpbymVgu&#10;Nrv1dHm7u75Y/v3Nq7+E5eJwXO0uV9tpt7lYftwcll8///Ofvrrfn2/UdDNtLzfzAiK7w/n9/mJ5&#10;czzuz8/ODuubzd3q8Gzab3Z8eTXNd6sjb+frs8t5dQ/1u+2ZEsKd3U/z5X6e1pvDgU9fli+XzzP9&#10;q6vN+vjD1dVhc1xsL5bwdsx/5/z3bfp79vyr1fn1vNrf3K4rG6tfwcXd6nbHj55IvVwdV4t38+1n&#10;pO5u1/N0mK6Oz9bT3dl0dXW73mQZkEaKJ9K8nqd3+yzL9fn99f6kJlT7RE+/muz6+/ev5/1P+x/n&#10;wj2X303rfx7Qy9n9/vr88ffp/fUD+MPVfJduQojFh6zRjyeNbj4cF2s+9E5KKeJyseY7H4OMtqh8&#10;fcO5fHbb+ubb/o1nq/Pys5m5EzP3e6zn8KCgw3+noJ9uVvtN1vshKeDHeXF7iXEjxm51hxG/rvbC&#10;J+gp/TiopMP67lDV+URDyhqBDaIJqZQOvmiiqcrGGIKxRVXOCmWydZ4kXp2v3x2OrzdTVvrq/XeH&#10;YzHey3a1umlX6w+7djnjAsn4t9n4j8sFxj8vFxj/2/L7+9Ux3ZdOMl0u7i+WJ1ZuLpaVk/T13fR+&#10;82bKwOOTo4PLh2+3u89RzsQg8tkDbYD2us/k0q9aq7OCfgFc6yicQ1/oU3kVnUnyfJG6siEKX6hL&#10;rziALlzG4EOopyWCMPm0vkhdmuBCKMw4I0XoExcaYQtxrbXoc+60TW6T7Ub7qLqkVTAmYqgoRRvV&#10;J1wYaFbWDmO9nQ6boslkD1mlJxtBAY+t8DBtby9f3W63ySgO8/Xbb7bz4v0qxVqhv3V/raw+guG3&#10;h/PiH+nq7XT5Efe6x6Eulod/vVvNm+Vi+7cdDgx3x3Yxt4u37WI+br+ZckzP9jgfjm8+/GM17xd7&#10;Li+WR7zq+6n58eq8uQv8J0DBpjt304t3x+nqNvlS5q1wVN8QU4p//8+Di0LcT4MLn8DTrwguJcxw&#10;7+q8xRYno8POahg2XpcwjDZaiHp8qk1ZZLPfPracWCG2+MJJ4vQhepRg8KltPnzbrLSgPK4mSwSI&#10;uu8YUhnpCtaKMHB+b5QqWK/dUwf5lAWljAoFG73r86C80aZgyQDBdT1ZK2OqcNJE3edYe2NgNMcI&#10;7wgAxYEbq+21aI24YJO9pcApbOgHCeONrXFQaUuI61G2yjjSVqbsvOjzbDn+mg9VjLrPhlPGVwG1&#10;Vr4fjZ03oQqonR8YhlemBXoj1MkxmsraazU4z1GU8Gp0dH02giIUV7BHjV3VBW+FLWArnepTjsrK&#10;VI5wgtY62ddz9Fb6Co5J470TlEJZVSV0OoRRIvOWs8uMuCB9/wylVBYTymivrO3LKKW3RlY0ttT3&#10;FvzJGl/QQTpKzq6UylNpVDTK7h+N1DAbCzpKoWWftvbWVSmjDQNTlUZZX6WUQgQ5IG689ZDMjo7v&#10;jnixlD26wqnDR0q0niqpwR0hsy+pUzZyipkZJR+SSvOZ9lp8Rzo8WDY4PjrQuldONFG1GhqXp9do&#10;omqPNfZ5DyplosK70cr1fUgGYrtt8BBL5f/lcjBCUFa4JSYO3IjMAcuFGSfMAK6EcoajzHp3/FCf&#10;uhKecrrCqXxtX+9KKmfBZOoeNfUDBgfjnKzwgCb7nkfh7Rz+lqlHYUjJPUdVyhPAG5xyvx8FFAfp&#10;a62MluLAm1SykyqqEhHV9JkxysUqqpKEhAEzZKxISEyiIrYYdBzEXaJcgwc76AoIG17ECtdWEM26&#10;iiTKSVvhVEIjZpz3SjZ4IIr0qXs6sCaqNZEip8sMIYy+p2jGERcG8KCoWBucBmegd2KuqX0koR1f&#10;6TMTAZFC8zEFrH9gBNETghs84opd6lpgwVQgmXrEZEZwwhgtXoJzazT9sKQlpZBt8JiCcU/vWnof&#10;ZIVLSoG+ZjTeF3yFM44YFH+pLEtVeOZdU58MmAEfY6mGtQ60833etWeAUOHG2kGGp/kll1Z48qyB&#10;3qkdJGaYeac3V31711YFRe7NcMx3UPhoSxxtolKpm36boJ0KeHShDls0bt1TdT7QB1V4HEUC7ZkR&#10;+AqnLRy4h8ZkbGodsUgjtB8McXRQwdbRhmH0N4jvTMECE6ZCXZI+BqJyMES9AicoIXVXMxH7dRVO&#10;2zCofSn/A+dUqBuq8b5FGsGEKDR4EAPNGKlCNBVuKW37Fmmo2akHCzPJIPqi0rAyDqtwz/Cw73wG&#10;34OfQp2Qwxytp8iU1iW9QDYCUlPoG7BJYyqKmAznahAJ8Ieom6h0TIPpmTGEGVqvRN0y0iNNdXmn&#10;Q0HcApfGE//6cB8Ns9lMnSnAoIk1jpYRZRc4d/YDtqE8oaotcE3xMWAmzTVJGZk6ahpphgBM1Vzg&#10;lnQ/MGCMHfer8EAH2tdMYIBP7s3MUPONjCDSGRJ2M9xrFN+nHskGTdTAsfZ5p+ARtKqFemKszzsm&#10;izNVeGT60XcP6gEh0yweE3NpEt83MSuDYJJS4WThAVyR2uvkOlc//UhArhF0oIU6e4NBbrIM+jRD&#10;ncy7FiNvog2m4WhwiucBM4ToVJpm6oyaSSQ9b7KGpE2GyXDG2IOwRFMumPRUONF1cExMplwT1ZFk&#10;+1nbOi2YwBXq+MmgzbIuYDUNHnHdvqjk6UAbmUUNSNF3bbil46hwXGXgHrTxIhJcMnUcZdDE2UBu&#10;rKJS+5B5+rxH6jVRSjcC5CgSMAyRtBCZGc+hDmoxx8iEBqjA8x6my4xjCkJ5VeCaMquvd7p+SbVX&#10;4WkN06cugyTRF7ixBJEBHHeuYwWfoven8T3tE0ZLku0u79RSBMor4kfbkCdLE8ZG4kX7gU9gaWnx&#10;cnW4KcuV/NWJ7bqr+GOp8tnGNs3wnyxVchL6xUuVNBpkrpWNhVhHTZi0/rBXwfREHnin9TYNcDy5&#10;5e++Vzmxwl6lcvJze5UEYwKTJWqh+0vbFUKCYcCXsZpRRrPMNtZrr2W8RyjmfwZHBs59LzRML2ph&#10;LpmpkH96WaRQRSrK+S7wsXT/Ibwpown126xBmae+fPGy8vzIo/9Yg7bdbPXF+oxFyhJPPDbH51/u&#10;sYLtVq32taYRyZb1yGNtLmDKJtToIGk+i+n9/h7bWMFjKyc/57G1OWb8cZrzfslhU14urm0kU61+&#10;JcdDCkyvSmgTNKf9CkHah2EN9w3mUtTXqUdMxQonIAbTcgbrDKYKmtnBaGQgGOcUKbWhS+7nb42S&#10;G226TCagvUDDgIPNYeFEslDt64Qtqq1THVodmswubcvuoxbOjEg0A8oeJwy42gqT4RUDmz46/XwZ&#10;R6FMxtRdNNsAnpzJUuIrVKF9dHlqK51lmgcOesq00q8jFDZCjq1ZT0qa4VRWJ9qSonaQBng6ytU5&#10;lwxU533aDFuIvoU2G7bBAp1Ja9oWZE6owga9Letq0dIXzRP1YU9K0iiPGxWzorFMXteHkxDrYpwl&#10;KB1UHw6YvV1hHUceOISUbPjqIiDSUvS7ckm/SX2fiTNcGOxTKNsDKTij08qp72xS65OtWJYNfYeQ&#10;mkFhmy5HCve+Ugwz19oUKCyl78g8vUXpVso8apFBAJKWhzhqlGD7NWDEMtyqAehT5G/bOrzK/6pO&#10;HhUa5Xmn/6vWIT/6yeOw+cm0+uhuet728fvcEz08YPz83wAAAP//AwBQSwMEFAAGAAgAAAAhAAxB&#10;u+HkAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FvgkAQhe9N+h8206Q3XaBKFVmMMW1Ppkm1&#10;SeNthBGI7CxhV8B/3/XU3mbmvbz5XroedSN66mxtWEE4DUAQ56aouVTwfXifLEBYh1xgY5gU3MjC&#10;Ont8SDEpzMBf1O9dKXwI2wQVVM61iZQ2r0ijnZqW2Gtn02l0fu1KWXQ4+HDdyCgIYqmxZv+hwpa2&#10;FeWX/VUr+Bhw2LyEb/3uct7ejof5588uJKWen8bNCoSj0f2Z4Y7v0SHzTCdz5cKKRsFk5qs4f5/H&#10;UQTi7giXsxjEyU/x4nUJMkvl/xbZLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC3RSuY&#10;8goAAKgsAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAM&#10;Qbvh5AAAAA0BAAAPAAAAAAAAAAAAAAAAAEwNAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAXQ4AAAAA&#10;">
               <v:shape id="Graphic 19" o:spid="_x0000_s1027" style="position:absolute;left:254;top:1223;width:59988;height:6503;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5998845,650240" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB27+4OwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X+h+WKXgpulGw2NRVJKB4UkwttrchO2ZDs7Mhu8b4712h0Ns83ufMl72tRUetrxwrGI8SEMSF&#10;0xWXCo6f6+EMhA/IGmvHpOBGHpaL56c5ptpd+UBdHkoRQ9inqMCE0KRS+sKQRT9yDXHkzq61GCJs&#10;S6lbvMZwW8tJkrxJixXHBoMNZYaK3/xiFXRf69c8H992081PdjibjPer75NSg5d+9QEiUB/+xX/u&#10;rY7z3+HxSzxALu4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdu/uDsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l,649805r5998553,l3390665,272964,2589073,172223,1987880,108047,1486885,64108,1035990,33304,635195,13792,284499,3424,,xe" fillcolor="#003e6b" stroked="f">
                 <v:path arrowok="t"/>
               </v:shape>
               <v:shape id="Graphic 20" o:spid="_x0000_s1028" style="position:absolute;left:254;top:254;width:61963;height:7473;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6196330,747395" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDm0DnNwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JasMw&#10;EL0H+g9iCrklcgMpxY0SkoKxoYfSOBR6G6ypZWKNjCUvzddHh0KPj7fvDrNtxUi9bxwreFonIIgr&#10;pxuuFVzKbPUCwgdkja1jUvBLHg77h8UOU+0m/qTxHGoRQ9inqMCE0KVS+sqQRb92HXHkflxvMUTY&#10;11L3OMVw28pNkjxLiw3HBoMdvRmqrufBKth+4/AxmTx7L0+jzU9fDt2tUGr5OB9fQQSaw7/4z11o&#10;BZu4Pn6JP0Du7wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDm0DnNwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l74101,2932r50060,2151l174221,7360r50060,2402l274341,12286r50060,2647l374460,17699r50060,2885l474580,23585r50060,3118l574700,29934r50060,3343l674820,36732r50060,3563l774939,43967r50060,3778l875059,51627r50060,3986l975179,59700r50060,4188l1075299,68174r50059,4383l1175418,77036r50060,4573l1275538,86275r50060,4756l1375658,95877r50060,4934l1475777,105831r50060,5105l1575897,116124r50060,5271l1676017,126745r50060,5429l1776137,137681r50059,5582l1876256,148919r50060,5729l1976376,160448r50060,5870l2076496,172255r50059,6005l2176615,184329r50060,6132l2276735,196656r50060,6255l2376855,209225r50060,6371l2476974,222023r50060,6481l2577094,235038r50060,6585l2677214,248258r50060,6683l2777333,261671r50060,6775l2877453,275264r50060,6861l2977573,289026r50059,6940l3077692,302943r50060,7014l3177812,317004r50060,7081l3277932,331197r50059,7142l3378051,345509r50060,7197l3478171,359928r50060,7246l3578291,374442r50059,7288l3678410,389038r50060,7326l3778530,403705r50060,7356l3878650,418430r50059,7380l3978769,433200r50060,7399l4078889,448005r50060,7411l4179008,462830r50060,7417l4279128,477665r50060,7417l4379248,492497r50060,7411l4479367,507314r50060,7398l4579487,522103r50060,7380l4679607,536852r50059,7356l4779726,551549r50060,7326l4879846,566182r50060,7289l4979966,580739r50059,7246l5080085,595207r50060,7197l5180205,609574r50060,7142l5280325,623828r50059,7080l5380444,637956r50060,7014l5480564,651947r50060,6940l5580684,665788r50059,6860l5680803,679467r50060,6775l5780923,692971r50060,6684l5881043,706289r50059,6586l5981162,719409r50060,6481l6081282,732317r50060,6371l6181402,745002r14335,1791e" filled="f" strokecolor="#6580a3" strokeweight="4pt">
                 <v:path arrowok="t"/>
               </v:shape>
               <v:shape id="Graphic 21" o:spid="_x0000_s1029" style="position:absolute;left:62751;top:4974;width:13106;height:2749;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1310640,274955" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAvHResxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYIX0U0Uik1dRQRB1IKNinh7ZF+TtNm3Ibtq+u+7hYLHYWa+YWaL1lTiTo0rLSuIRxEI&#10;4szqknMFp+N6OAXhPLLGyjIp+CEHi3m3M8NE2wd/0D31uQgQdgkqKLyvEyldVpBBN7I1cfA+bWPQ&#10;B9nkUjf4CHBTyXEUvUiDJYeFAmtaFZR9pzejYHqja3qYbN/jOj9vr6+Xr/1gd1Sq32uXbyA8tf4Z&#10;/m9vtIJxDH9fwg+Q818AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALx0XrMYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m1310266,l1104595,36973,806060,95178,457769,169144,,274787r1310266,l1310266,xe" fillcolor="#758dad" stroked="f">
                 <v:path arrowok="t"/>
               </v:shape>
               <v:shape id="Graphic 22" o:spid="_x0000_s1030" style="position:absolute;left:60424;top:3343;width:15430;height:4382;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1543050,438150" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAGzgg7xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RSgMx&#10;FETfhf5DuAXfbNZFil2bFlvQLYJIt/2Ay+a6Wbq5CUls1369EQQfh5k5wyzXox3EmULsHSu4nxUg&#10;iFune+4UHA8vd48gYkLWODgmBd8UYb2a3Cyx0u7Cezo3qRMZwrFCBSYlX0kZW0MW48x54ux9umAx&#10;ZRk6qQNeMtwOsiyKubTYc14w6GlrqD01X1bB1Zx8XW+aerHYvr4Ff92/P3xslLqdjs9PIBKN6T/8&#10;195pBWUJv1/yD5CrHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAGzgg7xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,437818l59816,419276r49086,-15147l157991,389043r49091,-15024l256177,359061r49099,-14889l354377,329354r49105,-14745l452591,299942r49113,-14589l550820,270847r49121,-14421l649066,242092r49129,-14243l747329,213698r49138,-14054l845610,185688r49148,-13855l943911,158082r49158,-13645l1042232,130902r49168,-13422l1140575,104172r49179,-13191l1238940,77911r49191,-12947l1337329,52143r49203,-12693l1435742,26889r49217,-12428l1534182,2170,1542977,e" filled="f" strokecolor="white" strokeweight="4pt">
                 <v:path arrowok="t"/>
               </v:shape>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
@@ -30430,70 +30339,70 @@
                       </w:rPr>
                       <w:t xml:space="preserve">Version: 5, Version Date: </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial"/>
                         <w:spacing w:val="-2"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>10/08/2022</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43728F26" w14:textId="77777777" w:rsidR="007F16E0" w:rsidRDefault="007F16E0">
+    <w:p w14:paraId="17D9A29C" w14:textId="77777777" w:rsidR="00883BE9" w:rsidRDefault="00883BE9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C1D4532" w14:textId="77777777" w:rsidR="007F16E0" w:rsidRDefault="007F16E0">
+    <w:p w14:paraId="1AA22B4F" w14:textId="77777777" w:rsidR="00883BE9" w:rsidRDefault="00883BE9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D9D1EA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75A82804"/>
     <w:lvl w:ilvl="0" w:tplc="67187A42">
       <w:start w:val="12"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="382"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="003E6B"/>
         <w:spacing w:val="0"/>
         <w:w w:val="103"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
@@ -30724,118 +30633,127 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3644312C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9408" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1048182925">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1768847598">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008F6B45"/>
     <w:rsid w:val="00031B10"/>
+    <w:rsid w:val="002D17A1"/>
+    <w:rsid w:val="00306E2C"/>
     <w:rsid w:val="00480EDF"/>
+    <w:rsid w:val="004C51BC"/>
     <w:rsid w:val="005E15DD"/>
     <w:rsid w:val="005F7BD5"/>
     <w:rsid w:val="0068181C"/>
+    <w:rsid w:val="00766CCD"/>
     <w:rsid w:val="007F16E0"/>
+    <w:rsid w:val="00883BE9"/>
     <w:rsid w:val="00890A2C"/>
     <w:rsid w:val="008F6B45"/>
     <w:rsid w:val="00972B2C"/>
     <w:rsid w:val="00A67591"/>
     <w:rsid w:val="00CD1532"/>
+    <w:rsid w:val="00D328F5"/>
+    <w:rsid w:val="00D46F41"/>
+    <w:rsid w:val="00F34D0E"/>
+    <w:rsid w:val="00FE3493"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6A2982FA"/>
   <w15:docId w15:val="{F4503718-6438-484B-90FE-BAF61F7393AE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -31321,51 +31239,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00031B10"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00031B10"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:health@cockburn.wa.gov.au" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cockburn.wa.gov.au/Recreation-and-Attractions/Venues-for-Hire/Cockburn-Health-and-Community-Facility-Application/Terms-and-Conditions" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cockburn.wa.gov.au/s/redirect?collection=cockburn-search&amp;url=https%3A%2F%2Fwww.cockburn.wa.gov.au%2Fgetattachment%2F82b7d2e0-c1ae-4c7a-abe1-b970bad6e983%2Fattachment.aspx&amp;auth=oYdXNcc9UxQ3lxMLwUzpHg&amp;profile=_default&amp;rank=3&amp;query=wastewise%2Bpolicy" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cockburn.wa.gov.au/getattachment/60b5bcfb-13b0-41c3-afe2-69dced92588d/attachment.aspx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cockburn.wa.gov.au/getattachment/38c08b28-534a-454c-8c44-b5a332a73bd8/ECM_8727683_v2_Guide-to-run-a-community-event-pdf.aspx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cockburn.wa.gov.au/getattachment/38c08b28-534a-454c-8c44-b5a332a73bd8/ECM_8727683_v2_Guide-to-run-a-community-event-pdf.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cockburn.wa.gov.au/getattachment/60b5bcfb-13b0-41c3-afe2-69dced92588d/attachment.aspx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cockburn.wa.gov.au/getattachment/38c08b28-534a-454c-8c44-b5a332a73bd8/attachment.aspx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cockburn.wa.gov.au/s/redirect?collection=cockburn-search&amp;url=https%3A%2F%2Fwww.cockburn.wa.gov.au%2Fgetattachment%2F82b7d2e0-c1ae-4c7a-abe1-b970bad6e983%2Fattachment.aspx&amp;auth=oYdXNcc9UxQ3lxMLwUzpHg&amp;profile=_default&amp;rank=3&amp;query=wastewise%2Bpolicy" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cockburn.wa.gov.au/Recreation-and-Attractions/Venues-for-Hire/Cockburn-Health-and-Community-Facility-Application/Terms-and-Conditions" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cockburn.wa.gov.au/getattachment/38c08b28-534a-454c-8c44-b5a332a73bd8/attachment.aspx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -31616,75 +31534,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1438</Words>
-  <Characters>8197</Characters>
+  <Words>1598</Words>
+  <Characters>7994</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>68</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>319</Lines>
+  <Paragraphs>199</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ECM_10635361_v5_Public Building Event Application Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9616</CharactersWithSpaces>
+  <CharactersWithSpaces>9393</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ECM_10635361_v5_Public Building Event Application Form</dc:title>
   <dc:subject>Public Building Event Application Form</dc:subject>
   <dc:creator>TechnologyOne Rendering © 2022 - Version 12.0.0.0</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2022-08-10T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">