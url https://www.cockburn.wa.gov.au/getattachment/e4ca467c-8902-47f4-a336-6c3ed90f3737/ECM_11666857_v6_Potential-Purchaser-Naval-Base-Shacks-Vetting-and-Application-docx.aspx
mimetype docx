--- v0 (2025-10-02)
+++ v1 (2026-03-04)
@@ -7,198 +7,198 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="4CA69FB1" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="4CA69FB1" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F491727" w14:textId="07427E03" w:rsidR="00845805" w:rsidRPr="00027331" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="00027331" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="2F491727" w14:textId="07427E03">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc535243488"/>
-      <w:bookmarkStart w:id="1" w:name="_Toc20922870"/>
+      <w:bookmarkStart w:name="_Toc535243488" w:id="0"/>
+      <w:bookmarkStart w:name="_Toc20922870" w:id="1"/>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ASSIGNMENT FORM</w:t>
       </w:r>
       <w:r w:rsidRPr="001E352B">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00EC287C">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>– Naval Base Shacks – Shack # ______</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="220A0272" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="220A0272" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="320" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="750C89A1" w14:textId="28D94BFF" w:rsidR="00845805" w:rsidRPr="00027331" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="00027331" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="750C89A1" w14:textId="28D94BFF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>LEASE APPLICATION FORM</w:t>
       </w:r>
       <w:r w:rsidRPr="001E352B">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00EC287C">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1136 Cockburn Road, Henderson</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D08EADB" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="7D08EADB" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="320" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E739353" w14:textId="31A44146" w:rsidR="00EC287C" w:rsidRPr="00EC287C" w:rsidRDefault="00EC287C" w:rsidP="00EC287C">
+    <w:p w:rsidRPr="00EC287C" w:rsidR="00EC287C" w:rsidP="00EC287C" w:rsidRDefault="00EC287C" w14:paraId="5E739353" w14:textId="31A44146">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>PROPOSED PURCHASER signature</w:t>
       </w:r>
-      <w:r w:rsidR="00845805" w:rsidRPr="003E4985">
+      <w:r w:rsidRPr="003E4985" w:rsidR="00845805">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00845805">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidR="00845805">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:softHyphen/>
@@ -354,1785 +354,1830 @@
           <w:caps/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidR="00845805">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidR="00845805">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>……………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="206E1C61" w14:textId="3448E297" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="206E1C61" w14:textId="3448E297">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-360" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2623"/>
         <w:gridCol w:w="6715"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00845805" w14:paraId="3D70EE9E" w14:textId="77777777" w:rsidTr="00932471">
+      <w:tr w:rsidR="00845805" w:rsidTr="00932471" w14:paraId="3D70EE9E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B437DEB" w14:textId="75628895" w:rsidR="00845805" w:rsidRPr="00784FC2" w:rsidRDefault="00EC287C" w:rsidP="00EC287C">
+          <w:p w:rsidRPr="00784FC2" w:rsidR="00845805" w:rsidP="00EC287C" w:rsidRDefault="00EC287C" w14:paraId="3B437DEB" w14:textId="75628895">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1439"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="2878"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Full Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2742818E" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00932471">
+          <w:p w:rsidR="00845805" w:rsidP="00932471" w:rsidRDefault="00845805" w14:paraId="2742818E" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1439"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="2878"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845805" w14:paraId="681840F1" w14:textId="77777777" w:rsidTr="00932471">
+      <w:tr w:rsidR="00845805" w:rsidTr="00932471" w14:paraId="681840F1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="307EE88F" w14:textId="65799F16" w:rsidR="00845805" w:rsidRPr="00784FC2" w:rsidRDefault="00EC287C" w:rsidP="00EC287C">
+          <w:p w:rsidRPr="00784FC2" w:rsidR="00845805" w:rsidP="00EC287C" w:rsidRDefault="00EC287C" w14:paraId="307EE88F" w14:textId="65799F16">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1439"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="2878"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Residential Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FAC8287" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00932471">
+          <w:p w:rsidR="00845805" w:rsidP="00932471" w:rsidRDefault="00845805" w14:paraId="0FAC8287" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1439"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="2878"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845805" w14:paraId="131B104D" w14:textId="77777777" w:rsidTr="00932471">
+      <w:tr w:rsidR="00845805" w:rsidTr="00932471" w14:paraId="131B104D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05805DD5" w14:textId="627F88B7" w:rsidR="00845805" w:rsidRDefault="00EC287C" w:rsidP="00EC287C">
+          <w:p w:rsidR="00845805" w:rsidP="00EC287C" w:rsidRDefault="00EC287C" w14:paraId="05805DD5" w14:textId="627F88B7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1439"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="2878"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Service (Postal) Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="289C66A8" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00932471">
+          <w:p w:rsidR="00845805" w:rsidP="00932471" w:rsidRDefault="00845805" w14:paraId="289C66A8" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1439"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="2878"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845805" w14:paraId="3CA0BF96" w14:textId="77777777" w:rsidTr="00932471">
+      <w:tr w:rsidR="00845805" w:rsidTr="00932471" w14:paraId="3CA0BF96" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="104D2893" w14:textId="37951296" w:rsidR="00845805" w:rsidRDefault="00EC287C" w:rsidP="00EC287C">
+          <w:p w:rsidR="00845805" w:rsidP="00EC287C" w:rsidRDefault="00EC287C" w14:paraId="104D2893" w14:textId="37951296">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1439"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="2878"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Phone Number</w:t>
             </w:r>
             <w:r w:rsidR="00845805">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B1A57A1" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00932471">
+          <w:p w:rsidR="00845805" w:rsidP="00932471" w:rsidRDefault="00845805" w14:paraId="7B1A57A1" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1439"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="2878"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845805" w14:paraId="186FEE76" w14:textId="77777777" w:rsidTr="00932471">
+      <w:tr w:rsidR="00845805" w:rsidTr="00932471" w14:paraId="186FEE76" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="704F443A" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00EC287C">
+          <w:p w:rsidR="00845805" w:rsidP="00EC287C" w:rsidRDefault="00845805" w14:paraId="704F443A" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1439"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="2878"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Email Address </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BF95CF5" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00932471">
+          <w:p w:rsidR="00845805" w:rsidP="00932471" w:rsidRDefault="00845805" w14:paraId="2BF95CF5" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1439"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="2878"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845805" w14:paraId="5AB1C4E3" w14:textId="77777777" w:rsidTr="00932471">
+      <w:tr w:rsidR="00845805" w:rsidTr="00932471" w14:paraId="5AB1C4E3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="191BD4F9" w14:textId="7FD2A22F" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00EC287C">
+          <w:p w:rsidR="00845805" w:rsidP="00EC287C" w:rsidRDefault="00845805" w14:paraId="191BD4F9" w14:textId="7FD2A22F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1439"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="2878"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Names of </w:t>
             </w:r>
             <w:r w:rsidR="00EC287C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Emergency Contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BC61F75" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00932471">
+          <w:p w:rsidR="00845805" w:rsidP="00932471" w:rsidRDefault="00845805" w14:paraId="5BC61F75" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1439"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="2878"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845805" w14:paraId="38DA1BD6" w14:textId="77777777" w:rsidTr="00932471">
+      <w:tr w:rsidR="00845805" w:rsidTr="00932471" w14:paraId="38DA1BD6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70DB1C31" w14:textId="6548CE2C" w:rsidR="00845805" w:rsidRDefault="00EC287C" w:rsidP="00EC287C">
+          <w:p w:rsidR="00845805" w:rsidP="00EC287C" w:rsidRDefault="00EC287C" w14:paraId="70DB1C31" w14:textId="6548CE2C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1439"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="2878"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Emergency Contact Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20D57AF0" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00932471">
+          <w:p w:rsidR="00845805" w:rsidP="00932471" w:rsidRDefault="00845805" w14:paraId="20D57AF0" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1439"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="2878"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC287C" w14:paraId="008C090E" w14:textId="77777777" w:rsidTr="00932471">
+      <w:tr w:rsidR="00EC287C" w:rsidTr="00932471" w14:paraId="008C090E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B28F17A" w14:textId="1633B8C6" w:rsidR="00EC287C" w:rsidRDefault="00EC287C" w:rsidP="00EC287C">
+          <w:p w:rsidR="00EC287C" w:rsidP="00EC287C" w:rsidRDefault="00EC287C" w14:paraId="2B28F17A" w14:textId="1633B8C6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1439"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="2878"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Emergency Contact Email Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CC4AF75" w14:textId="77777777" w:rsidR="00EC287C" w:rsidRDefault="00EC287C" w:rsidP="00932471">
+          <w:p w:rsidR="00EC287C" w:rsidP="00932471" w:rsidRDefault="00EC287C" w14:paraId="5CC4AF75" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1439"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="2878"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F403CB" w14:paraId="078CCEFE" w14:textId="77777777" w:rsidTr="00932471">
+      <w:tr w:rsidR="00F403CB" w:rsidTr="00932471" w14:paraId="078CCEFE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24DF9DB3" w14:textId="11DF6FB6" w:rsidR="00F403CB" w:rsidRDefault="00BB0550" w:rsidP="00EC287C">
+          <w:p w:rsidR="00F403CB" w:rsidP="00EC287C" w:rsidRDefault="00BB0550" w14:paraId="24DF9DB3" w14:textId="11DF6FB6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1439"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="2878"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Emergency Contact Connection/relation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31B1A828" w14:textId="77777777" w:rsidR="00F403CB" w:rsidRDefault="00F403CB" w:rsidP="00932471">
+          <w:p w:rsidR="00F403CB" w:rsidP="00932471" w:rsidRDefault="00F403CB" w14:paraId="31B1A828" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1439"/>
                 <w:tab w:val="left" w:pos="2093"/>
                 <w:tab w:val="left" w:pos="2878"/>
                 <w:tab w:val="right" w:pos="8931"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="226AA1A2" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="226AA1A2" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:pos="5756"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FC782DD" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="6FC782DD" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8222"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53F44F45" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="53F44F45" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="left" w:pos="5756"/>
           <w:tab w:val="left" w:pos="8222"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0207DB81" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00F403CB" w:rsidRDefault="00845805" w:rsidP="00F403CB">
-[...7 lines deleted...]
-    <w:p w14:paraId="027CA176" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00261CE1" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="00F403CB" w:rsidR="00845805" w:rsidP="00F403CB" w:rsidRDefault="00845805" w14:paraId="0207DB81" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00261CE1" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="027CA176" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00261CE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">QUESTIONNAIRE FOR PROSPECTIVE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve">ASSIGNEE </w:t>
       </w:r>
       <w:r w:rsidRPr="00261CE1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7933"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="696"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00845805" w14:paraId="15E32416" w14:textId="77777777" w:rsidTr="008F43F0">
+      <w:tr w:rsidR="00845805" w:rsidTr="02D5980F" w14:paraId="15E32416" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="024ADBD2" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00932471">
+          <w:p w:rsidR="00845805" w:rsidP="00932471" w:rsidRDefault="00845805" w14:paraId="024ADBD2" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0CDFBCBC" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00932471">
+          <w:p w:rsidR="00845805" w:rsidP="00932471" w:rsidRDefault="00845805" w14:paraId="0CDFBCBC" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>YES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7E58207C" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00932471">
+          <w:p w:rsidR="00845805" w:rsidP="00932471" w:rsidRDefault="00845805" w14:paraId="7E58207C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve">NO </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845805" w14:paraId="6B8DFD4A" w14:textId="77777777" w:rsidTr="008F43F0">
+      <w:tr w:rsidR="00845805" w:rsidTr="02D5980F" w14:paraId="6B8DFD4A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="45EC0BAD" w14:textId="1CF95D2E" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00184FE0">
+          <w:p w:rsidR="00845805" w:rsidP="00184FE0" w:rsidRDefault="00845805" w14:paraId="45EC0BAD" w14:textId="1CF95D2E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Have you been provided with</w:t>
             </w:r>
             <w:r w:rsidR="00EC287C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> and read</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> a copy of the Lease? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B88C1B8" w14:textId="5768924A" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00184FE0">
+          <w:p w:rsidR="00845805" w:rsidP="00184FE0" w:rsidRDefault="00845805" w14:paraId="0B88C1B8" w14:textId="5768924A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve">(if not, </w:t>
             </w:r>
             <w:r w:rsidR="00EC287C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>a copy is available on the City of Cockburn’s Website</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="187C6977" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00261CE1" w:rsidRDefault="00845805" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00845805" w:rsidP="00184FE0" w:rsidRDefault="00845805" w14:paraId="187C6977" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="77E6C7DA" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00261CE1" w:rsidRDefault="00845805" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00845805" w:rsidP="00184FE0" w:rsidRDefault="00845805" w14:paraId="77E6C7DA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845805" w14:paraId="707DA202" w14:textId="77777777" w:rsidTr="008F43F0">
+      <w:tr w:rsidR="00845805" w:rsidTr="02D5980F" w14:paraId="707DA202" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3BB605B9" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00184FE0">
+          <w:p w:rsidR="00845805" w:rsidP="00184FE0" w:rsidRDefault="00845805" w14:paraId="3BB605B9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve">Do you </w:t>
             </w:r>
             <w:r w:rsidR="00EC287C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>acknowledge that this is short stay Holiday Accommodation only, with a limit on how many days you can spend at the site (120 days per calendar year)?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7ECB5FEC" w14:textId="77777777" w:rsidR="00EC287C" w:rsidRDefault="00EC287C" w:rsidP="00184FE0">
+          <w:p w:rsidR="00EC287C" w:rsidP="00184FE0" w:rsidRDefault="00EC287C" w14:paraId="7ECB5FEC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="413AECE7" w14:textId="7C7728BE" w:rsidR="00EC287C" w:rsidRPr="00EC287C" w:rsidRDefault="00EC287C" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00EC287C" w:rsidR="00EC287C" w:rsidP="00184FE0" w:rsidRDefault="00EC287C" w14:paraId="413AECE7" w14:textId="7C7728BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC287C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve">This site is not appropriate or suitable for residential housing or </w:t>
             </w:r>
             <w:r w:rsidR="00BB0550">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve">residential </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC287C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>accommodation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0C9F3EDA" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00261CE1" w:rsidRDefault="00845805" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00845805" w:rsidP="00184FE0" w:rsidRDefault="00845805" w14:paraId="0C9F3EDA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="543AD802" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00261CE1" w:rsidRDefault="00845805" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00845805" w:rsidP="00184FE0" w:rsidRDefault="00845805" w14:paraId="543AD802" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845805" w14:paraId="6535CD0C" w14:textId="77777777" w:rsidTr="008F43F0">
+      <w:tr w:rsidR="00845805" w:rsidTr="02D5980F" w14:paraId="6535CD0C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1EBD2C67" w14:textId="242DC93B" w:rsidR="00845805" w:rsidRDefault="00EC287C" w:rsidP="00184FE0">
+          <w:p w:rsidR="00845805" w:rsidP="00184FE0" w:rsidRDefault="00EC287C" w14:paraId="1EBD2C67" w14:textId="242DC93B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Do you acknowledge and understand that the current lease has expired and is holding over? There is no guarantee that a new lease will be offered, or the terms included in a subsequent lease.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5A5D20B1" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00261CE1" w:rsidRDefault="00845805" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00845805" w:rsidP="00184FE0" w:rsidRDefault="00845805" w14:paraId="5A5D20B1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="41BC05C2" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00261CE1" w:rsidRDefault="00845805" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00845805" w:rsidP="00184FE0" w:rsidRDefault="00845805" w14:paraId="41BC05C2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845805" w14:paraId="3AF02051" w14:textId="77777777" w:rsidTr="008F43F0">
+      <w:tr w:rsidR="00845805" w:rsidTr="02D5980F" w14:paraId="3AF02051" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1916"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="772D060F" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00184FE0">
+          <w:p w:rsidR="00845805" w:rsidP="00184FE0" w:rsidRDefault="00845805" w14:paraId="772D060F" w14:textId="56391AA0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidR="00845805">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve">Do you </w:t>
             </w:r>
             <w:r w:rsidR="00EC287C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
-              <w:t>have the capacity to pay the annual lease fee ($2500 per annum, subject to CPI increase and subject to change or increase in a new lease agreement)?</w:t>
+              <w:t>have the capacity to pay the annual lease fee ($</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="5EAE1CAB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC287C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>00 per annum, subject to CPI increase and subject to change or increase in a new lease agreement)?</w:t>
+            </w:r>
+            <w:r w:rsidR="00845805">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AF166EF" w14:textId="77777777" w:rsidR="00EE2CB5" w:rsidRDefault="00EE2CB5" w:rsidP="00184FE0">
+          <w:p w:rsidR="00EE2CB5" w:rsidP="00184FE0" w:rsidRDefault="00EE2CB5" w14:paraId="7AF166EF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5C0842F0" w14:textId="217EA5B4" w:rsidR="00EE2CB5" w:rsidRPr="00261CE1" w:rsidRDefault="00EE2CB5" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00EE2CB5" w:rsidP="00184FE0" w:rsidRDefault="00EE2CB5" w14:paraId="5C0842F0" w14:textId="217EA5B4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Provision of bank statement or recent pay slip</w:t>
             </w:r>
             <w:r w:rsidR="004726F6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> showing a form of regular income</w:t>
             </w:r>
             <w:r w:rsidR="00BB0550">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="43FCDB83" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00261CE1" w:rsidRDefault="00845805" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00845805" w:rsidP="00184FE0" w:rsidRDefault="00845805" w14:paraId="43FCDB83" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="567E00C3" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00261CE1" w:rsidRDefault="00845805" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00845805" w:rsidP="00184FE0" w:rsidRDefault="00845805" w14:paraId="567E00C3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC287C" w14:paraId="07E3980C" w14:textId="77777777" w:rsidTr="008F43F0">
+      <w:tr w:rsidR="00EC287C" w:rsidTr="02D5980F" w14:paraId="07E3980C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5DFF94D9" w14:textId="314E003A" w:rsidR="00EC287C" w:rsidRDefault="00EC287C" w:rsidP="00184FE0">
+          <w:p w:rsidR="00EC287C" w:rsidP="00184FE0" w:rsidRDefault="00EC287C" w14:paraId="5DFF94D9" w14:textId="314E003A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Do you acknowledge and understand your obligations upon termination relating to demolition/make good?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="30FE1E7A" w14:textId="0EA5D4A7" w:rsidR="00EC287C" w:rsidRPr="00261CE1" w:rsidRDefault="00EC287C" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00EC287C" w:rsidP="00184FE0" w:rsidRDefault="00EC287C" w14:paraId="30FE1E7A" w14:textId="0EA5D4A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1FE3F967" w14:textId="0ADBB575" w:rsidR="00EC287C" w:rsidRPr="00261CE1" w:rsidRDefault="00EC287C" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00EC287C" w:rsidP="00184FE0" w:rsidRDefault="00EC287C" w14:paraId="1FE3F967" w14:textId="0ADBB575">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC287C" w14:paraId="2F8B98EE" w14:textId="77777777" w:rsidTr="008F43F0">
+      <w:tr w:rsidR="00EC287C" w:rsidTr="02D5980F" w14:paraId="2F8B98EE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="134CF989" w14:textId="4CBD6DCC" w:rsidR="00EC287C" w:rsidRDefault="00EC287C" w:rsidP="00184FE0">
+          <w:p w:rsidR="00EC287C" w:rsidP="00184FE0" w:rsidRDefault="00EC287C" w14:paraId="134CF989" w14:textId="4CBD6DCC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve">Do you acknowledge and represent that any lease you enter in respect to the property will terminate at the end of the initial lease term with no guarantee of renewal, other than as set out in the any option period in the lease and that no representation to the contrary can be relied on by you? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0B0DA84E" w14:textId="77777777" w:rsidR="00EC287C" w:rsidRPr="00261CE1" w:rsidRDefault="00EC287C" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00EC287C" w:rsidP="00184FE0" w:rsidRDefault="00EC287C" w14:paraId="0B0DA84E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="25FE8045" w14:textId="77777777" w:rsidR="00EC287C" w:rsidRPr="00261CE1" w:rsidRDefault="00EC287C" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00EC287C" w:rsidP="00184FE0" w:rsidRDefault="00EC287C" w14:paraId="25FE8045" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC287C" w14:paraId="2D7FDE07" w14:textId="77777777" w:rsidTr="008F43F0">
+      <w:tr w:rsidR="00EC287C" w:rsidTr="02D5980F" w14:paraId="2D7FDE07" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1976AF57" w14:textId="77777777" w:rsidR="00EC287C" w:rsidRDefault="00EC287C" w:rsidP="00184FE0">
+          <w:p w:rsidR="00EC287C" w:rsidP="00184FE0" w:rsidRDefault="00EC287C" w14:paraId="1976AF57" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve">Do you understand that the Lessor requires you to set out in writing any representation you are relying on in relation to this Assignment Application? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="79315E04" w14:textId="77777777" w:rsidR="00EC287C" w:rsidRPr="00261CE1" w:rsidRDefault="00EC287C" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00EC287C" w:rsidP="00184FE0" w:rsidRDefault="00EC287C" w14:paraId="79315E04" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="75F0AF3E" w14:textId="77777777" w:rsidR="00EC287C" w:rsidRPr="00261CE1" w:rsidRDefault="00EC287C" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00EC287C" w:rsidP="00184FE0" w:rsidRDefault="00EC287C" w14:paraId="75F0AF3E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00184FE0" w14:paraId="5006EF5C" w14:textId="77777777" w:rsidTr="008F43F0">
+      <w:tr w:rsidR="00184FE0" w:rsidTr="02D5980F" w14:paraId="5006EF5C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0DBE450A" w14:textId="0A8F98BC" w:rsidR="00184FE0" w:rsidRDefault="00184FE0" w:rsidP="00184FE0">
+          <w:p w:rsidR="00184FE0" w:rsidP="00184FE0" w:rsidRDefault="00184FE0" w14:paraId="0DBE450A" w14:textId="0A8F98BC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Do you agree to adhere to the rules in relation to the Reserve, as listed below?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="576B4681" w14:textId="40D19011" w:rsidR="00184FE0" w:rsidRPr="00261CE1" w:rsidRDefault="00184FE0" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00184FE0" w:rsidP="00184FE0" w:rsidRDefault="00184FE0" w14:paraId="576B4681" w14:textId="40D19011">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="497CB3B4" w14:textId="4290B21E" w:rsidR="00184FE0" w:rsidRPr="00261CE1" w:rsidRDefault="00184FE0" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00184FE0" w:rsidP="00184FE0" w:rsidRDefault="00184FE0" w14:paraId="497CB3B4" w14:textId="4290B21E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F403CB" w14:paraId="72519298" w14:textId="77777777" w:rsidTr="008F43F0">
+      <w:tr w:rsidR="00F403CB" w:rsidTr="02D5980F" w14:paraId="72519298" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="538FF029" w14:textId="76AB5A7D" w:rsidR="008F43F0" w:rsidRPr="008F43F0" w:rsidRDefault="00F403CB" w:rsidP="008F43F0">
+          <w:p w:rsidRPr="008F43F0" w:rsidR="008F43F0" w:rsidP="008F43F0" w:rsidRDefault="00F403CB" w14:paraId="538FF029" w14:textId="76AB5A7D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Do you acknowledge that this application does not secure your eligibility to be Assigned a Naval Base Shack? This application is used by the City to assess your suitability only.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="53FD3840" w14:textId="3ABC016F" w:rsidR="00F403CB" w:rsidRPr="00261CE1" w:rsidRDefault="00F403CB" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00F403CB" w:rsidP="00184FE0" w:rsidRDefault="00F403CB" w14:paraId="53FD3840" w14:textId="3ABC016F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3463C38C" w14:textId="598FC8FA" w:rsidR="00F403CB" w:rsidRPr="00261CE1" w:rsidRDefault="00F403CB" w:rsidP="00184FE0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="00F403CB" w:rsidP="00184FE0" w:rsidRDefault="00F403CB" w14:paraId="3463C38C" w14:textId="598FC8FA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F43F0" w14:paraId="0591F84A" w14:textId="77777777" w:rsidTr="008F43F0">
+      <w:tr w:rsidR="008F43F0" w:rsidTr="02D5980F" w14:paraId="0591F84A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="04D5A8B7" w14:textId="5177ACAD" w:rsidR="008F43F0" w:rsidRDefault="008F43F0" w:rsidP="008F43F0">
+          <w:p w:rsidR="008F43F0" w:rsidP="008F43F0" w:rsidRDefault="008F43F0" w14:paraId="04D5A8B7" w14:textId="5177ACAD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> Do you agree any non-compliance matters or structural matters relating to the shack after an assignment is completed is the responsibility of the new Shack Owner/s.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="13B629FB" w14:textId="4690E321" w:rsidR="008F43F0" w:rsidRPr="00261CE1" w:rsidRDefault="008F43F0" w:rsidP="008F43F0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="008F43F0" w:rsidP="008F43F0" w:rsidRDefault="008F43F0" w14:paraId="13B629FB" w14:textId="4690E321">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="696" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4E75502F" w14:textId="3F664527" w:rsidR="008F43F0" w:rsidRPr="00261CE1" w:rsidRDefault="008F43F0" w:rsidP="008F43F0">
+          <w:p w:rsidRPr="00261CE1" w:rsidR="008F43F0" w:rsidP="008F43F0" w:rsidRDefault="008F43F0" w14:paraId="4E75502F" w14:textId="3F664527">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261CE1">
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="DengXian" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="DengXian" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D7579CD" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00261CE1" w:rsidRDefault="00845805" w:rsidP="00845805">
-[...7 lines deleted...]
-    <w:p w14:paraId="4C489097" w14:textId="53AE9052" w:rsidR="00184FE0" w:rsidRPr="00184FE0" w:rsidRDefault="00184FE0" w:rsidP="00184FE0">
+    <w:p w:rsidRPr="00261CE1" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="1D7579CD" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00184FE0" w:rsidR="00184FE0" w:rsidP="00184FE0" w:rsidRDefault="00184FE0" w14:paraId="4C489097" w14:textId="53AE9052">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="2C2C2C"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00184FE0">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="2C2C2C"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Rules in relation to the Reserve</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AE386CF" w14:textId="77777777" w:rsidR="00184FE0" w:rsidRPr="00184FE0" w:rsidRDefault="00184FE0" w:rsidP="00184FE0">
+    <w:p w:rsidRPr="00184FE0" w:rsidR="00184FE0" w:rsidP="00184FE0" w:rsidRDefault="00184FE0" w14:paraId="6AE386CF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="2C2C2C"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12AB8AF0" w14:textId="5C616025" w:rsidR="00845805" w:rsidRDefault="00184FE0" w:rsidP="00184FE0">
+    <w:p w:rsidR="00845805" w:rsidP="00184FE0" w:rsidRDefault="00184FE0" w14:paraId="12AB8AF0" w14:textId="5C616025">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="2C2C2C"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00184FE0">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="2C2C2C"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Boats, Caravans, or Trucks</w:t>
       </w:r>
       <w:r w:rsidRPr="00184FE0">
         <w:rPr>
           <w:color w:val="2C2C2C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00184FE0">
@@ -2402,51 +2447,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00184FE0">
         <w:rPr>
           <w:color w:val="2C2C2C"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>(iii) Vehicles, boats etc may only be parked on one side of each shack unless agreed to by the neighbouring property.</w:t>
       </w:r>
       <w:r w:rsidRPr="00184FE0">
         <w:rPr>
           <w:color w:val="2C2C2C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00184FE0">
         <w:rPr>
           <w:color w:val="2C2C2C"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>(iv) Every site must be surrounded by grass unless prior written approval has been provided by the neighbouring Lessees and formal approval provided by the City to replace the grass.</w:t>
       </w:r>
       <w:r w:rsidRPr="00184FE0">
         <w:rPr>
           <w:color w:val="2C2C2C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00184FE0">
         <w:rPr>
           <w:color w:val="2C2C2C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00184FE0">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="2C2C2C"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Water</w:t>
       </w:r>
@@ -2602,664 +2646,662 @@
       <w:r w:rsidRPr="00184FE0">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="2C2C2C"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Emergency Procedure</w:t>
       </w:r>
       <w:r w:rsidRPr="00184FE0">
         <w:rPr>
           <w:color w:val="2C2C2C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00184FE0">
         <w:rPr>
           <w:color w:val="2C2C2C"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>(i) These will be displayed on the Notice Boards installed at both the northern &amp; southern ablution blocks.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D5A580A" w14:textId="77777777" w:rsidR="00184FE0" w:rsidRPr="00184FE0" w:rsidRDefault="00184FE0" w:rsidP="00184FE0">
+    <w:p w:rsidRPr="00184FE0" w:rsidR="00184FE0" w:rsidP="00184FE0" w:rsidRDefault="00184FE0" w14:paraId="3D5A580A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CCA36C5" w14:textId="77777777" w:rsidR="00184FE0" w:rsidRDefault="00184FE0" w:rsidP="00845805">
+    <w:p w:rsidR="00184FE0" w:rsidP="00845805" w:rsidRDefault="00184FE0" w14:paraId="3CCA36C5" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56A428DF" w14:textId="1EB2649A" w:rsidR="00184FE0" w:rsidRDefault="00184FE0" w:rsidP="00845805">
+    <w:p w:rsidR="00184FE0" w:rsidP="00845805" w:rsidRDefault="00184FE0" w14:paraId="56A428DF" w14:textId="1EB2649A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:sectPr w:rsidR="00184FE0" w:rsidSect="00BB0550">
           <w:headerReference w:type="default" r:id="rId7"/>
           <w:footerReference w:type="default" r:id="rId8"/>
           <w:headerReference w:type="first" r:id="rId9"/>
           <w:footerReference w:type="first" r:id="rId10"/>
-          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="1985" w:right="1134" w:bottom="1701" w:left="1418" w:header="0" w:footer="227" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="400"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59FDD73A" w14:textId="2E46CC62" w:rsidR="00845805" w:rsidRPr="00774C24" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="00774C24" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="59FDD73A" w14:textId="2E46CC62">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00774C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>SIGNED:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00774C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>……………………………………</w:t>
       </w:r>
       <w:r w:rsidRPr="00774C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A36B531" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00774C24" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="00774C24" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="7A36B531" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FD212F0" w14:textId="0C8A3CAF" w:rsidR="00845805" w:rsidRPr="00774C24" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="00774C24" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="1FD212F0" w14:textId="0C8A3CAF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00774C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>PRINT NAME:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00774C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="592D37A9" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00774C24" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="00774C24" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="592D37A9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36BD2A42" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00774C24" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="00774C24" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="36BD2A42" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00774C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>DATE: ……………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="493E9B08" w14:textId="31C1FBEF" w:rsidR="00845805" w:rsidRPr="00774C24" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="00774C24" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="493E9B08" w14:textId="31C1FBEF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00774C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>SIGNED:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00774C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01CE5A40" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00774C24" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="00774C24" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="01CE5A40" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00774C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="646902A5" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00774C24" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="00774C24" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="646902A5" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00774C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>PRINT NAME:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00774C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B975308" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00774C24" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="00774C24" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="2B975308" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67591147" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00774C24" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="00774C24" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="67591147" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00774C24">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>DATE: ……………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72C0D53D" w14:textId="77777777" w:rsidR="00184FE0" w:rsidRDefault="00184FE0" w:rsidP="00845805">
+    <w:p w:rsidR="00184FE0" w:rsidP="00845805" w:rsidRDefault="00184FE0" w14:paraId="72C0D53D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:sectPr w:rsidR="00184FE0" w:rsidSect="00184FE0">
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="1985" w:right="1134" w:bottom="1701" w:left="1418" w:header="0" w:footer="227" w:gutter="0"/>
-          <w:cols w:num="2" w:space="708"/>
+          <w:cols w:space="708" w:num="2"/>
           <w:docGrid w:linePitch="400"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53CF1628" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="53CF1628" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60"/>
         <w:ind w:left="-360"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
+          <w:rFonts w:cs="Arial" w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc535243492"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="_Toc20922874"/>
+      <w:bookmarkStart w:name="_Toc535243492" w:id="2"/>
+      <w:bookmarkStart w:name="_Toc535313955" w:id="3"/>
+      <w:bookmarkStart w:name="_Toc535316086" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc20922874" w:id="5"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
+          <w:rFonts w:cs="Arial" w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
+          <w:rFonts w:cs="Arial" w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>RIVACY DISCLOSURE STATEMENT</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="4A91E85A" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="4A91E85A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5A8BAD25" w14:textId="6BC47DC4" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00845805">
+          <w:rFonts w:cs="Arial" w:eastAsiaTheme="majorEastAsia"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="5A8BAD25" w14:textId="6BC47DC4">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>In submitting this form, you authorise the Lessor to collect personal information from you for the purpose of assessing your application. Personal information collected for the purpose of assessing your application</w:t>
       </w:r>
       <w:r w:rsidDel="00387290">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>may include your name, address, phone number, financial details, credit worthiness, and lease premise details. This information may be collected from you when you submit any written application, form or document to the Lessor or by other means including telephone or email contact with you.  All personal information collected will be used for the sole purpose of processing applications.  If you do not provide us with your personal information, we may not be able to process your application or deal with your request.  We share your personal information only to the extent necessary to assess and determine your application or request. Personal information may be shared with persons or third parties that assist us in the assessment and determination of your application or the provision of our services, which may include Lessor Officers, Councillors, referees or guarantors.  To assist us in contacting you, we store your personal information onto our database.  By signing the form to which this statement is attached, you acknowledge that you have read this statement and consented to the collection, use and disclosure of your personal information in the manner and for the purposes set out in this statement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7E4639" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="3B7E4639" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7658D41E" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00845805"/>
-    <w:p w14:paraId="48CE73D1" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="7658D41E" w14:textId="77777777"/>
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="48CE73D1" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="785"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="4448"/>
           <w:tab w:val="left" w:pos="4625"/>
           <w:tab w:val="left" w:pos="5756"/>
           <w:tab w:val="left" w:pos="5979"/>
           <w:tab w:val="left" w:pos="7445"/>
           <w:tab w:val="right" w:pos="8502"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="333DE893" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="333DE893" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="785"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="4448"/>
           <w:tab w:val="left" w:pos="4625"/>
           <w:tab w:val="left" w:pos="5756"/>
           <w:tab w:val="left" w:pos="5979"/>
           <w:tab w:val="left" w:pos="7445"/>
           <w:tab w:val="right" w:pos="8502"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69102C76" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="69102C76" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="785"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="4448"/>
           <w:tab w:val="left" w:pos="4625"/>
           <w:tab w:val="left" w:pos="5756"/>
           <w:tab w:val="left" w:pos="5979"/>
           <w:tab w:val="left" w:pos="7445"/>
           <w:tab w:val="right" w:pos="8502"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C869BA3" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="2C869BA3" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="785"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="4448"/>
           <w:tab w:val="left" w:pos="4625"/>
           <w:tab w:val="left" w:pos="5756"/>
           <w:tab w:val="left" w:pos="5979"/>
           <w:tab w:val="left" w:pos="7445"/>
           <w:tab w:val="right" w:pos="8502"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="430D7DDA" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="430D7DDA" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="785"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="4448"/>
           <w:tab w:val="left" w:pos="4625"/>
           <w:tab w:val="left" w:pos="5756"/>
           <w:tab w:val="left" w:pos="5979"/>
           <w:tab w:val="left" w:pos="7445"/>
           <w:tab w:val="right" w:pos="8502"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77A1F287" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="77A1F287" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="785"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="4448"/>
           <w:tab w:val="left" w:pos="4625"/>
           <w:tab w:val="left" w:pos="5756"/>
           <w:tab w:val="left" w:pos="5979"/>
           <w:tab w:val="left" w:pos="7445"/>
           <w:tab w:val="right" w:pos="8502"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="181C63C5" w14:textId="77777777" w:rsidR="00BB0550" w:rsidRDefault="00845805" w:rsidP="00BB0550">
+    <w:p w:rsidR="00BB0550" w:rsidP="00BB0550" w:rsidRDefault="00845805" w14:paraId="181C63C5" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="785"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="4448"/>
           <w:tab w:val="left" w:pos="4625"/>
           <w:tab w:val="left" w:pos="5756"/>
           <w:tab w:val="left" w:pos="5979"/>
           <w:tab w:val="left" w:pos="7445"/>
           <w:tab w:val="right" w:pos="8502"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Privacy Disclosure Statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0032F10A" w14:textId="77777777" w:rsidR="00BB0550" w:rsidRDefault="00BB0550" w:rsidP="00BB0550">
+    <w:p w:rsidR="00BB0550" w:rsidP="00BB0550" w:rsidRDefault="00BB0550" w14:paraId="0032F10A" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="785"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="4448"/>
           <w:tab w:val="left" w:pos="4625"/>
           <w:tab w:val="left" w:pos="5756"/>
           <w:tab w:val="left" w:pos="5979"/>
           <w:tab w:val="left" w:pos="7445"/>
           <w:tab w:val="right" w:pos="8502"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11A175B0" w14:textId="1D7C8DBA" w:rsidR="00845805" w:rsidRPr="00BB0550" w:rsidRDefault="00845805" w:rsidP="00BB0550">
+    <w:p w:rsidRPr="00BB0550" w:rsidR="00845805" w:rsidP="00BB0550" w:rsidRDefault="00845805" w14:paraId="11A175B0" w14:textId="1D7C8DBA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="785"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="4448"/>
           <w:tab w:val="left" w:pos="4625"/>
           <w:tab w:val="left" w:pos="5756"/>
           <w:tab w:val="left" w:pos="5979"/>
           <w:tab w:val="left" w:pos="7445"/>
           <w:tab w:val="right" w:pos="8502"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
@@ -3275,81 +3317,81 @@
         </w:rPr>
         <w:t xml:space="preserve">(page 4) </w:t>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the Lessor</w:t>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Privacy Disclosure Statement. It is important that you read the statement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A2C911D" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="7A2C911D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AC7FDDF" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="1AC7FDDF" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="4988"/>
           <w:tab w:val="left" w:pos="6166"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05632311" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="05632311" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="4988"/>
           <w:tab w:val="left" w:pos="6166"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Each person who has provided to </w:t>
       </w:r>
@@ -3372,145 +3414,145 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Lessors </w:t>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Privacy Disclosure Statement attached and agrees to the collection, use and disclosure of that personal information in the manner and for the purposes set out in the important Privacy Disclosure Statemen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4744E87D" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="4744E87D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-2520"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="5400"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3997EEC8" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="3997EEC8" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05B0A52F" w14:textId="34A400B4" w:rsidR="00F403CB" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00F403CB">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00F403CB" w:rsidP="00F403CB" w:rsidRDefault="00845805" w14:paraId="05B0A52F" w14:textId="34A400B4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="5400"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Signed:</w:t>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F403CB" w:rsidRPr="003E4985">
+      <w:r w:rsidRPr="003E4985" w:rsidR="00F403CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B864E8A" w14:textId="12BBCAC4" w:rsidR="00845805" w:rsidRDefault="00F403CB" w:rsidP="00845805">
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00F403CB" w14:paraId="4B864E8A" w14:textId="12BBCAC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-2520"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="5400"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
@@ -3518,311 +3560,310 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Dated:</w:t>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A7FDD4B" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="7A7FDD4B" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-2520"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="5400"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16598C4C" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="16598C4C" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-2520"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="5400"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B468D8D" w14:textId="28033EC4" w:rsidR="00845805" w:rsidRPr="00F403CB" w:rsidRDefault="00845805" w:rsidP="00F403CB">
+    <w:p w:rsidRPr="00F403CB" w:rsidR="00845805" w:rsidP="00F403CB" w:rsidRDefault="00845805" w14:paraId="5B468D8D" w14:textId="28033EC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="5400"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Signed:</w:t>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F403CB" w:rsidRPr="003E4985">
+      <w:r w:rsidRPr="003E4985" w:rsidR="00F403CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CB14692" w14:textId="1F8BA558" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="3CB14692" w14:textId="1F8BA558">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="5400"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Dated:</w:t>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77ED1B8A" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="77ED1B8A" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E46686E" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="5E46686E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E2121FF" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="4E2121FF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68220BE6" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="68220BE6" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D2F75B4" w14:textId="00489219" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="7D2F75B4" w14:textId="00489219">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B196A1F" w14:textId="19092B70" w:rsidR="00F403CB" w:rsidRDefault="00F403CB" w:rsidP="00845805">
+    <w:p w:rsidR="00F403CB" w:rsidP="00845805" w:rsidRDefault="00F403CB" w14:paraId="7B196A1F" w14:textId="19092B70">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FD43970" w14:textId="5BAC37AE" w:rsidR="00F403CB" w:rsidRDefault="00F403CB" w:rsidP="00845805">
+    <w:p w:rsidR="00F403CB" w:rsidP="00845805" w:rsidRDefault="00F403CB" w14:paraId="0FD43970" w14:textId="5BAC37AE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78E0FEAD" w14:textId="557E4147" w:rsidR="00F403CB" w:rsidRDefault="00F403CB" w:rsidP="00845805">
+    <w:p w:rsidR="00F403CB" w:rsidP="00845805" w:rsidRDefault="00F403CB" w14:paraId="78E0FEAD" w14:textId="557E4147">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="679B2B57" w14:textId="46DA8DAF" w:rsidR="00184FE0" w:rsidRDefault="00184FE0" w:rsidP="00845805">
+    <w:p w:rsidR="00184FE0" w:rsidP="00845805" w:rsidRDefault="00184FE0" w14:paraId="679B2B57" w14:textId="46DA8DAF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="497A4DB0" w14:textId="77777777" w:rsidR="00184FE0" w:rsidRDefault="00184FE0" w:rsidP="00845805">
+    <w:p w:rsidR="00184FE0" w:rsidP="00845805" w:rsidRDefault="00184FE0" w14:paraId="497A4DB0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07AA3ABB" w14:textId="6A972556" w:rsidR="00845805" w:rsidRPr="00F403CB" w:rsidRDefault="00845805" w:rsidP="00F403CB">
+    <w:p w:rsidRPr="00F403CB" w:rsidR="00845805" w:rsidP="00F403CB" w:rsidRDefault="00845805" w14:paraId="07AA3ABB" w14:textId="6A972556">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="785"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="4448"/>
           <w:tab w:val="left" w:pos="4625"/>
           <w:tab w:val="left" w:pos="5756"/>
           <w:tab w:val="left" w:pos="5979"/>
           <w:tab w:val="left" w:pos="7445"/>
           <w:tab w:val="right" w:pos="8502"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>CHECKLIST</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="289BBA8D" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="289BBA8D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="795089E9" w14:textId="6CD283B2" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="795089E9" w14:textId="6CD283B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -3838,128 +3879,128 @@
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Identification </w:t>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Drivers Licence number: </w:t>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21C7B5EB" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="21C7B5EB" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60"/>
         <w:ind w:left="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:kern w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc535243490"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="_Toc20922872"/>
+      <w:bookmarkStart w:name="_Toc535243490" w:id="6"/>
+      <w:bookmarkStart w:name="_Toc535313953" w:id="7"/>
+      <w:bookmarkStart w:name="_Toc535316084" w:id="8"/>
+      <w:bookmarkStart w:name="_Toc535828739" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc5011304" w:id="10"/>
+      <w:bookmarkStart w:name="_Toc20922872" w:id="11"/>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:kern w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Copy of driver’s licence attached    </w:t>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:kern w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="CommercialPi BT" w:hAnsi="CommercialPi BT" w:eastAsia="CommercialPi BT" w:cs="CommercialPi BT"/>
           <w:kern w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:sym w:font="CommercialPi BT" w:char="F021"/>
+        <w:t>!</w:t>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:kern w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Please Tick)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="059ABF08" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="059ABF08" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C9F5466" w14:textId="0BF4B0A7" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="1C9F5466" w14:textId="0BF4B0A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -3975,389 +4016,418 @@
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Identification</w:t>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2) Drivers Licence number (If applicable): </w:t>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27759344" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="27759344" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60"/>
         <w:ind w:left="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:kern w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc535243491"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="_Toc20922873"/>
+      <w:bookmarkStart w:name="_Toc535243491" w:id="12"/>
+      <w:bookmarkStart w:name="_Toc535313954" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc535316085" w:id="14"/>
+      <w:bookmarkStart w:name="_Toc535828740" w:id="15"/>
+      <w:bookmarkStart w:name="_Toc5011305" w:id="16"/>
+      <w:bookmarkStart w:name="_Toc20922873" w:id="17"/>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:kern w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Copy of driver’s licence attached    </w:t>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:kern w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="CommercialPi BT" w:hAnsi="CommercialPi BT" w:eastAsia="CommercialPi BT" w:cs="CommercialPi BT"/>
           <w:kern w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:sym w:font="CommercialPi BT" w:char="F021"/>
+        <w:t>!</w:t>
       </w:r>
       <w:r w:rsidRPr="003E4985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:kern w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Please Tick)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w14:paraId="4F364852" w14:textId="20DFBE58" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00BB0550">
+    <w:p w:rsidR="00845805" w:rsidP="00BB0550" w:rsidRDefault="00845805" w14:paraId="4F364852" w14:textId="20DFBE58">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4295F2A9" w14:textId="77777777" w:rsidR="00BB0550" w:rsidRPr="003E4985" w:rsidRDefault="00BB0550" w:rsidP="00BB0550">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00BB0550" w:rsidP="00BB0550" w:rsidRDefault="00BB0550" w14:paraId="4295F2A9" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="708150F2" w14:textId="391C41E8" w:rsidR="00845805" w:rsidRPr="00294748" w:rsidRDefault="00294748" w:rsidP="00BB0550">
+    <w:p w:rsidRPr="00294748" w:rsidR="00845805" w:rsidP="02D5980F" w:rsidRDefault="00294748" w14:paraId="708150F2" w14:textId="391C41E8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...9 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Hlk125892576" w:id="18"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00294748">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Applicant</w:t>
       </w:r>
-      <w:r w:rsidR="00845805">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00845805">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Details      </w:t>
       </w:r>
-      <w:r w:rsidR="00845805" w:rsidRPr="00294748">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00845805">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                            </w:t>
       </w:r>
-      <w:r w:rsidR="00845805" w:rsidRPr="00294748">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00845805">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
-      <w:r w:rsidR="00845805" w:rsidRPr="00294748">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00845805">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidR="00845805" w:rsidRPr="00294748">
-[...22 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00845805">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00845805">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00845805">
+        <w:rPr>
+          <w:rFonts w:ascii="CommercialPi BT" w:hAnsi="CommercialPi BT" w:eastAsia="CommercialPi BT" w:cs="CommercialPi BT"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00845805">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00845805" w:rsidRPr="00294748">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00845805">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>(Please Tick)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CAAE0B4" w14:textId="77777777" w:rsidR="00294748" w:rsidRPr="00294748" w:rsidRDefault="00294748" w:rsidP="00BB0550">
+    <w:p w:rsidRPr="00294748" w:rsidR="00294748" w:rsidP="00BB0550" w:rsidRDefault="00294748" w14:paraId="3CAAE0B4" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FAAFEB0" w14:textId="574155BC" w:rsidR="00294748" w:rsidRPr="003E4985" w:rsidRDefault="00294748" w:rsidP="00BB0550">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00294748" w:rsidP="02D5980F" w:rsidRDefault="00294748" w14:paraId="4FAAFEB0" w14:textId="574155BC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00294748">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Questionnaire</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Questionnaire</w:t>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00294748">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
         <w:t xml:space="preserve">                                 </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E4985">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00294748">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E4985">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00294748">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="003E4985">
-[...22 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00294748">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00294748">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00294748">
+        <w:rPr>
+          <w:rFonts w:ascii="CommercialPi BT" w:hAnsi="CommercialPi BT" w:eastAsia="CommercialPi BT" w:cs="CommercialPi BT"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00294748">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E4985">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00294748">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>(Please Tick)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47D52999" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="00730281" w:rsidRDefault="00845805" w:rsidP="00BB0550">
+    <w:p w:rsidRPr="00730281" w:rsidR="00845805" w:rsidP="00BB0550" w:rsidRDefault="00845805" w14:paraId="47D52999" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57A99C03" w14:textId="58F459F7" w:rsidR="00845805" w:rsidRPr="00EE2CB5" w:rsidRDefault="00294748" w:rsidP="00BB0550">
+    <w:p w:rsidRPr="00EE2CB5" w:rsidR="00845805" w:rsidP="00BB0550" w:rsidRDefault="00294748" w14:paraId="57A99C03" w14:textId="58F459F7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -4376,400 +4446,422 @@
       </w:r>
       <w:r w:rsidRPr="00294748">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">(utility bill or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">drivers </w:t>
       </w:r>
       <w:r w:rsidRPr="00294748">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence)</w:t>
       </w:r>
-      <w:r w:rsidR="00845805" w:rsidRPr="00294748">
+      <w:r w:rsidRPr="00294748" w:rsidR="00845805">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00294748">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00845805" w:rsidRPr="00294748">
+      <w:r w:rsidRPr="00294748" w:rsidR="00845805">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
-      <w:r w:rsidR="00845805" w:rsidRPr="00294748">
+      <w:r w:rsidRPr="00294748" w:rsidR="00845805">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
-      <w:r w:rsidR="00845805" w:rsidRPr="00294748">
+      <w:r w:rsidRPr="00294748" w:rsidR="00845805">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidR="00845805" w:rsidRPr="00294748">
+      <w:r w:rsidRPr="00294748" w:rsidR="00845805">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidR="00845805" w:rsidRPr="003E4985">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="003E4985" w:rsidR="00845805">
+        <w:rPr>
+          <w:rFonts w:ascii="CommercialPi BT" w:hAnsi="CommercialPi BT" w:eastAsia="CommercialPi BT" w:cs="CommercialPi BT"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:sym w:font="CommercialPi BT" w:char="F021"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00845805" w:rsidRPr="00294748">
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00294748" w:rsidR="00845805">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00845805" w:rsidRPr="00294748">
+      <w:r w:rsidRPr="00294748" w:rsidR="00845805">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(Please Tick)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="312C44EE" w14:textId="77777777" w:rsidR="00EE2CB5" w:rsidRPr="00294748" w:rsidRDefault="00EE2CB5" w:rsidP="00BB0550">
+    <w:p w:rsidRPr="00294748" w:rsidR="00EE2CB5" w:rsidP="00BB0550" w:rsidRDefault="00EE2CB5" w14:paraId="312C44EE" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E214910" w14:textId="2C054D7C" w:rsidR="00845805" w:rsidRDefault="00EE2CB5" w:rsidP="00BB0550">
+    <w:p w:rsidR="00845805" w:rsidP="02D5980F" w:rsidRDefault="00EE2CB5" w14:paraId="2E214910" w14:textId="2C054D7C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...8 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00EE2CB5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Pay Slip or Bank Statement</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E4985">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00EE2CB5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00EE2CB5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E4985">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00EE2CB5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E4985">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00EE2CB5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="003E4985">
-[...22 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00EE2CB5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00EE2CB5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00EE2CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="CommercialPi BT" w:hAnsi="CommercialPi BT" w:eastAsia="CommercialPi BT" w:cs="CommercialPi BT"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00EE2CB5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E4985">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00EE2CB5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>(Please Tick)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="627A4977" w14:textId="77777777" w:rsidR="00BB0550" w:rsidRPr="00BB0550" w:rsidRDefault="00BB0550" w:rsidP="00BB0550">
+    <w:p w:rsidRPr="00BB0550" w:rsidR="00BB0550" w:rsidP="00BB0550" w:rsidRDefault="00BB0550" w14:paraId="627A4977" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03C18181" w14:textId="42F75EF1" w:rsidR="005E787E" w:rsidRPr="005E787E" w:rsidRDefault="00845805" w:rsidP="00BB0550">
+    <w:p w:rsidRPr="005E787E" w:rsidR="005E787E" w:rsidP="02D5980F" w:rsidRDefault="00845805" w14:paraId="03C18181" w14:textId="42F75EF1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...8 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00845805">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Privacy Disclosure Statement – Executed </w:t>
       </w:r>
-      <w:r w:rsidR="005E787E">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
-      <w:r w:rsidR="005E787E" w:rsidRPr="005E787E">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidR="005E787E" w:rsidRPr="005E787E">
-[...22 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:ascii="CommercialPi BT" w:hAnsi="CommercialPi BT" w:eastAsia="CommercialPi BT" w:cs="CommercialPi BT"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005E787E" w:rsidRPr="005E787E">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>(Please Tick)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3191F467" w14:textId="77777777" w:rsidR="005E787E" w:rsidRDefault="005E787E" w:rsidP="005E787E">
+    <w:p w:rsidR="005E787E" w:rsidP="005E787E" w:rsidRDefault="005E787E" w14:paraId="3191F467" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DF155FC" w14:textId="77777777" w:rsidR="005E787E" w:rsidRPr="005E787E" w:rsidRDefault="005E787E" w:rsidP="005E787E">
+    <w:p w:rsidRPr="005E787E" w:rsidR="005E787E" w:rsidP="005E787E" w:rsidRDefault="005E787E" w14:paraId="4DF155FC" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E787E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The applicant and seller are responsible for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>handing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="788287DB" w14:textId="4400AC81" w:rsidR="005E787E" w:rsidRDefault="005E787E" w:rsidP="005E787E">
+    <w:p w:rsidR="005E787E" w:rsidP="005E787E" w:rsidRDefault="005E787E" w14:paraId="788287DB" w14:textId="4400AC81">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">      over</w:t>
       </w:r>
@@ -4784,336 +4876,368 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">swipe </w:t>
       </w:r>
       <w:r w:rsidRPr="005E787E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>cards)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E8BEB3A" w14:textId="77777777" w:rsidR="005E787E" w:rsidRPr="005E787E" w:rsidRDefault="005E787E" w:rsidP="005E787E">
+    <w:p w:rsidRPr="005E787E" w:rsidR="005E787E" w:rsidP="02D5980F" w:rsidRDefault="005E787E" w14:paraId="4E8BEB3A" w14:textId="269394C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:bCs/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="005E787E">
-[...8 lines deleted...]
-    <w:p w14:paraId="0659F8D5" w14:textId="521D9A84" w:rsidR="005E787E" w:rsidRPr="005E787E" w:rsidRDefault="005E787E" w:rsidP="005E787E">
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Replacement cards are $</w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="2C71E4F2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>60.50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> each. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005E787E" w:rsidR="005E787E" w:rsidP="02D5980F" w:rsidRDefault="005E787E" w14:paraId="0659F8D5" w14:textId="521D9A84">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...7 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">      Maximum of 2 cards per shack</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E787E">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r>
-[...38 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:ascii="CommercialPi BT" w:hAnsi="CommercialPi BT" w:eastAsia="CommercialPi BT" w:cs="CommercialPi BT"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005E787E">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>(Please Tick)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44ABB655" w14:textId="77777777" w:rsidR="005E787E" w:rsidRDefault="005E787E" w:rsidP="005E787E">
+    <w:p w:rsidR="005E787E" w:rsidP="005E787E" w:rsidRDefault="005E787E" w14:paraId="44ABB655" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DFCA87A" w14:textId="6E955D70" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="005E787E" w:rsidP="00BB0550">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="02D5980F" w:rsidRDefault="005E787E" w14:paraId="4DFCA87A" w14:textId="6E955D70">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...8 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="005E787E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Applicant has read the lease agreement        </w:t>
       </w:r>
-      <w:r w:rsidR="00845805" w:rsidRPr="003E4985">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00845805">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r w:rsidR="00845805" w:rsidRPr="003E4985">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00845805">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidR="00845805" w:rsidRPr="003E4985">
-[...22 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00845805">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00845805">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00845805">
+        <w:rPr>
+          <w:rFonts w:ascii="CommercialPi BT" w:hAnsi="CommercialPi BT" w:eastAsia="CommercialPi BT" w:cs="CommercialPi BT"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00845805">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00845805" w:rsidRPr="003E4985">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidRPr="02D5980F" w:rsidR="00845805">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>(Please Tick)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:p w14:paraId="70D83CF7" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="003E4985" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="003E4985" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="70D83CF7" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1439"/>
           <w:tab w:val="left" w:pos="2093"/>
           <w:tab w:val="left" w:pos="2878"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8640"/>
           <w:tab w:val="right" w:pos="8931"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32A7B81B" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="001B40CD" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="001B40CD" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="32A7B81B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="674EBEB2" w14:textId="77777777" w:rsidR="00845805" w:rsidRPr="001B40CD" w:rsidRDefault="00845805" w:rsidP="00845805">
+    <w:p w:rsidRPr="001B40CD" w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="674EBEB2" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52F6992A" w14:textId="77777777" w:rsidR="00845805" w:rsidRDefault="00845805" w:rsidP="00845805"/>
-    <w:p w14:paraId="0A282FEA" w14:textId="77777777" w:rsidR="008013AD" w:rsidRDefault="008013AD"/>
+    <w:p w:rsidR="00845805" w:rsidP="00845805" w:rsidRDefault="00845805" w14:paraId="52F6992A" w14:textId="77777777"/>
+    <w:p w:rsidR="008013AD" w:rsidRDefault="008013AD" w14:paraId="0A282FEA" w14:textId="77777777"/>
     <w:sectPr w:rsidR="008013AD" w:rsidSect="00184FE0">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1985" w:right="1134" w:bottom="1701" w:left="1418" w:header="0" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="400"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5EF5F608" w14:textId="77777777" w:rsidR="00244A0C" w:rsidRDefault="00244A0C">
+    <w:p w:rsidR="00244A0C" w:rsidRDefault="00244A0C" w14:paraId="5EF5F608" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="34D6526A" w14:textId="77777777" w:rsidR="00244A0C" w:rsidRDefault="00244A0C">
+    <w:p w:rsidR="00244A0C" w:rsidRDefault="00244A0C" w14:paraId="34D6526A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5158,52 +5282,52 @@
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CommercialPi BT">
     <w:altName w:val="Wingdings 2"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="46FAEF9E" w14:textId="77777777" w:rsidR="008F43F0" w:rsidRDefault="008A63E7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="008F43F0" w:rsidRDefault="008A63E7" w14:paraId="46FAEF9E" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="5860CAB8" wp14:editId="144DE923">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-408940</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9845040</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="8392160" cy="1268095"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Picture 26" descr="City of Cockburn corporate illustration."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -5233,209 +5357,215 @@
                     <a:ext cx="8392160" cy="1268095"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="63528402" w14:textId="77777777" w:rsidR="008F43F0" w:rsidRDefault="008F43F0" w:rsidP="00BE36BB"/>
-  <w:p w14:paraId="6F9F20C8" w14:textId="77777777" w:rsidR="008F43F0" w:rsidRPr="0080160E" w:rsidRDefault="008A63E7" w:rsidP="00BE36BB">
+  <w:p w:rsidR="008F43F0" w:rsidP="00BE36BB" w:rsidRDefault="008F43F0" w14:paraId="63528402" w14:textId="77777777"/>
+  <w:p w:rsidRPr="0080160E" w:rsidR="008F43F0" w:rsidP="00BE36BB" w:rsidRDefault="008A63E7" w14:paraId="6F9F20C8" w14:textId="77777777">
     <w:pPr>
       <w:rPr>
         <w:color w:val="0563C1"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0021401F">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>9 Coleville Crescent, Spearwood WA 6163</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:r w:rsidRPr="0021401F">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">PO </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Box 1215, Bibra Lake DC WA 6965</w:t>
     </w:r>
     <w:r w:rsidRPr="0021401F">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:br/>
+    </w:r>
+    <w:r w:rsidRPr="0021401F">
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
       <w:t>T</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>: 08 9411 3444 E</w:t>
     </w:r>
     <w:r w:rsidRPr="0021401F">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
-    <w:hyperlink r:id="rId1" w:history="1">
+    <w:hyperlink w:history="1" r:id="rId1">
       <w:r w:rsidRPr="0021401F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>customer@cockburn.wa.gov.au</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="0021401F">
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:br/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>W</w:t>
     </w:r>
     <w:r w:rsidRPr="0021401F">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
-    <w:hyperlink r:id="rId2" w:history="1">
+    <w:hyperlink w:history="1" r:id="rId2">
       <w:r w:rsidRPr="0021401F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>cockburn.wa.gov.au</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="0021401F">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">  ABN 27 471 341 209</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="75422765" w14:textId="77777777" w:rsidR="00244A0C" w:rsidRDefault="00244A0C">
+    <w:p w:rsidR="00244A0C" w:rsidRDefault="00244A0C" w14:paraId="75422765" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2203FDCE" w14:textId="77777777" w:rsidR="00244A0C" w:rsidRDefault="00244A0C">
+    <w:p w:rsidR="00244A0C" w:rsidRDefault="00244A0C" w14:paraId="2203FDCE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="98381352"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="34512EAC" w14:textId="778E5E11" w:rsidR="00BB0550" w:rsidRDefault="00BB0550">
+      <w:p w:rsidR="00BB0550" w:rsidRDefault="00BB0550" w14:paraId="34512EAC" w14:textId="778E5E11">
         <w:pPr>
           <w:pStyle w:val="Header"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6966D422" wp14:editId="3A26DF5D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-53975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1864360" cy="1155700"/>
               <wp:effectExtent l="0" t="0" r="2540" b="6350"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Picture 25" descr="City of Cockburn logo."/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -5548,103 +5678,103 @@
           <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00BB0550">
           <w:rPr>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00BB0550">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00BB0550">
           <w:rPr>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="733624B4" w14:textId="2917225F" w:rsidR="00BB0550" w:rsidRDefault="00BB0550">
+  <w:p w:rsidR="00BB0550" w:rsidRDefault="00BB0550" w14:paraId="733624B4" w14:textId="2917225F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1349168376"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="075297F1" w14:textId="4904CA21" w:rsidR="00BB0550" w:rsidRDefault="00BB0550">
+      <w:p w:rsidR="00BB0550" w:rsidRDefault="00BB0550" w14:paraId="075297F1" w14:textId="4904CA21">
         <w:pPr>
           <w:pStyle w:val="Header"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="345EAAFE" w14:textId="0132722B" w:rsidR="008F43F0" w:rsidRDefault="008F43F0" w:rsidP="00D70013">
+  <w:p w:rsidR="008F43F0" w:rsidP="00D70013" w:rsidRDefault="008F43F0" w14:paraId="345EAAFE" w14:textId="0132722B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15533504"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="340C2F90"/>
     <w:lvl w:ilvl="0" w:tplc="0C09000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -5805,341 +5935,346 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59C820C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD960786"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="530725674">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="203451361">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1714847052">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="100"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00845805"/>
     <w:rsid w:val="00184FE0"/>
     <w:rsid w:val="00244A0C"/>
     <w:rsid w:val="00294748"/>
     <w:rsid w:val="004726F6"/>
     <w:rsid w:val="005E787E"/>
     <w:rsid w:val="008013AD"/>
     <w:rsid w:val="00845805"/>
     <w:rsid w:val="008A63E7"/>
     <w:rsid w:val="008F43F0"/>
     <w:rsid w:val="00995FBA"/>
     <w:rsid w:val="00BB0550"/>
     <w:rsid w:val="00D64C33"/>
     <w:rsid w:val="00EC287C"/>
     <w:rsid w:val="00EE2CB5"/>
     <w:rsid w:val="00F403CB"/>
+    <w:rsid w:val="02D5980F"/>
+    <w:rsid w:val="2C71E4F2"/>
+    <w:rsid w:val="575C07E4"/>
+    <w:rsid w:val="5EAE1CAB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="464D732D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F763CEE5-5D5D-45EA-A120-84EA59086A82}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="5" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6295,52 +6430,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -6407,265 +6542,264 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00845805"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="5"/>
     <w:qFormat/>
     <w:rsid w:val="00845805"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="120" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00845805"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00845805"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00845805"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00845805"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00845805"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00845805"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00845805"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00845805"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00184FE0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cockburn.wa.gov.au" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customer@cockburn.wa.gov.au" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -6916,74 +7050,52 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Emily Parkin</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-[...1 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <lastModifiedBy>Samantha Morey</lastModifiedBy>
+  <revision>8</revision>
+  <lastPrinted>2023-10-16T06:57:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>