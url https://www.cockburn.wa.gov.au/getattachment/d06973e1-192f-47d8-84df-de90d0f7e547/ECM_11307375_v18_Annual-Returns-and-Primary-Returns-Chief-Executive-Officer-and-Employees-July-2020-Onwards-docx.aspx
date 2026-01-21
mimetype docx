--- v0 (2025-10-10)
+++ v1 (2026-01-21)
@@ -11,51 +11,51 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4922" w:type="pct"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1879"/>
         <w:gridCol w:w="20"/>
         <w:gridCol w:w="2822"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="13"/>
         <w:gridCol w:w="3097"/>
         <w:gridCol w:w="14"/>
         <w:gridCol w:w="2955"/>
         <w:gridCol w:w="21"/>
         <w:gridCol w:w="2541"/>
         <w:gridCol w:w="10"/>
         <w:gridCol w:w="19"/>
         <w:gridCol w:w="86"/>
@@ -817,8459 +817,9773 @@
                 </w:tcPr>
                 <w:p w14:paraId="00898EE4" w14:textId="5644A082" w:rsidR="00E15BDD" w:rsidRPr="00E15BDD" w:rsidRDefault="004920E7" w:rsidP="00E15BDD">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>15/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w14:paraId="19E71E3C" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00F17C11" w:rsidRPr="00E15BDD" w14:paraId="4A073FE4" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4B242E35" w14:textId="5521AAC8" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="1E59B988" w14:textId="701DE8D2" w:rsidR="00F17C11" w:rsidRDefault="00F17C11" w:rsidP="00F17C11">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Director Community and Place</w:t>
+                    <w:t>Director Sustainable Development and Safety</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="460D800B" w14:textId="5B6F9FA9" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="732F6886" w14:textId="4679AFC8" w:rsidR="00F17C11" w:rsidRDefault="00F17C11" w:rsidP="00F17C11">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="0EF60934" w14:textId="35119932" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="7CC9DFE0" w14:textId="45597049" w:rsidR="00F17C11" w:rsidRDefault="00F17C11" w:rsidP="00F17C11">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="0FCBD640" w14:textId="45BA1271" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="679E96AC" w14:textId="13357830" w:rsidR="00F17C11" w:rsidRDefault="00F17C11" w:rsidP="00F17C11">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>17/7/2025</w:t>
+                    <w:t>11/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w14:paraId="79265F33" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00034A7C" w:rsidRPr="00E15BDD" w14:paraId="3983CE48" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="08353649" w14:textId="4C7C025F" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="3D1769E3" w14:textId="51E6B358" w:rsidR="00034A7C" w:rsidRDefault="00034A7C" w:rsidP="00034A7C">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Service Lead Port Coogee Marina</w:t>
+                    <w:t>Director Corporate and System Services</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7C705459" w14:textId="0B19692E" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="4645FAC3" w14:textId="1A7B0B1E" w:rsidR="00034A7C" w:rsidRDefault="00034A7C" w:rsidP="00034A7C">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7C60E59F" w14:textId="44F1006D" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="05B1F338" w14:textId="7D6630B2" w:rsidR="00034A7C" w:rsidRDefault="00034A7C" w:rsidP="00034A7C">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2C55F861" w14:textId="396072BF" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="16CC5FCC" w14:textId="546722B6" w:rsidR="00034A7C" w:rsidRDefault="00034A7C" w:rsidP="00034A7C">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>28/8/2025</w:t>
+                    <w:t>25/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w14:paraId="567B5D9B" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="004410DC" w:rsidRPr="00E15BDD" w14:paraId="62380A99" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7D636AD9" w14:textId="360BDC6E" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="450AE010" w14:textId="6700D74C" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Director Corporate and System Services</w:t>
+                    <w:t>Director Infrastructure Services</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="6A06FFFD" w14:textId="2D45A910" w:rsidR="00E15BDD" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="4D42A8CB" w14:textId="26507FA3" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2997822D" w14:textId="569D3C5C" w:rsidR="00E15BDD" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="11524B91" w14:textId="793D61CF" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3469B617" w14:textId="04F9AFF3" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="1D29A8A9" w14:textId="42DE3AFC" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>25/8/2025</w:t>
+                    <w:t>15/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w14:paraId="59C05589" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="004410DC" w:rsidRPr="00207A7A" w14:paraId="19E71E3C" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="23FD41F6" w14:textId="3833A5C3" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="4B242E35" w14:textId="5521AAC8" w:rsidR="004410DC" w:rsidRPr="00207A7A" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Service Manager Procurement and Contracts</w:t>
+                    <w:t>Director Community and Place</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="45D84153" w14:textId="6D181815" w:rsidR="00E15BDD" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="460D800B" w14:textId="5B6F9FA9" w:rsidR="004410DC" w:rsidRPr="00207A7A" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="144EE785" w14:textId="58226EF3" w:rsidR="00E15BDD" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="0EF60934" w14:textId="35119932" w:rsidR="004410DC" w:rsidRPr="00207A7A" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="32148F0B" w14:textId="240E18FC" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="0FCBD640" w14:textId="45BA1271" w:rsidR="004410DC" w:rsidRPr="00207A7A" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>9/7/2025</w:t>
+                    <w:t>17/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w14:paraId="5E16EAA4" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="004410DC" w:rsidRPr="00207A7A" w14:paraId="7E3D8C5B" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="04D579C0" w14:textId="597EC32B" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="6FDAF537" w14:textId="7BF0A718" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Ratepayer Experience Coordinator</w:t>
+                    <w:t>Group Manager Development and Safety</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="0CAC7127" w14:textId="79D83240" w:rsidR="00E15BDD" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="3DFE22B6" w14:textId="5A472B91" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4E7D93B3" w14:textId="2DB8B123" w:rsidR="00E15BDD" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="598670F7" w14:textId="775F5095" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="42980C26" w14:textId="663A1F2A" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="15A88D33" w14:textId="1EA36E73" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>28/8/2025</w:t>
+                    <w:t>13/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w14:paraId="5CB70EE7" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="006E779C" w:rsidRPr="00207A7A" w14:paraId="3F9B27B8" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="14B62671" w14:textId="03C5ED26" w:rsidR="00E15BDD" w:rsidRPr="00517172" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
-[...18 lines deleted...]
-                    <w:t>Manager Information Management</w:t>
+                <w:p w14:paraId="3585064A" w14:textId="4423A4C6" w:rsidR="006E779C" w:rsidRDefault="006E779C" w:rsidP="004410DC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Chief Financial Officer</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2AED8B5A" w14:textId="6160BC94" w:rsidR="00E15BDD" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="4B4F16C7" w14:textId="45A36820" w:rsidR="006E779C" w:rsidRDefault="006E779C" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7607CE6A" w14:textId="701A2893" w:rsidR="00E15BDD" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="3429BE97" w14:textId="7B974CAD" w:rsidR="006E779C" w:rsidRDefault="002212CC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2486A6BB" w14:textId="2DB31445" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="408168B8" w14:textId="00D27CB4" w:rsidR="006E779C" w:rsidRDefault="002212CC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>10/7/2025</w:t>
+                    <w:t>18/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w14:paraId="68050CC0" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="004410DC" w:rsidRPr="00207A7A" w14:paraId="7CDE4FEE" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="74319E23" w14:textId="4DE828C0" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="2DB140EC" w14:textId="05BD2E76" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001E0036">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Chief Financial Officer</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3118" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="04147119" w14:textId="45AC0EFA" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Director Sustainable Development and Safety</w:t>
-[...20 lines deleted...]
-                <w:p w14:paraId="2E8CA179" w14:textId="09821AB1" w:rsidR="00E15BDD" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                    <w:t>Primary Return</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2977" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="1F436F43" w14:textId="74C769CE" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Annual Return 2025</w:t>
-[...20 lines deleted...]
-                <w:p w14:paraId="641B6311" w14:textId="53A03A29" w:rsidR="00E15BDD" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                    <w:t>20/10/2025</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2552" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="79102EBF" w14:textId="2132EDA3" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>1/7/2024 - 30/6/2025</w:t>
-[...39 lines deleted...]
-                    <w:t>11/8/2025</w:t>
+                    <w:t>8/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w14:paraId="66300E10" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="004410DC" w:rsidRPr="00207A7A" w14:paraId="47B8D2E1" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4A3CD0EF" w14:textId="2D5A0F78" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="12E7FDD9" w14:textId="2742463E" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Group Manager Development and Safety</w:t>
+                    <w:t>Group Manager Assets and Projects</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="1A2833B3" w14:textId="36949351" w:rsidR="00E15BDD" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="69022A72" w14:textId="475CD334" w:rsidR="004410DC" w:rsidRDefault="0004488C" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="13540976" w14:textId="7B407B07" w:rsidR="00E15BDD" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="13235599" w14:textId="509734D0" w:rsidR="004410DC" w:rsidRDefault="0004488C" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="19FBA685" w14:textId="4BB980E3" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="4D977D90" w14:textId="241A2111" w:rsidR="004410DC" w:rsidRDefault="006E779C" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>13/8/2025</w:t>
+                    <w:t>28/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w14:paraId="29BD2E6A" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="004410DC" w:rsidRPr="00207A7A" w14:paraId="4D586E25" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="300E2E48" w14:textId="36285BDA" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="23D49066" w14:textId="3C841FDE" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Service Manager Health and Building Services</w:t>
+                    <w:t>Group Manager</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00623980">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Recreation </w:t>
+                  </w:r>
+                  <w:r w:rsidR="003E1E67">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>and Place</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2B125161" w14:textId="60D8F705" w:rsidR="00E15BDD" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="2CB459CB" w14:textId="0E3E11A2" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Annual Return 2025</w:t>
+                    <w:t>Primary Return</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="78C8CC2E" w14:textId="298CCACB" w:rsidR="00E15BDD" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="1DE59831" w14:textId="7E3738C8" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>1/7/2024 - 30/6/2025</w:t>
+                    <w:t>31/10/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4A4DE7AA" w14:textId="25669773" w:rsidR="00E15BDD" w:rsidRPr="00207A7A" w:rsidRDefault="00E15BDD" w:rsidP="00E15BDD">
+                <w:p w14:paraId="0C0C424E" w14:textId="278A550E" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>25/8/2025</w:t>
+                    <w:t>19/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="4EB9570E" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="004410DC" w:rsidRPr="00207A7A" w14:paraId="35615F87" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4E0FB59C" w14:textId="2D2D5B08" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="797257BF" w14:textId="4858FE18" w:rsidR="004410DC" w:rsidRPr="001E0036" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Service Lead Development Compliance</w:t>
+                    <w:t>Service Manager Development Services</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4BB6F358" w14:textId="400A050B" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="329D21DD" w14:textId="1918CC91" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Annual Return 2025</w:t>
+                    <w:t>Primary Return</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="44A2505C" w14:textId="5B70473E" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="5128EF47" w14:textId="676C9517" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>1/7/2024 - 30/6/2025</w:t>
+                    <w:t>10/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="21F1A7A6" w14:textId="0B57EEBD" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="2A706863" w14:textId="4BA078F5" w:rsidR="004410DC" w:rsidRDefault="004410DC" w:rsidP="004410DC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>11/8/2025</w:t>
+                    <w:t>2/5/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="2D223903" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="002212CC" w:rsidRPr="00207A7A" w14:paraId="32ACCF3B" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="61A89454" w14:textId="56A1C2E9" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="5CCF7D40" w14:textId="1BDCFA42" w:rsidR="002212CC" w:rsidRPr="001E0036" w:rsidRDefault="002212CC" w:rsidP="002212CC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Senior Development Compliance Officer</w:t>
+                    <w:t>Service Manager Health and Building Services</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="1B4F400C" w14:textId="16BF54F7" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="1F04EF39" w14:textId="0779815C" w:rsidR="002212CC" w:rsidRDefault="002212CC" w:rsidP="002212CC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4A58C48E" w14:textId="452B45EC" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="1B5A118F" w14:textId="5B644F8E" w:rsidR="002212CC" w:rsidRDefault="002212CC" w:rsidP="002212CC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4A795E44" w14:textId="28263F6F" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="69606919" w14:textId="324CF013" w:rsidR="002212CC" w:rsidRDefault="002212CC" w:rsidP="002212CC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>8/8/2025</w:t>
+                    <w:t>25/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="2C8FD05B" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="002212CC" w:rsidRPr="00207A7A" w14:paraId="1B6FFA8A" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="0CB122D3" w14:textId="5E5C50DA" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="7AC72C8D" w14:textId="33C68615" w:rsidR="002212CC" w:rsidRDefault="002212CC" w:rsidP="002212CC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001A557A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Service Manager Rangers &amp; Community Safety</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3118" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="46051B2D" w14:textId="62129AE2" w:rsidR="002212CC" w:rsidRDefault="002212CC" w:rsidP="002212CC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Service Lead Public Health</w:t>
-[...20 lines deleted...]
-                <w:p w14:paraId="0291A996" w14:textId="169698A2" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                    <w:t>Primary Return</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2977" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="4CF07439" w14:textId="7ECCC656" w:rsidR="002212CC" w:rsidRDefault="002212CC" w:rsidP="002212CC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Annual Return 2025</w:t>
-[...20 lines deleted...]
-                <w:p w14:paraId="2923840F" w14:textId="2A6A45BC" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                    <w:t>30/9/2025</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2552" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="3FA7979B" w14:textId="10E1C336" w:rsidR="002212CC" w:rsidRDefault="002212CC" w:rsidP="002212CC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>1/7/2024 - 30/6/2025</w:t>
-[...39 lines deleted...]
-                    <w:t>10/7/2025</w:t>
+                    <w:t>26/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="69204FDE" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="04FE1FD3" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3BB488A6" w14:textId="0F8C3E65" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="58F4B735" w14:textId="066FABE7" w:rsidR="00056EAC" w:rsidRPr="001A557A" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C81F77">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:lastRenderedPageBreak/>
                     <w:t>Position of employee</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="17EB0B12" w14:textId="12425F51" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="3F255FDE" w14:textId="05227A83" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C81F77">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Return</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2F145EF2" w14:textId="174F69DD" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="17DBABE8" w14:textId="16C2B2E8" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C81F77">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Period or due date</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3B8B469A" w14:textId="5C9D090B" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="615E981B" w14:textId="4656346A" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C81F77">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Date </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>lodged</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="319C2F4E" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="016AF725" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="677162CF" w14:textId="17DABAA7" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="4C119513" w14:textId="42B412C9" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Service Lead Building Services</w:t>
+                    <w:t>Service Manager Procurement and Contracts</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="03E8815C" w14:textId="143912C3" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="5990C7C1" w14:textId="11417347" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="09B757F4" w14:textId="12D29BE9" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="224C11DB" w14:textId="16F01E7F" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="59B5E196" w14:textId="20881995" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="5B55B0C2" w14:textId="14CEAE5A" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>8/7/2025</w:t>
+                    <w:t>9/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="1B5A7E58" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="536C90F7" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="142248C1" w14:textId="79F69652" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="64A31707" w14:textId="21A2C5EF" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Fire and Emergency Management Manager</w:t>
+                    <w:t>Service Manager Strategic Finance</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="024DCCB0" w14:textId="22CB3ABB" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="5FB75875" w14:textId="0E9A0167" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7DB234BB" w14:textId="763D88B0" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="17C97672" w14:textId="45347900" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="389DDE00" w14:textId="05951335" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="26D1A325" w14:textId="23B8E2E6" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>11/7/2025</w:t>
+                    <w:t>25/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="7577B6F0" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="770822C9" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="070E6F8A" w14:textId="2FAA962B" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="3863D0FA" w14:textId="5AE14EA9" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Senior Parking Services</w:t>
+                    <w:t>Service</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00CD2F9B">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Manager Traffic </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>and</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00CD2F9B">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Major Projects</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4FD9C205" w14:textId="03DF470A" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="6854CD67" w14:textId="3EEF677A" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="6FF51F31" w14:textId="0C2FA0A4" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="1858C64E" w14:textId="01617C3B" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="29BA91CA" w14:textId="3269C144" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="20BC68AB" w14:textId="13E78CCC" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>15/7/2025</w:t>
+                    <w:t>11/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="024D1384" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="59C3FDF7" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="14A0D643" w14:textId="12A6493A" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="3732EDB0" w14:textId="2CA4585C" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00775559">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Service Manager Traffic and Major Projects</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3118" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="37D539D4" w14:textId="37DE85D5" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Service Leave Ranger and Parking</w:t>
-[...20 lines deleted...]
-                <w:p w14:paraId="79488388" w14:textId="6787D2B1" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                    <w:t>Primary Return</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2977" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="0A183909" w14:textId="6EC10FFF" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Annual Return 2025</w:t>
-[...20 lines deleted...]
-                <w:p w14:paraId="6DEAE546" w14:textId="18C84B5C" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                    <w:t>7/12/2025</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2552" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="5E50B887" w14:textId="7F8F9EBF" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>1/7/2024 - 30/6/2025</w:t>
-[...39 lines deleted...]
-                    <w:t>29/8/2025</w:t>
+                    <w:t>12/9/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="76BF03AE" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="72141AB4" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7CB2BD0E" w14:textId="56611B7F" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...9 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="76ADDB4C" w14:textId="070C177B" w:rsidR="00056EAC" w:rsidRPr="00775559" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001219A7">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Service Manager Waste </w:t>
+                  </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Ranger Team Leader</w:t>
+                    <w:t>and</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001219A7">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Fleet</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Services</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="700BCF2C" w14:textId="12AC2672" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="06C2D7D7" w14:textId="75ED8A92" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="1017CC64" w14:textId="161A6077" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="7BDF15DD" w14:textId="34E9E86B" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7C08C01D" w14:textId="3AD4CF4D" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="3856B96B" w14:textId="0C862193" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>21/8/2025</w:t>
+                    <w:t>27/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="075FE7AA" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="6E8518C3" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="46893AF0" w14:textId="17943CB7" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="4C5EB802" w14:textId="1B42A1A6" w:rsidR="00056EAC" w:rsidRPr="001219A7" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Ranger Team Leader</w:t>
+                    <w:t>Service Manager Infrastructure Assets</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="19A6F696" w14:textId="7D108D2D" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="68C5F74C" w14:textId="0F68CD13" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Annual Return 2025</w:t>
+                    <w:t>Primary Return</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="354E9376" w14:textId="700AA4AD" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="0DACFEE5" w14:textId="4ACFDE9A" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>1/7/2024 - 30/6/2025</w:t>
+                    <w:t>8/4/2026</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="227BEDD6" w14:textId="09713C18" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="40BB5A54" w14:textId="1321A895" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>11/8/2025</w:t>
+                    <w:t>12/1/2026</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="6398BB1F" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="15F536C6" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="781DFDE5" w14:textId="7BF380C4" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="0AFCEA88" w14:textId="1B59DC70" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E300A7">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Service Manager Infrastructure Assets</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3118" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="23BE25F2" w14:textId="616A6431" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Senior Development Engineer</w:t>
-[...20 lines deleted...]
-                <w:p w14:paraId="31A22650" w14:textId="4A920710" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                    <w:t>Primary Return</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2977" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="50C273C7" w14:textId="49928BC9" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Annual Return 2025</w:t>
-[...20 lines deleted...]
-                <w:p w14:paraId="34A4A919" w14:textId="6AFB6DA4" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                    <w:t>30/9/2025</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2552" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="4EE08258" w14:textId="16096BA6" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>1/7/2024 - 30/6/2025</w:t>
-[...39 lines deleted...]
-                    <w:t>8/7/2025</w:t>
+                    <w:t>1/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="7110EA47" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="59F413D2" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="67D6491B" w14:textId="37A5E941" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="186DEA22" w14:textId="3915FBF5" w:rsidR="00056EAC" w:rsidRPr="00E300A7" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Director Infrastructure Services</w:t>
+                    <w:t>Service Manager Recreation Services</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="22BF919D" w14:textId="47F6192D" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="4BBBDACA" w14:textId="10A8EFCB" w:rsidR="00056EAC" w:rsidRDefault="009C7AFC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Annual Return 2025</w:t>
+                    <w:t>Primary Return</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2A41F0BB" w14:textId="7D6AE7A3" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="00C55951" w14:textId="6F6A1451" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>1/7/2024 - 30/6/2025</w:t>
+                    <w:t>4/11/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3EBCEE5B" w14:textId="5F668EDE" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="19055078" w14:textId="77777777" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>15/7/2025</w:t>
-                  </w:r>
+                    <w:t>19/8/2025</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2E003B6A" w14:textId="2C5C037B" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="54F1C2D2" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="567B5D9B" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4E1E8CBF" w14:textId="79197460" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>Group Manager Traffic &amp; Major Projects</w:t>
+                <w:p w14:paraId="7D636AD9" w14:textId="2B526BD1" w:rsidR="00056EAC" w:rsidRPr="00207A7A" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Service Lead Development Compliance</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="050A65DD" w14:textId="64458FC4" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="6A06FFFD" w14:textId="13FEF3EA" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7AF28707" w14:textId="21E046AB" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="2997822D" w14:textId="36E01A52" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="45331D24" w14:textId="1C0C68AB" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="3469B617" w14:textId="4E5E8C1D" w:rsidR="00056EAC" w:rsidRPr="00207A7A" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>11/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="2C4F4539" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="59C05589" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3B51A37F" w14:textId="6F19AF43" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>Service Lead Civil Infrastructure</w:t>
+                <w:p w14:paraId="23FD41F6" w14:textId="1100C52C" w:rsidR="00056EAC" w:rsidRPr="00207A7A" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Service Lead Public Health</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="45FA11DC" w14:textId="13C8A3B2" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="45D84153" w14:textId="6598DAA9" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="258BECC8" w14:textId="11C77DFF" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="144EE785" w14:textId="34096FA5" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="04076F8E" w14:textId="5243D656" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="32148F0B" w14:textId="690CD625" w:rsidR="00056EAC" w:rsidRPr="00207A7A" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>8/7/2025</w:t>
+                    <w:t>10/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="05D29AF6" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="5E16EAA4" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="6254E63F" w14:textId="4DA1DD2A" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>Principal Engineer Traffic &amp; Transport</w:t>
+                <w:p w14:paraId="04D579C0" w14:textId="10145903" w:rsidR="00056EAC" w:rsidRPr="00207A7A" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Service Lead Ranger and Parking</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="6E11DA26" w14:textId="18A6F8EC" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="0CAC7127" w14:textId="77A78E25" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3DEAC6C9" w14:textId="0A5BDB0A" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="4E7D93B3" w14:textId="72051B46" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="72D8E4E8" w14:textId="74AC471E" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="42980C26" w14:textId="48F433C1" w:rsidR="00056EAC" w:rsidRPr="00207A7A" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>8/7/2025</w:t>
+                    <w:t>29/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="7C12E62E" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="4EB9570E" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="1815F47F" w14:textId="6D621EAD" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>Service Manager Waste &amp; Fleet</w:t>
+                <w:p w14:paraId="4E0FB59C" w14:textId="5A64FF03" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Ratepayer Experience Coordinator</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="1D517305" w14:textId="4858763C" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="4BB6F358" w14:textId="6F97EDFA" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="58B65A36" w14:textId="6379B3C1" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="44A2505C" w14:textId="3291927F" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="66AFA9D3" w14:textId="52CC29A2" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="21F1A7A6" w14:textId="15ADE396" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>27/8/2025</w:t>
+                    <w:t>28/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="598C6224" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="2D223903" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="25FFB478" w14:textId="231FE346" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>Waste Services Coordinator</w:t>
+                <w:p w14:paraId="61A89454" w14:textId="56A1C2E9" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Senior Development Compliance Officer</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="5DBB1B9C" w14:textId="569C7F5E" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="1B4F400C" w14:textId="16BF54F7" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="6E1F1C77" w14:textId="30D1616E" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="4A58C48E" w14:textId="452B45EC" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3A93F78B" w14:textId="0DE11AEE" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="4A795E44" w14:textId="28263F6F" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>14/7/2025</w:t>
+                    <w:t>8/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="5A2EE063" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="2C8FD05B" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3F846C2C" w14:textId="081982CE" w:rsidR="001B49E7" w:rsidRPr="00EE1F79" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="0CB122D3" w14:textId="5D06F7EE" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Waste Education Coordinator</w:t>
+                    <w:t>Fire and Emergency Management Manager</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="5636A4D5" w14:textId="55BBC39E" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="0291A996" w14:textId="6F624C2F" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="095E58D9" w14:textId="1F4C79BD" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="2923840F" w14:textId="2911A867" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="03832BAB" w14:textId="53E70C5E" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="528DFF81" w14:textId="25763EAD" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>14/7/2025</w:t>
+                    <w:t>11/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="71A63038" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="69204FDE" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="6AEB3468" w14:textId="61D261A4" w:rsidR="001B49E7" w:rsidRPr="00EE1F79" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>Waste Collection Supervisor</w:t>
+                <w:p w14:paraId="3BB488A6" w14:textId="20DF847E" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Service Lead Sustainability and Climate Change</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="5C4659C3" w14:textId="5EF8B535" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="17EB0B12" w14:textId="20DCA1F9" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="11EE81E8" w14:textId="064C89ED" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="2F145EF2" w14:textId="4B3E9D1B" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="05FA629F" w14:textId="4153EA24" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="3B8B469A" w14:textId="3C1DF1DF" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>14/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="70B2C82E" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="3179BCE6" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="60465537" w14:textId="4B4A44E3" w:rsidR="001B49E7" w:rsidRPr="00EE1F79" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>Waste Collection Supervisor</w:t>
+                <w:p w14:paraId="40483A79" w14:textId="2AC50F45" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F008DC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Service Lea</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>d</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00F008DC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Statutory Planning</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="054010A7" w14:textId="7B41A22F" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="2DF8009C" w14:textId="64E792F8" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Annual Return 2025</w:t>
+                    <w:t>Primary Return</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="05CB78D7" w14:textId="1FF7F098" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="1E3C338C" w14:textId="22FE2A2F" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>1/7/2024 - 30/6/2025</w:t>
+                    <w:t>31/10/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="69E77CFC" w14:textId="05D5B317" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="0692314B" w14:textId="0BA50ABE" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>8/7/2025</w:t>
+                    <w:t>8/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="3E7B40B2" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="319C2F4E" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="535A1E15" w14:textId="724431D9" w:rsidR="001B49E7" w:rsidRPr="00EE1F79" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>Service Manager Recreation Services</w:t>
+                <w:p w14:paraId="677162CF" w14:textId="17DABAA7" w:rsidR="00056EAC" w:rsidRPr="00207A7A" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Service Lead Building Services</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4340EEFC" w14:textId="3D395063" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="03E8815C" w14:textId="143912C3" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Primary Return</w:t>
+                    <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2D1D0DD8" w14:textId="5ACDB7DC" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="09B757F4" w14:textId="12D29BE9" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>31/10/2025</w:t>
+                    <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4EA8D835" w14:textId="21136138" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="59B5E196" w14:textId="20881995" w:rsidR="00056EAC" w:rsidRPr="00207A7A" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>19/8/2025</w:t>
+                    <w:t>8/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="0A91AC53" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="00056EAC" w:rsidRPr="00207A7A" w14:paraId="1B5A7E58" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="269A723F" w14:textId="7F856334" w:rsidR="001B49E7" w:rsidRPr="00EE1F79" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>Chief Financial Officer</w:t>
+                <w:p w14:paraId="142248C1" w14:textId="790D33F7" w:rsidR="00056EAC" w:rsidRPr="00207A7A" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00523738">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Service Lead Rates &amp; Revenue</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="0E1DAC43" w14:textId="3B3BB522" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="024DCCB0" w14:textId="7B80E63E" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Primary Return</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="236643DC" w14:textId="7CA09AE9" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="7DB234BB" w14:textId="1B0DCF24" w:rsidR="00056EAC" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>20/10/2025</w:t>
+                    <w:t>31/10/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="25460745" w14:textId="3863DA60" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="389DDE00" w14:textId="7BD04568" w:rsidR="00056EAC" w:rsidRPr="00207A7A" w:rsidRDefault="00056EAC" w:rsidP="00056EAC">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>8/8/2025</w:t>
+                    <w:t>14/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="5F1D0989" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="00207A7A" w14:paraId="09E2DE27" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="30CD1628" w14:textId="44E71F24" w:rsidR="001B49E7" w:rsidRPr="003D7C70" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="0F7DF6C1" w14:textId="2E3C2454" w:rsidR="003D1B67" w:rsidRPr="00523738" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C81F77">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:lastRenderedPageBreak/>
                     <w:t>Position of employee</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="46D7D89E" w14:textId="71A286B6" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="6E700BE6" w14:textId="544A70CC" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C81F77">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Return</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="619E084D" w14:textId="0316DDC5" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="5B8562D3" w14:textId="46D62A7C" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C81F77">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Period or due date</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="06B16930" w14:textId="1F46868A" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="272D24A0" w14:textId="2128B1DD" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C81F77">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Date </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>lodged</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="65BB362A" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="00207A7A" w14:paraId="5EA82C5E" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3043E353" w14:textId="5A8B4AEE" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>Acting Service Lead Rates &amp; Revenue</w:t>
+                <w:p w14:paraId="376EACF2" w14:textId="5C3F5378" w:rsidR="003D1B67" w:rsidRPr="00523738" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Service Lead</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00517172">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Information Management</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3774AB6A" w14:textId="325B1B77" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="2BED878C" w14:textId="047209A0" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Primary Return</w:t>
+                    <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="11E0C732" w14:textId="5F507CE4" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="5275DDAD" w14:textId="25E7E93D" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>31/10/2025</w:t>
+                    <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="774679CA" w14:textId="4EBC6277" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="0EC60B32" w14:textId="4CEB7FC8" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>14/8/2025</w:t>
+                    <w:t>10/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="715CD2BF" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="00207A7A" w14:paraId="3B2548AD" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="0A61EE86" w14:textId="0AB9BF4E" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>Service Leave Statutory Planning</w:t>
+                <w:p w14:paraId="5593C340" w14:textId="74413772" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00CD2F9B">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Service Lead Civil Infrastructure</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="6A083277" w14:textId="75A05EF5" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="20B65E7F" w14:textId="04F90515" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Primary Return</w:t>
+                    <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="5784EA60" w14:textId="1EB8A461" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="0F53E55D" w14:textId="6044A30F" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>31/10/2025</w:t>
+                    <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="21205B57" w14:textId="2C01DFA5" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="2092CF3E" w14:textId="44306BA3" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>8/8/2025</w:t>
+                    <w:t>8/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="00FD86E0" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="00207A7A" w14:paraId="177A8737" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="687843DA" w14:textId="7C89B6BE" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>Service Manager Rangers &amp; Community Safety</w:t>
+                <w:p w14:paraId="66148B9A" w14:textId="1C22649F" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Service Lead Waste Management</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="68CFDEA8" w14:textId="3D92E38A" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="3D3C79F9" w14:textId="038D10C0" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Primary Return</w:t>
+                    <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="099DB26B" w14:textId="388BD479" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="542015EE" w14:textId="55C84E9F" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>30/9/2025</w:t>
+                    <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="01D26F1E" w14:textId="0B4C94D7" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="6DF62872" w14:textId="007CFE6F" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>26/8/2025</w:t>
+                    <w:t>14/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="1186B932" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="00207A7A" w14:paraId="28F19FF1" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4565211B" w14:textId="47D2BF5C" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>Service Manager Infrastructure Assets</w:t>
+                <w:p w14:paraId="62F07694" w14:textId="326BA94D" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Service Lead HWRP</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="53B3D10A" w14:textId="15BA5AA0" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="3E020932" w14:textId="2FDC9C87" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Primary Return</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="34674A5E" w14:textId="67ACCB51" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="6F279F8C" w14:textId="3D6DBE4C" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>30/9/2025</w:t>
+                    <w:t>25/5/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="799CDAE7" w14:textId="300939D5" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="5E20BCA3" w14:textId="362A443C" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>1/7/2025</w:t>
+                    <w:t>10/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="1AE246B9" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="00207A7A" w14:paraId="6C4B8578" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="197A94CE" w14:textId="7E8A7E18" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>Cockburn Resource Recovery Park Manager</w:t>
+                <w:p w14:paraId="04DCEBF5" w14:textId="0B7D84E4" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Service Lead Port Coogee Marina</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="0EAB5A96" w14:textId="34E9F178" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="2A54D638" w14:textId="695FE8A2" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Primary Return</w:t>
+                    <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="5EBEE55C" w14:textId="0E3A673B" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="13AAEF60" w14:textId="1F6C70F9" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>25/5/2025</w:t>
+                    <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="5C71F574" w14:textId="0CD66901" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="1FADDEDD" w14:textId="1E36C1A6" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>10/7/2025</w:t>
+                    <w:t>28/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00207A7A" w14:paraId="0EDCDE56" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="00207A7A" w14:paraId="67DB3F16" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="6D8474EE" w14:textId="75CDFA49" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>Acting Service Manager Traffic and Major Projects</w:t>
+                <w:p w14:paraId="55BC3A8A" w14:textId="44AAB223" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Ranger Team Leader</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="0D86B6D7" w14:textId="19287DE8" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="311EA36A" w14:textId="6380BA89" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Primary Return</w:t>
+                    <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="04210AA2" w14:textId="2EA6A118" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="7F6FE6D5" w14:textId="5C810118" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>7/12/2025</w:t>
+                    <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="02A1A8FF" w14:textId="45B3D570" w:rsidR="001B49E7" w:rsidRPr="00207A7A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="02F7649B" w14:textId="5C13E210" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>12/9/2025</w:t>
+                    <w:t>21/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="009725A7" w14:paraId="12CFD2BD" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="00207A7A" w14:paraId="5B12C800" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="1B9B8801" w14:textId="5084B66D" w:rsidR="001B49E7" w:rsidRPr="009725A7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="597206CF" w14:textId="01D472AF" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Ranger Team Leader</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="38BD55C5" w14:textId="4A31D130" w:rsidR="001B49E7" w:rsidRPr="009725A7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="067C22EC" w14:textId="4E404225" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Primary Return</w:t>
+                    <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="52904460" w14:textId="6DAF42BF" w:rsidR="001B49E7" w:rsidRPr="009725A7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="6354648A" w14:textId="1236637B" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>29/7/2025</w:t>
+                    <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="039C009A" w14:textId="4BB1E7A6" w:rsidR="001B49E7" w:rsidRPr="009725A7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="37A1F3CD" w14:textId="4B932E97" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>12/6/2025</w:t>
+                    <w:t>11/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00C81F77" w14:paraId="7EEA3C5F" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="00207A7A" w14:paraId="7577B6F0" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="66281F20" w14:textId="5E36691A" w:rsidR="001B49E7" w:rsidRPr="008A1D3F" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>Service Manager Waste and Fleet</w:t>
+                <w:p w14:paraId="070E6F8A" w14:textId="2FAA962B" w:rsidR="003D1B67" w:rsidRPr="00207A7A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Senior Parking Services</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2C3EFF8B" w14:textId="0AD1AAB6" w:rsidR="001B49E7" w:rsidRPr="008A1D3F" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>Primary Return</w:t>
+                <w:p w14:paraId="4FD9C205" w14:textId="03DF470A" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="07DE4713" w14:textId="4C72E6EE" w:rsidR="001B49E7" w:rsidRPr="008A1D3F" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>18/8/2025</w:t>
+                <w:p w14:paraId="6FF51F31" w14:textId="0C2FA0A4" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="755953A1" w14:textId="41760995" w:rsidR="001B49E7" w:rsidRPr="008A1D3F" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...18 lines deleted...]
-                    <w:t>11/6/2025</w:t>
+                <w:p w14:paraId="29BA91CA" w14:textId="3269C144" w:rsidR="003D1B67" w:rsidRPr="00207A7A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>15/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="005118D7" w14:paraId="2A1E5D46" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="00207A7A" w14:paraId="024D1384" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="60F62554" w14:textId="26A1E161" w:rsidR="001B49E7" w:rsidRPr="005118D7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="14A0D643" w14:textId="3E9C4C71" w:rsidR="003D1B67" w:rsidRPr="00207A7A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Acting Building Services Coordinator</w:t>
+                    <w:t>Senior Development Engineer</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="5E02F429" w14:textId="461E1B3F" w:rsidR="001B49E7" w:rsidRPr="005118D7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="79488388" w14:textId="0D2D6DCF" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Primary Return</w:t>
+                    <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="325DB145" w14:textId="7EC326D9" w:rsidR="001B49E7" w:rsidRPr="005118D7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="6DEAE546" w14:textId="22DA611D" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>10/7/2025</w:t>
+                    <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4F667EE1" w14:textId="19DBF14D" w:rsidR="001B49E7" w:rsidRPr="005118D7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="676AABC8" w14:textId="2ECC50E1" w:rsidR="003D1B67" w:rsidRPr="00207A7A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>13/5/2025</w:t>
+                    <w:t>8/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="003C468A" w14:paraId="5ADA3F71" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="00207A7A" w14:paraId="76BF03AE" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="0C157DCC" w14:textId="05ED505A" w:rsidR="001B49E7" w:rsidRPr="003C468A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="7CB2BD0E" w14:textId="4940EACA" w:rsidR="003D1B67" w:rsidRPr="00207A7A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Parking Operations Manager</w:t>
+                    <w:t>Senior Development Compliance Officer</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2F87A6CB" w14:textId="4D384B05" w:rsidR="001B49E7" w:rsidRPr="003C468A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="700BCF2C" w14:textId="3EF85AB2" w:rsidR="003D1B67" w:rsidRPr="00207A7A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Primary Return</w:t>
+                    <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="02168F9E" w14:textId="6D396082" w:rsidR="001B49E7" w:rsidRPr="003C468A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="1017CC64" w14:textId="58BC42EB" w:rsidR="003D1B67" w:rsidRPr="00207A7A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>9/7/2025</w:t>
+                    <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="36905A05" w14:textId="747EC6AC" w:rsidR="001B49E7" w:rsidRPr="003C468A" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="7C08C01D" w14:textId="7AD065E5" w:rsidR="003D1B67" w:rsidRPr="00207A7A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>2/5/2025</w:t>
+                    <w:t>8/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="006609A4" w14:paraId="0138F444" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="00207A7A" w14:paraId="075FE7AA" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2CDE5B1A" w14:textId="3772034D" w:rsidR="001B49E7" w:rsidRPr="006609A4" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="46893AF0" w14:textId="5B2BE118" w:rsidR="003D1B67" w:rsidRPr="00207A7A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Service Manager Development Services</w:t>
+                    <w:t>Ratepayer Experience Coordinator</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="6959B422" w14:textId="56ECB248" w:rsidR="001B49E7" w:rsidRPr="006609A4" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="19A6F696" w14:textId="07947949" w:rsidR="003D1B67" w:rsidRPr="00207A7A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Primary Return</w:t>
+                    <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="31606554" w14:textId="042C7D5A" w:rsidR="001B49E7" w:rsidRPr="006609A4" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="354E9376" w14:textId="65FD9F36" w:rsidR="003D1B67" w:rsidRPr="00207A7A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>10/7/2025</w:t>
+                    <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="5A1C0D59" w14:textId="673D3852" w:rsidR="001B49E7" w:rsidRPr="006609A4" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="227BEDD6" w14:textId="7C66597A" w:rsidR="003D1B67" w:rsidRPr="00207A7A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>2/5/2025</w:t>
+                    <w:t>28/8/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="006609A4" w14:paraId="183007BD" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="00207A7A" w14:paraId="05D29AF6" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3A91F33E" w14:textId="6B63A692" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...9 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="6254E63F" w14:textId="547EFD0F" w:rsidR="003D1B67" w:rsidRPr="00207A7A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001219A7">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Principal Engineer Traffic </w:t>
+                  </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                      <w:color w:val="000000"/>
-[...3 lines deleted...]
-                    <w:t>Rates Experience Coordinator</w:t>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>and</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001219A7">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Transport</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="0C2D63B9" w14:textId="68FA1863" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="6E11DA26" w14:textId="18A6F8EC" w:rsidR="003D1B67" w:rsidRPr="00207A7A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                      <w:color w:val="000000"/>
-[...3 lines deleted...]
-                    <w:t>Primary Return</w:t>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Annual Return 2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="44576DA6" w14:textId="5D8676CA" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="3DEAC6C9" w14:textId="0A5BDB0A" w:rsidR="003D1B67" w:rsidRPr="00207A7A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                      <w:color w:val="000000"/>
-[...3 lines deleted...]
-                    <w:t>30/6/2025</w:t>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>1/7/2024 - 30/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="6916510B" w14:textId="0A8801A5" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="72D8E4E8" w14:textId="74AC471E" w:rsidR="003D1B67" w:rsidRPr="00207A7A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                      <w:color w:val="000000"/>
-[...3 lines deleted...]
-                    <w:t>29/4/2025</w:t>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>8/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="006609A4" w14:paraId="45C4E239" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="00207A7A" w14:paraId="71A63038" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="285B1D18" w14:textId="1EB3DDC0" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="6AEB3468" w14:textId="61D261A4" w:rsidR="003D1B67" w:rsidRPr="00EE1F79" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="003D7C70">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Waste Collection Supervisor</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3118" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="5C4659C3" w14:textId="5EF8B535" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                      <w:color w:val="000000"/>
-[...24 lines deleted...]
-                <w:p w14:paraId="4A77D9D7" w14:textId="754EDB2D" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Annual Return 2025</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2977" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="11EE81E8" w14:textId="064C89ED" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                      <w:color w:val="000000"/>
-[...24 lines deleted...]
-                <w:p w14:paraId="72ECE8D1" w14:textId="6D3B31AD" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>1/7/2024 - 30/6/2025</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2552" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="05FA629F" w14:textId="4153EA24" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                      <w:color w:val="000000"/>
-[...42 lines deleted...]
-                    <w:t>6/1/2025</w:t>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>14/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="006609A4" w14:paraId="0E596ABE" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="00207A7A" w14:paraId="70B2C82E" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="0EE879C7" w14:textId="40898A33" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                <w:p w14:paraId="60465537" w14:textId="4B4A44E3" w:rsidR="003D1B67" w:rsidRPr="00EE1F79" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="003D7C70">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Waste Collection Supervisor</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3118" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="054010A7" w14:textId="7B41A22F" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                      <w:color w:val="000000"/>
-[...24 lines deleted...]
-                <w:p w14:paraId="079492E6" w14:textId="7787A5AF" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Annual Return 2025</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2977" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="05CB78D7" w14:textId="1FF7F098" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                      <w:color w:val="000000"/>
-[...24 lines deleted...]
-                <w:p w14:paraId="69D43F98" w14:textId="29EC1EA4" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>1/7/2024 - 30/6/2025</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2552" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="69E77CFC" w14:textId="05D5B317" w:rsidR="003D1B67" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                      <w:color w:val="000000"/>
-[...42 lines deleted...]
-                    <w:t>16/12/2024</w:t>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>8/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="006609A4" w14:paraId="2B4D5CDA" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="009725A7" w14:paraId="12CFD2BD" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="006F9421" w14:textId="20C3EBB5" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...17 lines deleted...]
-                    <w:t>Head of Sustainability and Environment</w:t>
+                <w:p w14:paraId="1B9B8801" w14:textId="5084B66D" w:rsidR="003D1B67" w:rsidRPr="009725A7" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Ranger Team Leader</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="539256E2" w14:textId="17363288" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...17 lines deleted...]
-                    <w:t>Annual Return 2024</w:t>
+                <w:p w14:paraId="38BD55C5" w14:textId="4A31D130" w:rsidR="003D1B67" w:rsidRPr="009725A7" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Primary Return</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="301BEBFA" w14:textId="153D5297" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...17 lines deleted...]
-                    <w:t>1/7/2023 - 30/6/2024</w:t>
+                <w:p w14:paraId="52904460" w14:textId="6DAF42BF" w:rsidR="003D1B67" w:rsidRPr="009725A7" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>29/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3A38ACE3" w14:textId="6C9633C2" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...17 lines deleted...]
-                    <w:t>29/8/2024</w:t>
+                <w:p w14:paraId="039C009A" w14:textId="4BB1E7A6" w:rsidR="003D1B67" w:rsidRPr="009725A7" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>12/6/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="006609A4" w14:paraId="59438F22" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="00C81F77" w14:paraId="7EEA3C5F" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7D811F37" w14:textId="594C8F90" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...17 lines deleted...]
-                    <w:t>Waste Collection Supervisor</w:t>
+                <w:p w14:paraId="66281F20" w14:textId="51ECDD85" w:rsidR="003D1B67" w:rsidRPr="008A1D3F" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Director Community and Place</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="5D9779B0" w14:textId="692C6B57" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...10 lines deleted...]
-                  <w:r w:rsidRPr="00C81F77">
+                <w:p w14:paraId="2C3EFF8B" w14:textId="06FB162E" w:rsidR="003D1B67" w:rsidRPr="008A1D3F" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Primary Return</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="172446C2" w14:textId="681ED540" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...17 lines deleted...]
-                    <w:t>8/11/2024</w:t>
+                <w:p w14:paraId="07DE4713" w14:textId="698E9489" w:rsidR="003D1B67" w:rsidRPr="008A1D3F" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>21/01/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="65BB3094" w14:textId="01E7E0A1" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...17 lines deleted...]
-                    <w:t>28/8/2024</w:t>
+                <w:p w14:paraId="755953A1" w14:textId="1DE543F5" w:rsidR="003D1B67" w:rsidRPr="008A1D3F" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>16/12/2024</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="006609A4" w14:paraId="23E2DAF4" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="005118D7" w14:paraId="2A1E5D46" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7200A0E4" w14:textId="37A134F0" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...17 lines deleted...]
-                    <w:t>Waste Services Coordinator</w:t>
+                <w:p w14:paraId="60F62554" w14:textId="26A1E161" w:rsidR="003D1B67" w:rsidRPr="005118D7" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Acting Building Services Coordinator</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="1D2932C2" w14:textId="3E78BAB9" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...12 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:p w14:paraId="5E02F429" w14:textId="461E1B3F" w:rsidR="003D1B67" w:rsidRPr="005118D7" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Primary Return</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="508CED8E" w14:textId="38A02C64" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...17 lines deleted...]
-                    <w:t>8/11/2024</w:t>
+                <w:p w14:paraId="325DB145" w14:textId="7EC326D9" w:rsidR="003D1B67" w:rsidRPr="005118D7" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>10/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="49823973" w14:textId="73D3C25B" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...17 lines deleted...]
-                    <w:t>28/8/2024</w:t>
+                <w:p w14:paraId="4F667EE1" w14:textId="19DBF14D" w:rsidR="003D1B67" w:rsidRPr="005118D7" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>13/5/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="006609A4" w14:paraId="48685D39" w14:textId="77777777" w:rsidTr="000E5761">
+            <w:tr w:rsidR="003D1B67" w:rsidRPr="003C468A" w14:paraId="5ADA3F71" w14:textId="77777777" w:rsidTr="000E5761">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="381"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="78DEEE51" w14:textId="15739620" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...17 lines deleted...]
-                    <w:t>Manager Health and Building Services</w:t>
+                <w:p w14:paraId="0C157DCC" w14:textId="05ED505A" w:rsidR="003D1B67" w:rsidRPr="003C468A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Parking Operations Manager</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="1B69A1A6" w14:textId="0E530BB7" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...17 lines deleted...]
-                    <w:t>Annual Return 2024</w:t>
+                <w:p w14:paraId="2F87A6CB" w14:textId="4D384B05" w:rsidR="003D1B67" w:rsidRPr="003C468A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Primary Return</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3E6B1979" w14:textId="22F526E7" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...17 lines deleted...]
-                    <w:t>10/8/2024 - 30/6/2024</w:t>
+                <w:p w14:paraId="02168F9E" w14:textId="6D396082" w:rsidR="003D1B67" w:rsidRPr="003C468A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>9/7/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2DBD0B54" w14:textId="31E220F8" w:rsidR="001B49E7" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
-[...17 lines deleted...]
-                    <w:t>27/8/2024</w:t>
+                <w:p w14:paraId="36905A05" w14:textId="747EC6AC" w:rsidR="003D1B67" w:rsidRPr="003C468A" w:rsidRDefault="003D1B67" w:rsidP="003D1B67">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>2/5/2025</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001B49E7" w:rsidRPr="00C81F77" w14:paraId="38E066E2" w14:textId="77777777" w:rsidTr="00F165E5">
+            <w:tr w:rsidR="004626DF" w:rsidRPr="003C468A" w14:paraId="68A20B6E" w14:textId="77777777" w:rsidTr="000E5761">
+              <w:trPr>
+                <w:trHeight w:hRule="exact" w:val="381"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6095" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
-                    <w:bottom w:w="159" w:type="dxa"/>
-[...7 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="6A158AD1" w14:textId="66F3E287" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C81F77">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:lastRenderedPageBreak/>
                     <w:t>Position of employee</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3118" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
-                    <w:bottom w:w="159" w:type="dxa"/>
-[...7 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="577B6391" w14:textId="354642F7" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C81F77">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Return</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
-                    <w:bottom w:w="159" w:type="dxa"/>
-[...7 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="33A7A43E" w14:textId="6383C31D" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C81F77">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Period or due date</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2552" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
-                    <w:bottom w:w="159" w:type="dxa"/>
-[...7 lines deleted...]
-                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="4154ADF3" w14:textId="50E11104" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C81F77">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Date </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>lodged</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004626DF" w:rsidRPr="006609A4" w14:paraId="183007BD" w14:textId="77777777" w:rsidTr="000E5761">
+              <w:trPr>
+                <w:trHeight w:hRule="exact" w:val="381"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="6095" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="3A91F33E" w14:textId="6B63A692" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Rates Experience Coordinator</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3118" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="0C2D63B9" w14:textId="68FA1863" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Primary Return</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2977" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="44576DA6" w14:textId="5D8676CA" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>30/6/2025</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2552" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="6916510B" w14:textId="0A8801A5" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>29/4/2025</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004626DF" w:rsidRPr="006609A4" w14:paraId="45C4E239" w14:textId="77777777" w:rsidTr="000E5761">
+              <w:trPr>
+                <w:trHeight w:hRule="exact" w:val="381"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="6095" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="285B1D18" w14:textId="29E63FC4" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Director Corporate and System Services</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3118" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="4A77D9D7" w14:textId="01290E09" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Primary Return</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2977" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="72ECE8D1" w14:textId="1F0C1BDB" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>4/2/2025</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2552" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="05AC805B" w14:textId="2E9556F6" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>6/1/2025</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004626DF" w:rsidRPr="006609A4" w14:paraId="0E596ABE" w14:textId="77777777" w:rsidTr="000E5761">
+              <w:trPr>
+                <w:trHeight w:hRule="exact" w:val="381"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="6095" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="0EE879C7" w14:textId="7A33FDC2" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="008A1D3F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Service Manager Waste and Fleet</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Services</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3118" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="079492E6" w14:textId="379AFF0D" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="008A1D3F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Primary Return</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2977" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="69D43F98" w14:textId="50376E10" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="008A1D3F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>18/8/2025</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2552" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="0E989359" w14:textId="79863B91" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="008A1D3F">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>11/6/2025</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004626DF" w:rsidRPr="006609A4" w14:paraId="2B4D5CDA" w14:textId="77777777" w:rsidTr="000E5761">
+              <w:trPr>
+                <w:trHeight w:hRule="exact" w:val="381"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="6095" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="006F9421" w14:textId="20C3EBB5" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C81F77">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Head of Sustainability and Environment</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3118" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="539256E2" w14:textId="17363288" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C81F77">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Annual Return 2024</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2977" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="301BEBFA" w14:textId="153D5297" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C81F77">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>1/7/2023 - 30/6/2024</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2552" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="3A38ACE3" w14:textId="6C9633C2" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C81F77">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>29/8/2024</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004626DF" w:rsidRPr="006609A4" w14:paraId="59438F22" w14:textId="77777777" w:rsidTr="000E5761">
+              <w:trPr>
+                <w:trHeight w:hRule="exact" w:val="381"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="6095" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="7D811F37" w14:textId="594C8F90" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C81F77">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Waste Collection Supervisor</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3118" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="5D9779B0" w14:textId="692C6B57" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C81F77">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Primary Return</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2977" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="172446C2" w14:textId="681ED540" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C81F77">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>8/11/2024</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2552" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="65BB3094" w14:textId="01E7E0A1" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C81F77">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>28/8/2024</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004626DF" w:rsidRPr="006609A4" w14:paraId="23E2DAF4" w14:textId="77777777" w:rsidTr="000E5761">
+              <w:trPr>
+                <w:trHeight w:hRule="exact" w:val="381"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="6095" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="7200A0E4" w14:textId="37A134F0" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C81F77">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Waste Services Coordinator</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3118" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="1D2932C2" w14:textId="3E78BAB9" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C81F77">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Primary Return</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2977" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="508CED8E" w14:textId="38A02C64" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C81F77">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>8/11/2024</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2552" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="49823973" w14:textId="73D3C25B" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C81F77">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>28/8/2024</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004626DF" w:rsidRPr="006609A4" w14:paraId="48685D39" w14:textId="77777777" w:rsidTr="000E5761">
+              <w:trPr>
+                <w:trHeight w:hRule="exact" w:val="381"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="6095" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="78DEEE51" w14:textId="15739620" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C81F77">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Manager Health and Building Services</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3118" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="1B69A1A6" w14:textId="0E530BB7" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C81F77">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Annual Return 2024</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2977" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="3E6B1979" w14:textId="22F526E7" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C81F77">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>10/8/2024 - 30/6/2024</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2552" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="2DBD0B54" w14:textId="31E220F8" w:rsidR="004626DF" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C81F77">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>27/8/2024</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="5CE9D470" w14:textId="77777777" w:rsidR="00A631A8" w:rsidRPr="00C81F77" w:rsidRDefault="00A631A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A9460D" w:rsidRPr="00C81F77" w14:paraId="4F906583" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
@@ -10868,50 +12182,227 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="666B4170" w14:textId="45DFEFF3" w:rsidR="004920E7" w:rsidRPr="004920E7" w:rsidRDefault="004920E7" w:rsidP="004920E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>29/7/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="004626DF" w:rsidRPr="004920E7" w14:paraId="3A40E635" w14:textId="77777777" w:rsidTr="004920E7">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="163" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6088" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="142" w:type="dxa"/>
+              <w:left w:w="113" w:type="dxa"/>
+              <w:bottom w:w="159" w:type="dxa"/>
+              <w:right w:w="227" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="12F7DBA5" w14:textId="40341510" w:rsidR="004626DF" w:rsidRPr="00C81F77" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Position of employee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="142" w:type="dxa"/>
+              <w:left w:w="113" w:type="dxa"/>
+              <w:bottom w:w="159" w:type="dxa"/>
+              <w:right w:w="227" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="49B20FD3" w14:textId="2918E4D9" w:rsidR="004626DF" w:rsidRPr="00C81F77" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Return</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="142" w:type="dxa"/>
+              <w:left w:w="113" w:type="dxa"/>
+              <w:bottom w:w="159" w:type="dxa"/>
+              <w:right w:w="227" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F15E50C" w14:textId="3B103119" w:rsidR="004626DF" w:rsidRPr="00C81F77" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Period or due date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="142" w:type="dxa"/>
+              <w:left w:w="113" w:type="dxa"/>
+              <w:bottom w:w="159" w:type="dxa"/>
+              <w:right w:w="227" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1600DD92" w14:textId="773864DE" w:rsidR="004626DF" w:rsidRPr="00C81F77" w:rsidRDefault="004626DF" w:rsidP="004626DF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>lodged</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="20FA52C8" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3537F9CA" w14:textId="4EAE9DF4" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
             <w:pPr>
@@ -12016,227 +13507,50 @@
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0D4F8C78" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="008B6607" w:rsidRDefault="004920E7" w:rsidP="004920E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>22/7/2024</w:t>
-            </w:r>
-[...175 lines deleted...]
-              <w:t>lodged</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="7683CFB8" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
@@ -13802,6174 +15116,6101 @@
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1FAA5F80" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1/7/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="798C19C5" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="247FCF76" w14:textId="77777777" w:rsidTr="004920E7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="144" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="381"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6101" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="37A45607" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="6A77B885" w14:textId="0EB06324" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>Manager Transport and Traffic</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Position of employee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3111" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="368515B2" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="0DEEAD1F" w14:textId="1FD80E5B" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>Primary Return</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Return</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A9E2E9F" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="187439D5" w14:textId="3EAB8E54" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>17/4/2023</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Period or due date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="116F6541" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="3DDB635E" w14:textId="567FFB1D" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>27/6/2024</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>lodged</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="6EB7B5F5" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="798C19C5" w14:textId="77777777" w:rsidTr="004920E7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="144" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="381"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6101" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0EC58C63" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="37A45607" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Director Infrastructure Services</w:t>
+              <w:t>Manager Transport and Traffic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3111" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4BA76225" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="368515B2" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Primary Return</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6F6CF769" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="2A9E2E9F" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>13/5/2024</w:t>
+              <w:t>17/4/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="425C6C68" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="116F6541" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>6/5/2024</w:t>
+              <w:t>27/6/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="4BA66C09" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="6EB7B5F5" w14:textId="77777777" w:rsidTr="004920E7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="3"/>
           <w:wAfter w:w="144" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="381"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6101" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="18CC7297" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="0EC58C63" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Operations Manager</w:t>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Director Infrastructure Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3111" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7654C49F" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="4BA76225" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Annual Return 2023</w:t>
+              <w:t>Primary Return</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2D0809B0" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="6F6CF769" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1/7/2022 - 30/6/2023</w:t>
+              <w:t>13/5/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="28687D94" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="425C6C68" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>6/5/2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="4BA66C09" w14:textId="77777777" w:rsidTr="004920E7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="3"/>
+          <w:wAfter w:w="144" w:type="dxa"/>
+          <w:trHeight w:hRule="exact" w:val="381"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6101" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="142" w:type="dxa"/>
+              <w:left w:w="113" w:type="dxa"/>
+              <w:bottom w:w="159" w:type="dxa"/>
+              <w:right w:w="227" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="18CC7297" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CoSafe Operations Manager</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3111" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="142" w:type="dxa"/>
+              <w:left w:w="113" w:type="dxa"/>
+              <w:bottom w:w="159" w:type="dxa"/>
+              <w:right w:w="227" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7654C49F" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Annual Return 2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="142" w:type="dxa"/>
+              <w:left w:w="113" w:type="dxa"/>
+              <w:bottom w:w="159" w:type="dxa"/>
+              <w:right w:w="227" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2D0809B0" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1/7/2022 - 30/6/2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2570" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="142" w:type="dxa"/>
+              <w:left w:w="113" w:type="dxa"/>
+              <w:bottom w:w="159" w:type="dxa"/>
+              <w:right w:w="227" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="28687D94" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>8/4/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="18B09FE3" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="18B09FE3" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="11E582AB" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="001E1003" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="11E582AB" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="001E1003" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Development Compliance Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2CD28AC0" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="001E1003" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="2CD28AC0" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="001E1003" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2421BD2C" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="001E1003" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="2421BD2C" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="001E1003" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1/7/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3D62F728" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="001E1003" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="3D62F728" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="001E1003" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14/3/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="6955CD54" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="6955CD54" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4AF27F96" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="001E1003" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="4AF27F96" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="001E1003" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Coordinator Development Compliance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="54157934" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="001E1003" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="54157934" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="001E1003" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="56D7A651" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="001E1003" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="56D7A651" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="001E1003" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12/5/2023 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A1456E1" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="001E1003" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="2A1456E1" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="001E1003" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12/3/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="14D9F9D4" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="14D9F9D4" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1BB2F652" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="001E1003" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="1BB2F652" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="001E1003" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Coordinator Development Compliance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3BA0635C" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="001E1003" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="3BA0635C" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="001E1003" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Primary Return</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="13108369" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="001E1003" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="13108369" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="001E1003" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10/8/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7B8E1574" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="001E1003" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="7B8E1574" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="001E1003" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12/3/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE7477" w:rsidRPr="00C81F77" w14:paraId="46214DC6" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="0039503D" w14:paraId="78BA7C5A" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="63F773B3" w14:textId="77777777" w:rsidR="00BE7477" w:rsidRPr="00C81F77" w:rsidRDefault="00BE7477" w:rsidP="004920E7">
+          <w:p w14:paraId="09520912" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="001E1003" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Development Compliance Officer</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="271E852D" w14:textId="77777777" w:rsidR="00BE7477" w:rsidRPr="00C81F77" w:rsidRDefault="00BE7477" w:rsidP="004920E7">
+          <w:p w14:paraId="2B329CDB" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="001E1003" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Annual Return 2023</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="58E7DF72" w14:textId="77777777" w:rsidR="00BE7477" w:rsidRPr="00C81F77" w:rsidRDefault="00BE7477" w:rsidP="004920E7">
+          <w:p w14:paraId="4FB84291" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="001E1003" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1/7/2022 - 30/6/2023</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5273F8EC" w14:textId="77777777" w:rsidR="00BE7477" w:rsidRPr="00C81F77" w:rsidRDefault="00BE7477" w:rsidP="004920E7">
+          <w:p w14:paraId="6ADE99AD" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="001E1003" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12/3/2024</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B49E7" w:rsidRPr="0039503D" w14:paraId="01BFB211" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="56EF31B9" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4E629186" w14:textId="5A789646" w:rsidR="001B49E7" w:rsidRPr="00C81F77" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+          <w:p w14:paraId="2541884D" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...5 lines deleted...]
-              <w:t>Position of employee</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Civil Infrastructure Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="36759D51" w14:textId="5F29F1D1" w:rsidR="001B49E7" w:rsidRPr="00C81F77" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+          <w:p w14:paraId="5E16B256" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>Return</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="59210BE2" w14:textId="672EB877" w:rsidR="001B49E7" w:rsidRPr="00C81F77" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+          <w:p w14:paraId="27C46835" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>Period or due date</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1/7/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="63D1C6AC" w14:textId="06678965" w:rsidR="001B49E7" w:rsidRPr="00C81F77" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+          <w:p w14:paraId="34DE805D" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...14 lines deleted...]
-              <w:t>lodged</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30/1/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="0039503D" w14:paraId="78BA7C5A" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="06473EFB" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="09520912" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="001E1003" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="31535A0E" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Development Compliance Officer</w:t>
+              <w:t>Strategic Planning Co-ordinator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B329CDB" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="001E1003" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="65B28860" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4FB84291" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="001E1003" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="0D26BB0C" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1/7/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6ADE99AD" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="001E1003" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="21E26B9E" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>12/3/2024</w:t>
+              <w:t>19/1/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="56EF31B9" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="53F5DE64" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2541884D" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="7647C799" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Civil Infrastructure Manager</w:t>
+              <w:t>Manager Public Health and Building Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E16B256" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="3AC11D10" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Annual Return 2023</w:t>
+              <w:t>Primary Return</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="27C46835" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="1D84B89F" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1/7/2022 - 30/6/2023</w:t>
+              <w:t>12/12/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="34DE805D" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="07AB5C05" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/1/2024</w:t>
+              <w:t>10/12/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="06473EFB" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="13259EA4" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="31535A0E" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="1A619379" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Strategic Planning Co-ordinator</w:t>
+              <w:t>Chief Executive Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="65B28860" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="2C634713" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Annual Return 2023</w:t>
+              <w:t>Primary Return</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D26BB0C" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="77AA6DA1" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1/7/2022 - 30/6/2023</w:t>
+              <w:t>1/1/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="21E26B9E" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="603CAF80" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>19/1/2024</w:t>
+              <w:t>1/11/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="53F5DE64" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="143A9528" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7647C799" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="09A2CE8F" w14:textId="2DC20BA2" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Manager Public Health and Building Services</w:t>
+              <w:t>Chief of Built and Natural Environment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3AC11D10" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="45DAF614" w14:textId="08450150" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Primary Return</w:t>
+              <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D84B89F" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="7C1F2498" w14:textId="5A4FFF6A" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>12/12/2023</w:t>
+              <w:t>1/7/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="07AB5C05" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="51CBD86C" w14:textId="4A06612F" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>10/12/2023</w:t>
+              <w:t>20/9/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="13259EA4" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="6A7DB25C" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1A619379" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="67477285" w14:textId="71CB17CC" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Chief Executive Officer</w:t>
+              <w:t>Head of Sustainability and Environment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2C634713" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="3B013C7F" w14:textId="175CD124" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Primary Return</w:t>
+              <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="77AA6DA1" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="397AA85B" w14:textId="5ED0186F" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1/1/2024</w:t>
+              <w:t>1/7/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="603CAF80" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="31998B31" w14:textId="704649AA" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1/11/2023</w:t>
+              <w:t>30/8/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="143A9528" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="004920E7" w14:paraId="4F74E953" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="09A2CE8F" w14:textId="2DC20BA2" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="0E607635" w14:textId="7B4E7683" w:rsidR="0094074C" w:rsidRPr="004920E7" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>Chief of Built and Natural Environment</w:t>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Head of Operations and Maintenance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45DAF614" w14:textId="08450150" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="25A379E4" w14:textId="0C2587BD" w:rsidR="0094074C" w:rsidRPr="004920E7" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7C1F2498" w14:textId="5A4FFF6A" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="0B87E0DF" w14:textId="16D512CA" w:rsidR="0094074C" w:rsidRPr="004920E7" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1/7/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="51CBD86C" w14:textId="4A06612F" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="76CA7199" w14:textId="073E7A8C" w:rsidR="0094074C" w:rsidRPr="004920E7" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>20/9/2023</w:t>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>22/8/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="6A7DB25C" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="0BCE9789" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="67477285" w14:textId="71CB17CC" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="428E30FE" w14:textId="6BBF4707" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Head of Sustainability and Environment</w:t>
+              <w:t>Financial Controller</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3B013C7F" w14:textId="175CD124" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="63FA48E1" w14:textId="2414CB3C" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="397AA85B" w14:textId="5ED0186F" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="13CAB9F4" w14:textId="4CC581A8" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1/7/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="31998B31" w14:textId="704649AA" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="634C93CA" w14:textId="500BE119" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/8/2023</w:t>
+              <w:t>14/8/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="004920E7" w14:paraId="4F74E953" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="0D303855" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0E607635" w14:textId="7B4E7683" w:rsidR="004920E7" w:rsidRPr="004920E7" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="7E247329" w14:textId="72C75877" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...12 lines deleted...]
-              <w:t>Head of Operations and Maintenance</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Recreation Services Co-ordinator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="25A379E4" w14:textId="0C2587BD" w:rsidR="004920E7" w:rsidRPr="004920E7" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="5762D77E" w14:textId="6499CC02" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0B87E0DF" w14:textId="16D512CA" w:rsidR="004920E7" w:rsidRPr="004920E7" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="05F1D053" w14:textId="7B344F73" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1/7/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="76CA7199" w14:textId="073E7A8C" w:rsidR="004920E7" w:rsidRPr="004920E7" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="28D1A192" w14:textId="20D8F01B" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...12 lines deleted...]
-              <w:t>22/8/2023</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14/8/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="0BCE9789" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="1A22ADC8" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="428E30FE" w14:textId="6BBF4707" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="4A623D8F" w14:textId="3D800311" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Financial Controller</w:t>
+              <w:t>Fire and Emergency Management Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="63FA48E1" w14:textId="2414CB3C" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="35E081DF" w14:textId="7302730C" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="13CAB9F4" w14:textId="4CC581A8" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="00E32993" w14:textId="40048553" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1/7/2022 - 30/6/2023</w:t>
+              <w:t>12/5/2023 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="634C93CA" w14:textId="500BE119" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="25BE8C8C" w14:textId="087BA5A3" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>14/8/2023</w:t>
+              <w:t>8/8/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="0D303855" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="7802C41C" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7E247329" w14:textId="72C75877" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="6705A6B2" w14:textId="19B06743" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>Recreation Services Co-ordinator</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Position of employee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5762D77E" w14:textId="6499CC02" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="5ED8E9EE" w14:textId="1F763674" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>Annual Return 2023</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Return</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="05F1D053" w14:textId="7B344F73" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="4293458C" w14:textId="1513D410" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>1/7/2022 - 30/6/2023</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Period or due date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="28D1A192" w14:textId="20D8F01B" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="26DFEFE4" w14:textId="34BB2E13" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>14/8/2023</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>lodged</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="1A22ADC8" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="111D629A" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4A623D8F" w14:textId="3D800311" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="57C8B810" w14:textId="0A8E0196" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fire and Emergency Management Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="35E081DF" w14:textId="7302730C" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="4A4A20CB" w14:textId="04DF80C8" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Annual Return 2023</w:t>
+              <w:t>Primary Return</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00E32993" w14:textId="40048553" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="18D8E391" w14:textId="0D5C2F5B" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>12/5/2023 - 30/6/2023</w:t>
+              <w:t>10/8/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="25BE8C8C" w14:textId="087BA5A3" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="539EE0A8" w14:textId="24918077" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8/8/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="111D629A" w14:textId="77777777" w:rsidTr="004920E7">
-[...161 lines deleted...]
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="201D2ED8" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="201D2ED8" w14:textId="77777777" w:rsidTr="004920E7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="5"/>
           <w:wAfter w:w="173" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="59DDD128" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="59DDD128" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ranger Services Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3110" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2DADBF9A" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="2DADBF9A" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2969" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D9C4923" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="7D9C4923" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12/5/2023 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6FAECDE1" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="6FAECDE1" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7/8/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="1892C61C" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="1892C61C" w14:textId="77777777" w:rsidTr="004920E7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="5"/>
           <w:wAfter w:w="173" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1A9AE2EC" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="1A9AE2EC" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ranger Services Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3110" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="43003207" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="43003207" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Primary Return</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2969" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="798C1C84" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="798C1C84" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10/8/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0F2EFC53" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="0F2EFC53" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7/8/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="6E6730FC" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="6E6730FC" w14:textId="77777777" w:rsidTr="004920E7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="5"/>
           <w:wAfter w:w="173" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="51C6DE5D" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="51C6DE5D" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Chief of Operations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3110" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="554D667B" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="554D667B" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2969" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="15616E94" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="15616E94" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1/7/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="55DBDAD6" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="55DBDAD6" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1/8/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="7F93C4EA" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="7F93C4EA" w14:textId="77777777" w:rsidTr="004920E7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="5"/>
           <w:wAfter w:w="173" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="07CF2D4F" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="07CF2D4F" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Chief of Operations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3110" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3209E99F" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="3209E99F" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2969" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="41543BE6" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="41543BE6" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8/11/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="578AB6CD" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="578AB6CD" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>24/7/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="5E171E8A" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="5E171E8A" w14:textId="77777777" w:rsidTr="004920E7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="5"/>
           <w:wAfter w:w="173" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="62F63B2B" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="62F63B2B" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Chief of Community Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3110" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1B48CBB2" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="1B48CBB2" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2969" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="52BB34CB" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="52BB34CB" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>20/12/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="72E5345F" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="72E5345F" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>17/7/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B49E7" w:rsidRPr="00C81F77" w14:paraId="37FF6D4C" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="01D9BCE1" w14:textId="77777777" w:rsidTr="004920E7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="5"/>
           <w:wAfter w:w="173" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="733ECD23" w14:textId="38A40908" w:rsidR="001B49E7" w:rsidRPr="00C81F77" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+          <w:p w14:paraId="37FB820E" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...5 lines deleted...]
-              <w:t>Position of employee</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Senior Development Engineer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3110" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4B50B73E" w14:textId="07FB3CFE" w:rsidR="001B49E7" w:rsidRPr="00C81F77" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+          <w:p w14:paraId="46B91878" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>Return</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2969" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7292A55B" w14:textId="4C5FA1E2" w:rsidR="001B49E7" w:rsidRPr="00C81F77" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+          <w:p w14:paraId="45EC9513" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>Period or due date</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1/7/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7EDE7A1C" w14:textId="0BD22B21" w:rsidR="001B49E7" w:rsidRPr="00C81F77" w:rsidRDefault="001B49E7" w:rsidP="001B49E7">
+          <w:p w14:paraId="201FDFCF" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...14 lines deleted...]
-              <w:t>lodged</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17/7/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="01D9BCE1" w14:textId="77777777" w:rsidTr="004920E7">
-[...159 lines deleted...]
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="3B2CEB40" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="3B2CEB40" w14:textId="77777777" w:rsidTr="004920E7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="5"/>
           <w:wAfter w:w="173" w:type="dxa"/>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="192FAB74" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="192FAB74" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Chief Executive Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3110" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="54D13EF5" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="54D13EF5" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2969" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7A692839" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="7A692839" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1/7/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F391023" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="2F391023" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>17/7/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="41BF88D4" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="41BF88D4" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="267D13CE" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="267D13CE" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Transport &amp; Traffic Coordinator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="276D7A24" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="276D7A24" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2DF37951" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="2DF37951" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1/7/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7081E1C7" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="7081E1C7" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10/7/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="6EA8516C" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="6EA8516C" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6BF0F877" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="6BF0F877" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Head of Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1678EA10" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="1678EA10" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="37B832F7" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="37B832F7" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1/7/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="30880EB0" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="30880EB0" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10/7/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="004920E7" w14:paraId="2FDBAC0E" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="004920E7" w14:paraId="2FDBAC0E" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="29133937" w14:textId="04A8AC0B" w:rsidR="004920E7" w:rsidRPr="004920E7" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="29133937" w14:textId="04A8AC0B" w:rsidR="0094074C" w:rsidRPr="004920E7" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Manager Property Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6186BB36" w14:textId="55DCC74F" w:rsidR="004920E7" w:rsidRPr="004920E7" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="6186BB36" w14:textId="55DCC74F" w:rsidR="0094074C" w:rsidRPr="004920E7" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="08C8E45B" w14:textId="11D70D13" w:rsidR="004920E7" w:rsidRPr="004920E7" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="08C8E45B" w14:textId="11D70D13" w:rsidR="0094074C" w:rsidRPr="004920E7" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1/7/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1DED3374" w14:textId="021D508C" w:rsidR="004920E7" w:rsidRPr="004920E7" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="1DED3374" w14:textId="021D508C" w:rsidR="0094074C" w:rsidRPr="004920E7" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7/7/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="00F78E99" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="00F78E99" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="55400614" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="55400614" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Executive People Experience and Transformation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1435FE0B" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="1435FE0B" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="765F9820" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="765F9820" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1/11/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4C5C034D" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="4C5C034D" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6/7/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="12B57527" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="12B57527" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="34262D18" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="34262D18" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Co-ordinator, Community Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="379CBD53" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="379CBD53" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1317E2B3" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="1317E2B3" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1/7/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1660980A" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="1660980A" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5/7/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="4EB4B9E1" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="4EB4B9E1" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="17F83187" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="17F83187" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Head of Community Development and Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2790CC01" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="2790CC01" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="78EF1289" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="78EF1289" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1/7/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="06A6F940" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="06A6F940" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4/7/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="14DAADDA" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="14DAADDA" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A90555E" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="0A90555E" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Head of Recreation Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E279DBC" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="5E279DBC" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="30DB240B" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="30DB240B" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1/7/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="62027F4E" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="62027F4E" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3/7/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="7029ADD2" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="0094074C" w:rsidRPr="00C81F77" w14:paraId="7029ADD2" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="244C47DC" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="244C47DC" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Head of Community Safety and Ranger Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D6D7739" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="1D6D7739" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annual Return 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0B83974F" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="0B83974F" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1/7/2022 - 30/6/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="52505DC2" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="52505DC2" w14:textId="77777777" w:rsidR="0094074C" w:rsidRPr="00C81F77" w:rsidRDefault="0094074C" w:rsidP="0094074C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3/7/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="61DA8A7E" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="00923CCE" w:rsidRPr="00C81F77" w14:paraId="42FBD0BF" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="09FE4309" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="758B6D37" w14:textId="4781B26F" w:rsidR="00923CCE" w:rsidRPr="00C81F77" w:rsidRDefault="00923CCE" w:rsidP="00923CCE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>Property &amp; Lands Officer</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Position of employee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7A5E598D" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="00E9D2B1" w14:textId="55A736DF" w:rsidR="00923CCE" w:rsidRPr="00C81F77" w:rsidRDefault="00923CCE" w:rsidP="00923CCE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>Annual Return 2023</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Return</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="109E79A6" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="25447F95" w14:textId="0AF0EE18" w:rsidR="00923CCE" w:rsidRPr="00C81F77" w:rsidRDefault="00923CCE" w:rsidP="00923CCE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>1/7/2022 - 30/6/2023</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Period or due date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2AAD9FDC" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
+          <w:p w14:paraId="4FDF4235" w14:textId="57EAC378" w:rsidR="00923CCE" w:rsidRPr="00C81F77" w:rsidRDefault="00923CCE" w:rsidP="00923CCE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>4/7/2023</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>lodged</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004920E7" w:rsidRPr="00C81F77" w14:paraId="38AD339A" w14:textId="77777777" w:rsidTr="004920E7">
+      <w:tr w:rsidR="00923CCE" w:rsidRPr="00C81F77" w14:paraId="61DA8A7E" w14:textId="77777777" w:rsidTr="004920E7">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="163" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6088" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="13E208F8" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="09FE4309" w14:textId="77777777" w:rsidR="00923CCE" w:rsidRPr="00C81F77" w:rsidRDefault="00923CCE" w:rsidP="00923CCE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Property &amp; Lands Officer</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="617EC425" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7A5E598D" w14:textId="77777777" w:rsidR="00923CCE" w:rsidRPr="00C81F77" w:rsidRDefault="00923CCE" w:rsidP="00923CCE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Annual Return 2023</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5737A62B" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="109E79A6" w14:textId="77777777" w:rsidR="00923CCE" w:rsidRPr="00C81F77" w:rsidRDefault="00923CCE" w:rsidP="00923CCE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1/7/2022 - 30/6/2023</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="142" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="159" w:type="dxa"/>
               <w:right w:w="227" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0CEE9A96" w14:textId="77777777" w:rsidR="004920E7" w:rsidRPr="00C81F77" w:rsidRDefault="004920E7" w:rsidP="004920E7">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2AAD9FDC" w14:textId="77777777" w:rsidR="00923CCE" w:rsidRPr="00C81F77" w:rsidRDefault="00923CCE" w:rsidP="00923CCE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4/7/2023</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1BE41C87" w14:textId="77777777" w:rsidR="00A631A8" w:rsidRPr="00C81F77" w:rsidRDefault="00A631A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A631A8" w:rsidRPr="00C81F77" w:rsidSect="00941AC3">
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="850" w:right="850" w:bottom="677" w:left="850" w:header="850" w:footer="677" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="793C4CE7" w14:textId="77777777" w:rsidR="00A631A8" w:rsidRPr="00C81F77" w:rsidRDefault="00A631A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
         <w:rPr>
@@ -19998,136 +21239,136 @@
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="850" w:right="850" w:bottom="677" w:left="850" w:header="850" w:footer="677" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7802C603" w14:textId="77777777" w:rsidR="00A631A8" w:rsidRPr="00C81F77" w:rsidRDefault="00A631A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A631A8" w:rsidRPr="00C81F77" w:rsidSect="00941AC3">
           <w:headerReference w:type="default" r:id="rId14"/>
           <w:footerReference w:type="default" r:id="rId15"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="850" w:right="850" w:bottom="677" w:left="850" w:header="850" w:footer="677" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69DF0328" w14:textId="77777777" w:rsidR="00A631A8" w:rsidRPr="00C81F77" w:rsidRDefault="00A631A8" w:rsidP="00E45B35">
+    <w:p w14:paraId="69DF0328" w14:textId="77777777" w:rsidR="00A631A8" w:rsidRPr="00C81F77" w:rsidRDefault="00A631A8" w:rsidP="00923CCE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A631A8" w:rsidRPr="00C81F77" w:rsidSect="00941AC3">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="850" w:right="850" w:bottom="677" w:left="850" w:header="850" w:footer="677" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="37AA6CFC" w14:textId="77777777" w:rsidR="00F50728" w:rsidRDefault="00F50728">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="17551F4C" w14:textId="77777777" w:rsidR="00F50728" w:rsidRDefault="00F50728">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="4916" w:type="pct"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11340"/>
       <w:gridCol w:w="3544"/>
     </w:tblGrid>
     <w:tr w:rsidR="003201EB" w14:paraId="6168B90D" w14:textId="77777777" w:rsidTr="00F165E5">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="283"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="11340" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="350CDBB2" w14:textId="51D82FCA" w:rsidR="003201EB" w:rsidRDefault="003201EB" w:rsidP="003201EB">
           <w:pPr>
             <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
@@ -20167,51 +21408,51 @@
             <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
               <w:color w:val="000000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="098FFFEB" w14:textId="77777777" w:rsidR="00A631A8" w:rsidRDefault="00A631A8">
     <w:pPr>
       <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="4916" w:type="pct"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11340"/>
       <w:gridCol w:w="3544"/>
     </w:tblGrid>
     <w:tr w:rsidR="00A631A8" w14:paraId="0DBDC5D6" w14:textId="77777777" w:rsidTr="00F165E5">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="283"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="11340" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="7E83B947" w14:textId="03918EDC" w:rsidR="00A631A8" w:rsidRDefault="00F165E5">
           <w:pPr>
             <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
@@ -20269,51 +21510,51 @@
             <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
               <w:color w:val="000000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="445B656E" w14:textId="77777777" w:rsidR="00A631A8" w:rsidRDefault="00A631A8">
     <w:pPr>
       <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11340"/>
       <w:gridCol w:w="3798"/>
     </w:tblGrid>
     <w:tr w:rsidR="00A631A8" w14:paraId="430318FA" w14:textId="77777777" w:rsidTr="0068654D">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="283"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="11340" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="3713967D" w14:textId="2B1F544D" w:rsidR="00A631A8" w:rsidRDefault="003201EB">
           <w:pPr>
             <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
@@ -20362,51 +21603,51 @@
             <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
               <w:color w:val="000000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="68E1F5C6" w14:textId="77777777" w:rsidR="00A631A8" w:rsidRDefault="00A631A8">
     <w:pPr>
       <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11340"/>
       <w:gridCol w:w="3798"/>
     </w:tblGrid>
     <w:tr w:rsidR="00A631A8" w14:paraId="4125A9B0" w14:textId="77777777" w:rsidTr="0068654D">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="283"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="11340" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="373E9177" w14:textId="76491035" w:rsidR="00A631A8" w:rsidRDefault="003201EB">
           <w:pPr>
             <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
@@ -20446,51 +21687,51 @@
             <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
               <w:color w:val="000000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="5CEBA49F" w14:textId="77777777" w:rsidR="00A631A8" w:rsidRDefault="00A631A8">
     <w:pPr>
       <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="4916" w:type="pct"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11340"/>
       <w:gridCol w:w="3544"/>
     </w:tblGrid>
     <w:tr w:rsidR="003201EB" w14:paraId="34915600" w14:textId="77777777" w:rsidTr="00F165E5">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="11340" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="62806C1C" w14:textId="136B0351" w:rsidR="003201EB" w:rsidRDefault="003201EB" w:rsidP="003201EB">
           <w:pPr>
             <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
@@ -20570,315 +21811,381 @@
             <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
               <w:color w:val="000000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3D3173B9" w14:textId="77777777" w:rsidR="00A631A8" w:rsidRDefault="00A631A8">
     <w:pPr>
       <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2D41DB50" w14:textId="77777777" w:rsidR="00F50728" w:rsidRDefault="00F50728">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2B974C0B" w14:textId="77777777" w:rsidR="00F50728" w:rsidRDefault="00F50728">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="17BA595E" w14:textId="77777777" w:rsidR="00A631A8" w:rsidRDefault="00A631A8">
     <w:pPr>
       <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="296FFD58" w14:textId="77777777" w:rsidR="00A631A8" w:rsidRDefault="00A631A8">
     <w:pPr>
       <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4DD08EA6" w14:textId="77777777" w:rsidR="00A631A8" w:rsidRDefault="00A631A8">
     <w:pPr>
       <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4578E21E" w14:textId="77777777" w:rsidR="00A631A8" w:rsidRDefault="00A631A8">
     <w:pPr>
       <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47D7BB3C" w14:textId="77777777" w:rsidR="00A631A8" w:rsidRDefault="00A631A8">
     <w:pPr>
       <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A631A8"/>
     <w:rsid w:val="00004CC3"/>
+    <w:rsid w:val="000345F5"/>
+    <w:rsid w:val="00034A7C"/>
+    <w:rsid w:val="0004488C"/>
     <w:rsid w:val="00054A1B"/>
+    <w:rsid w:val="00056EAC"/>
+    <w:rsid w:val="00090B6E"/>
     <w:rsid w:val="000A28CB"/>
     <w:rsid w:val="000D5669"/>
     <w:rsid w:val="000E5761"/>
     <w:rsid w:val="0010053A"/>
+    <w:rsid w:val="001164B8"/>
     <w:rsid w:val="001219A7"/>
+    <w:rsid w:val="001536E5"/>
+    <w:rsid w:val="001601DD"/>
     <w:rsid w:val="001902BC"/>
     <w:rsid w:val="001A4CFC"/>
     <w:rsid w:val="001A557A"/>
+    <w:rsid w:val="001B07F1"/>
     <w:rsid w:val="001B49E7"/>
     <w:rsid w:val="001E0036"/>
     <w:rsid w:val="001E1003"/>
     <w:rsid w:val="00207A7A"/>
     <w:rsid w:val="002175D5"/>
+    <w:rsid w:val="002175DF"/>
+    <w:rsid w:val="002212CC"/>
     <w:rsid w:val="002606C6"/>
     <w:rsid w:val="00291B62"/>
+    <w:rsid w:val="00291CD9"/>
+    <w:rsid w:val="002A5819"/>
     <w:rsid w:val="002D1D8D"/>
+    <w:rsid w:val="002D2C95"/>
     <w:rsid w:val="002D53AD"/>
+    <w:rsid w:val="002F6AAA"/>
+    <w:rsid w:val="00302E6F"/>
     <w:rsid w:val="00314535"/>
     <w:rsid w:val="003201EB"/>
     <w:rsid w:val="003475CC"/>
     <w:rsid w:val="003501F9"/>
+    <w:rsid w:val="003567EC"/>
+    <w:rsid w:val="00370340"/>
     <w:rsid w:val="00380A3E"/>
     <w:rsid w:val="00392E6A"/>
     <w:rsid w:val="0039503D"/>
     <w:rsid w:val="00397C16"/>
     <w:rsid w:val="003C356E"/>
     <w:rsid w:val="003C468A"/>
+    <w:rsid w:val="003D1B67"/>
     <w:rsid w:val="003D7C70"/>
+    <w:rsid w:val="003E1E67"/>
+    <w:rsid w:val="004410DC"/>
     <w:rsid w:val="004613DD"/>
+    <w:rsid w:val="004626DF"/>
+    <w:rsid w:val="004865FE"/>
     <w:rsid w:val="00491C94"/>
     <w:rsid w:val="004920E7"/>
     <w:rsid w:val="004A56F1"/>
     <w:rsid w:val="004D48BC"/>
     <w:rsid w:val="004E592B"/>
     <w:rsid w:val="005118D7"/>
     <w:rsid w:val="0051231A"/>
     <w:rsid w:val="0051317C"/>
     <w:rsid w:val="00517172"/>
     <w:rsid w:val="00523738"/>
     <w:rsid w:val="00532080"/>
+    <w:rsid w:val="00533445"/>
+    <w:rsid w:val="00534252"/>
     <w:rsid w:val="005568C0"/>
+    <w:rsid w:val="00564CC1"/>
     <w:rsid w:val="005A47E0"/>
     <w:rsid w:val="005F463D"/>
     <w:rsid w:val="00623980"/>
     <w:rsid w:val="00635DFE"/>
     <w:rsid w:val="0064494A"/>
     <w:rsid w:val="00650A97"/>
     <w:rsid w:val="00656DBF"/>
     <w:rsid w:val="006609A4"/>
+    <w:rsid w:val="00663F40"/>
     <w:rsid w:val="0067383C"/>
     <w:rsid w:val="00680655"/>
     <w:rsid w:val="0068654D"/>
+    <w:rsid w:val="006A51BA"/>
+    <w:rsid w:val="006D407F"/>
+    <w:rsid w:val="006E4EB0"/>
     <w:rsid w:val="006E5E2A"/>
     <w:rsid w:val="006E5E5E"/>
+    <w:rsid w:val="006E779C"/>
     <w:rsid w:val="0072289C"/>
     <w:rsid w:val="00731041"/>
     <w:rsid w:val="00764CB1"/>
     <w:rsid w:val="00775559"/>
     <w:rsid w:val="00786006"/>
     <w:rsid w:val="007947F5"/>
+    <w:rsid w:val="007C4CDA"/>
     <w:rsid w:val="007D5ED0"/>
+    <w:rsid w:val="00822F3A"/>
     <w:rsid w:val="00832679"/>
+    <w:rsid w:val="00867B3A"/>
     <w:rsid w:val="0089289E"/>
     <w:rsid w:val="008938F0"/>
+    <w:rsid w:val="0089592A"/>
     <w:rsid w:val="008973F7"/>
     <w:rsid w:val="008A1D3F"/>
     <w:rsid w:val="008B2A1C"/>
     <w:rsid w:val="008B6607"/>
+    <w:rsid w:val="008C311F"/>
     <w:rsid w:val="008E42E5"/>
     <w:rsid w:val="008E7FC6"/>
     <w:rsid w:val="00900CAB"/>
     <w:rsid w:val="009117DA"/>
     <w:rsid w:val="00923021"/>
+    <w:rsid w:val="00923CCE"/>
+    <w:rsid w:val="0094074C"/>
     <w:rsid w:val="00941AC3"/>
+    <w:rsid w:val="00963355"/>
     <w:rsid w:val="009725A7"/>
+    <w:rsid w:val="00992AEF"/>
     <w:rsid w:val="009A7725"/>
     <w:rsid w:val="009C527E"/>
+    <w:rsid w:val="009C7AFC"/>
     <w:rsid w:val="009E44F0"/>
     <w:rsid w:val="009F4F98"/>
     <w:rsid w:val="00A35D72"/>
     <w:rsid w:val="00A631A8"/>
+    <w:rsid w:val="00A71ABA"/>
     <w:rsid w:val="00A9460D"/>
     <w:rsid w:val="00AA0FD2"/>
     <w:rsid w:val="00AC4D8E"/>
+    <w:rsid w:val="00B1126F"/>
     <w:rsid w:val="00B150BB"/>
     <w:rsid w:val="00B60F1D"/>
+    <w:rsid w:val="00B63802"/>
     <w:rsid w:val="00BC1511"/>
+    <w:rsid w:val="00BE1D6B"/>
     <w:rsid w:val="00BE3F50"/>
     <w:rsid w:val="00BE7477"/>
     <w:rsid w:val="00BF0BC4"/>
+    <w:rsid w:val="00BF66E1"/>
     <w:rsid w:val="00C070D7"/>
+    <w:rsid w:val="00C11496"/>
     <w:rsid w:val="00C122B8"/>
     <w:rsid w:val="00C159DC"/>
     <w:rsid w:val="00C654FC"/>
     <w:rsid w:val="00C81F77"/>
+    <w:rsid w:val="00C85BEC"/>
     <w:rsid w:val="00C92084"/>
     <w:rsid w:val="00CD2F9B"/>
     <w:rsid w:val="00CE3C4E"/>
+    <w:rsid w:val="00CE7A0A"/>
+    <w:rsid w:val="00CF7BFF"/>
+    <w:rsid w:val="00D364B6"/>
+    <w:rsid w:val="00D452B6"/>
+    <w:rsid w:val="00D46D8F"/>
+    <w:rsid w:val="00D81E2D"/>
+    <w:rsid w:val="00DC22E6"/>
     <w:rsid w:val="00DD1C84"/>
     <w:rsid w:val="00DE39A7"/>
+    <w:rsid w:val="00DE4564"/>
     <w:rsid w:val="00E15BDD"/>
     <w:rsid w:val="00E23907"/>
     <w:rsid w:val="00E240F7"/>
     <w:rsid w:val="00E300A7"/>
+    <w:rsid w:val="00E43490"/>
     <w:rsid w:val="00E45B35"/>
     <w:rsid w:val="00E5515D"/>
+    <w:rsid w:val="00EA0144"/>
     <w:rsid w:val="00EA3EB3"/>
     <w:rsid w:val="00EA52A7"/>
     <w:rsid w:val="00EC3E84"/>
+    <w:rsid w:val="00ED0CE2"/>
     <w:rsid w:val="00ED277C"/>
     <w:rsid w:val="00EE1F79"/>
     <w:rsid w:val="00F008DC"/>
     <w:rsid w:val="00F165E5"/>
+    <w:rsid w:val="00F17C11"/>
+    <w:rsid w:val="00F22033"/>
+    <w:rsid w:val="00F264D0"/>
+    <w:rsid w:val="00F3661B"/>
     <w:rsid w:val="00F37EF9"/>
+    <w:rsid w:val="00F400C6"/>
+    <w:rsid w:val="00F46F39"/>
     <w:rsid w:val="00F50728"/>
     <w:rsid w:val="00F712FD"/>
     <w:rsid w:val="00F72F08"/>
     <w:rsid w:val="00FB1E61"/>
+    <w:rsid w:val="00FF70A5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="65AAA9BE"/>
   <w15:docId w15:val="{7E81F8AC-E682-4204-8EBC-D70D2775AE88}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -21310,51 +22617,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C81F77"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C81F77"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="344091617">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="783113237">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -21661,67 +22968,67 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AFA09F2A-6584-41E8-898B-79E80CD436E0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>7873</Characters>
+  <Pages>12</Pages>
+  <Words>1308</Words>
+  <Characters>8573</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>571</Lines>
+  <Paragraphs>581</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9236</CharactersWithSpaces>
+  <CharactersWithSpaces>9300</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Bernadette Pinto</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>