--- v0 (2025-10-10)
+++ v1 (2026-03-03)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5017" w:type="pct"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1883"/>
         <w:gridCol w:w="20"/>
         <w:gridCol w:w="2832"/>
         <w:gridCol w:w="10149"/>
         <w:gridCol w:w="20"/>
         <w:gridCol w:w="234"/>
         <w:gridCol w:w="30"/>
         <w:gridCol w:w="21"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B3347D" w14:paraId="792F6283" w14:textId="77777777" w:rsidTr="00AC1163">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="305" w:type="dxa"/>
@@ -546,50 +546,212 @@
                 </w:tcPr>
                 <w:p w14:paraId="5ED5B179" w14:textId="77777777" w:rsidR="009359D5" w:rsidRPr="009359D5" w:rsidRDefault="009359D5" w:rsidP="009359D5">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="009359D5">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Date lodged</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
+            <w:tr w:rsidR="00BD511E" w:rsidRPr="009359D5" w14:paraId="0FD90174" w14:textId="77777777" w:rsidTr="009359D5">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5670" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="1E9A290C" w14:textId="203F5F1E" w:rsidR="00BD511E" w:rsidRPr="00BD511E" w:rsidRDefault="00BD511E" w:rsidP="009359D5">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Hilda Srhoy, Councillor</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3402" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="1B256B35" w14:textId="7EED095A" w:rsidR="00BD511E" w:rsidRPr="004C1A9D" w:rsidRDefault="00BD511E" w:rsidP="009359D5">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004C1A9D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Primary Return </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3119" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="058EA36E" w14:textId="6488CECD" w:rsidR="00BD511E" w:rsidRPr="001919B8" w:rsidRDefault="001919B8" w:rsidP="009359D5">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001919B8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>28/01/2026</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2693" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="142" w:type="dxa"/>
+                    <w:left w:w="113" w:type="dxa"/>
+                    <w:bottom w:w="147" w:type="dxa"/>
+                    <w:right w:w="227" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="4C2057E6" w14:textId="3F82B837" w:rsidR="00BD511E" w:rsidRPr="001919B8" w:rsidRDefault="00942D50" w:rsidP="009359D5">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001919B8">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>25/11/2025</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
             <w:tr w:rsidR="00814C59" w:rsidRPr="00814C59" w14:paraId="38036955" w14:textId="77777777" w:rsidTr="009359D5">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5670" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="147" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="76A54F89" w14:textId="03540EC2" w:rsidR="00814C59" w:rsidRPr="00814C59" w:rsidRDefault="00D679D2" w:rsidP="009359D5">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
@@ -2367,50 +2529,51 @@
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="159" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="6041A53A" w14:textId="25F987BE" w:rsidR="00B34FE6" w:rsidRPr="009359D5" w:rsidRDefault="00B34FE6" w:rsidP="00B34FE6">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
+                    <w:lastRenderedPageBreak/>
                     <w:t>Thomas Widenbar, Councillor</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3402" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="159" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="516C99E1" w14:textId="4FB77DEB" w:rsidR="00B34FE6" w:rsidRPr="009359D5" w:rsidRDefault="00B34FE6" w:rsidP="00B34FE6">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
@@ -2522,51 +2685,50 @@
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="159" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="7B7BB3BA" w14:textId="0AE2DA16" w:rsidR="006E4DBA" w:rsidRDefault="006E4DBA" w:rsidP="006E4DBA">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="009359D5">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:lastRenderedPageBreak/>
                     <w:t>Name of elected member</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3402" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="159" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="53AAEC77" w14:textId="3BD52D59" w:rsidR="006E4DBA" w:rsidRDefault="006E4DBA" w:rsidP="006E4DBA">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
@@ -3587,82 +3749,87 @@
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>8/7/2024</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B34FE6" w:rsidRPr="009359D5" w14:paraId="33FFCA3B" w14:textId="77777777" w:rsidTr="009359D5">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5670" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="159" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="0CEE1349" w14:textId="119B23C7" w:rsidR="00B34FE6" w:rsidRPr="009359D5" w:rsidRDefault="00B34FE6" w:rsidP="00B34FE6">
+                <w:p w14:paraId="0CEE1349" w14:textId="31BEDAA2" w:rsidR="00B34FE6" w:rsidRPr="009359D5" w:rsidRDefault="00B34FE6" w:rsidP="00B34FE6">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Georgina Phoebe </w:t>
-[...2 lines deleted...]
-                  <w:proofErr w:type="gramStart"/>
+                    <w:t>Georgina Phoebe Corke,</w:t>
+                  </w:r>
+                  <w:r w:rsidR="004C1A9D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>Corke,Councillor</w:t>
-[...2 lines deleted...]
-                  <w:proofErr w:type="gramEnd"/>
+                    <w:t>Councillor</w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3402" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="159" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="24669C9B" w14:textId="5285D3BF" w:rsidR="00B34FE6" w:rsidRPr="009359D5" w:rsidRDefault="00B34FE6" w:rsidP="00B34FE6">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
@@ -5003,50 +5170,51 @@
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="159" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="12BF53AC" w14:textId="77777777" w:rsidR="00B34FE6" w:rsidRPr="009359D5" w:rsidRDefault="00B34FE6" w:rsidP="00B34FE6">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="009359D5">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
+                    <w:lastRenderedPageBreak/>
                     <w:t>Logan Howlett, Mayor</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3402" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="159" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="50F9A0CF" w14:textId="77777777" w:rsidR="00B34FE6" w:rsidRPr="009359D5" w:rsidRDefault="00B34FE6" w:rsidP="00B34FE6">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
@@ -5157,51 +5325,50 @@
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="159" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="25CAD3BD" w14:textId="37D2DED6" w:rsidR="006E4DBA" w:rsidRPr="009359D5" w:rsidRDefault="006E4DBA" w:rsidP="006E4DBA">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="009359D5">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:lastRenderedPageBreak/>
                     <w:t>Name of elected member</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3402" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="159" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="7129BAD8" w14:textId="2FBB8FC9" w:rsidR="006E4DBA" w:rsidRPr="009359D5" w:rsidRDefault="006E4DBA" w:rsidP="006E4DBA">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7698,50 +7865,51 @@
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="159" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="7FFB18E1" w14:textId="77777777" w:rsidR="005A4BB6" w:rsidRPr="009359D5" w:rsidRDefault="005A4BB6" w:rsidP="005A4BB6">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="009359D5">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
+                    <w:lastRenderedPageBreak/>
                     <w:t>Logan Howlett, Mayor</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3402" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="159" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="5EF67B7A" w14:textId="77777777" w:rsidR="005A4BB6" w:rsidRPr="009359D5" w:rsidRDefault="005A4BB6" w:rsidP="005A4BB6">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
@@ -7855,51 +8023,50 @@
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="159" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="35A5EEDA" w14:textId="3D9EAF50" w:rsidR="006E4DBA" w:rsidRPr="009359D5" w:rsidRDefault="006E4DBA" w:rsidP="006E4DBA">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="009359D5">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:lastRenderedPageBreak/>
                     <w:t>Name of elected member</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3402" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="142" w:type="dxa"/>
                     <w:left w:w="113" w:type="dxa"/>
                     <w:bottom w:w="159" w:type="dxa"/>
                     <w:right w:w="227" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="39C8EC94" w14:textId="0BB85560" w:rsidR="006E4DBA" w:rsidRPr="009359D5" w:rsidRDefault="006E4DBA" w:rsidP="006E4DBA">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:eastAsia="Segoe UI" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9523,114 +9690,114 @@
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74FC4822" w14:textId="77777777" w:rsidR="00E669FC" w:rsidRDefault="00E669FC" w:rsidP="00AC1163">
       <w:pPr>
         <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E669FC">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="850" w:right="850" w:bottom="680" w:left="850" w:header="850" w:footer="680" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="46A66937" w14:textId="77777777" w:rsidR="008153B1" w:rsidRDefault="008153B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4047609F" w14:textId="77777777" w:rsidR="008153B1" w:rsidRDefault="008153B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11340"/>
       <w:gridCol w:w="3798"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E669FC" w14:paraId="103FB5AC" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="11339" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="5DEDA8A3" w14:textId="77777777" w:rsidR="00E669FC" w:rsidRDefault="00E669FC">
           <w:pPr>
             <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
@@ -9728,169 +9895,174 @@
             <w:spacing w:after="0" w:line="239" w:lineRule="exact"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
               <w:color w:val="000000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1055601F" w14:textId="77777777" w:rsidR="00E669FC" w:rsidRDefault="00E669FC">
     <w:pPr>
       <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="00060DAF" w14:textId="77777777" w:rsidR="008153B1" w:rsidRDefault="008153B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6E38B837" w14:textId="77777777" w:rsidR="008153B1" w:rsidRDefault="008153B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2D17D6EF" w14:textId="77777777" w:rsidR="00E669FC" w:rsidRDefault="00E669FC">
     <w:pPr>
       <w:spacing w:after="0" w:line="1" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E669FC"/>
+    <w:rsid w:val="001919B8"/>
     <w:rsid w:val="001F12FA"/>
     <w:rsid w:val="002B089A"/>
     <w:rsid w:val="002E06C3"/>
     <w:rsid w:val="003C614C"/>
     <w:rsid w:val="003E7EB9"/>
+    <w:rsid w:val="004C1A9D"/>
     <w:rsid w:val="004C741B"/>
     <w:rsid w:val="0051317C"/>
     <w:rsid w:val="00513969"/>
     <w:rsid w:val="005A4BB6"/>
     <w:rsid w:val="005F463D"/>
     <w:rsid w:val="00655C8B"/>
     <w:rsid w:val="006E4DBA"/>
     <w:rsid w:val="00814C59"/>
     <w:rsid w:val="008153B1"/>
     <w:rsid w:val="009359D5"/>
+    <w:rsid w:val="00942D50"/>
     <w:rsid w:val="00AA25C5"/>
     <w:rsid w:val="00AC1163"/>
+    <w:rsid w:val="00B164F6"/>
     <w:rsid w:val="00B3347D"/>
     <w:rsid w:val="00B34FE6"/>
     <w:rsid w:val="00B87FBC"/>
+    <w:rsid w:val="00BD511E"/>
     <w:rsid w:val="00D679D2"/>
     <w:rsid w:val="00E669FC"/>
     <w:rsid w:val="00EB6BB2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2A819F8A"/>
   <w15:docId w15:val="{7E81F8AC-E682-4204-8EBC-D70D2775AE88}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10321,51 +10493,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B3347D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B3347D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="822771590">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="891423288">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10657,65 +10829,65 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>680</Words>
-  <Characters>3879</Characters>
+  <Words>605</Words>
+  <Characters>4018</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>267</Lines>
+  <Paragraphs>271</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4550</CharactersWithSpaces>
+  <CharactersWithSpaces>4352</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Bernadette Pinto</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>