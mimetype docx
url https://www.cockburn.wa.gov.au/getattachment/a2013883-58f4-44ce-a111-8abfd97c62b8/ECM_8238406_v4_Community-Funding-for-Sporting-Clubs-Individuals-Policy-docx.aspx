--- v0 (2025-10-23)
+++ v1 (2026-03-10)
@@ -1,90 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2D06BDBD" w14:textId="77777777" w:rsidR="00DA2F4F" w:rsidRPr="00F94F2C" w:rsidRDefault="00DA2F4F" w:rsidP="00656C9D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:right="-46"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76A9CB02" w14:textId="77777777" w:rsidR="00F94F2C" w:rsidRPr="00F94F2C" w:rsidRDefault="009A0A01" w:rsidP="00656C9D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:right="-46"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94F2C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28959AC9" wp14:editId="0E5FD13D">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28959AC9" wp14:editId="0E5FD13D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>247649</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6057900" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="12700" b="25400"/>
                 <wp:wrapNone/>
                 <wp:docPr id="14" name="Straight Connector 14"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks/>
                       </wps:cNvCnPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6057900" cy="0"/>
                         </a:xfrm>
@@ -96,51 +99,51 @@
                           <a:solidFill>
                             <a:sysClr val="windowText" lastClr="000000">
                               <a:lumMod val="50000"/>
                               <a:lumOff val="50000"/>
                             </a:sysClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="1710826E" id="Straight Connector 14" o:spid="_x0000_s1026" style="position:absolute;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,19.5pt" to="477pt,19.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHCEyO5wEAAMcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5x0S7sZcXpI0F26&#10;rUC6H8DKsi1MEgVRjZN/P0pOsra7DfNBoPjxxEc+r24Pzoq9jmTQN3Ixm0uhvcLW+L6RPx/vPnyW&#10;ghL4Fix63cijJnm7fv9uNYZaX+GAttVRMIinegyNHFIKdVWRGrQDmmHQnoMdRgeJr7Gv2ggjoztb&#10;Xc3n19WIsQ0RlSZi73YKynXB7zqt0o+uI52EbST3lsoZy/mUz2q9grqPEAajTm3AP3ThwHh+9AK1&#10;hQTiOZq/oJxREQm7NFPoKuw6o3ThwGwW8zdsdgMEXbjwcChcxkT/D1Z93z9EYVre3ScpPDje0S5F&#10;MP2QxAa95wliFBzkSY2Bai7Y+IeYuaqD34V7VL+IY9WrYL5QmNIOXXQ5ncmKQ5n88TJ5fUhCsfN6&#10;vrz5MucFqXOsgvpcGCKlrxqdyEYjrfF5KFDD/p5Sfhrqc0p2e7wz1pbFWi/GRn5c3CwZGVhenYXE&#10;pgtMmHwvBdiedatSLIiE1rS5OuPQkTY2ij2wdFhxLY6P3K4UFihxgDmUrxTaZ/cN2yl3md2TsNjN&#10;8nvj5nYn6NL5qyczjS3QMFWUUAbiCutzS7oo+sT6z4yz9YTt8SGeF8FqKWUnZWc5vryz/fL/W/8G&#10;AAD//wMAUEsDBBQABgAIAAAAIQCOmRpV2wAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PT8Mw&#10;DMXvSHyHyEjcWDoYEytNp4GGuCFtIAQ3rzFtIXGqJlvLt8cTBzj5z7Pe+7lYjt6pA/WxDWxgOslA&#10;EVfBtlwbeHl+uLgBFROyRReYDHxThGV5elJgbsPAGzpsU63EhGOOBpqUulzrWDXkMU5CRyzaR+g9&#10;Jhn7WtseBzH3Tl9m2Vx7bFkSGuzovqHqa7v3Bh5te+eeho2fv69es9n0c/1G49qY87NxdQsq0Zj+&#10;juGIL+hQCtMu7NlG5QzII8nA1UKqqIvrmTS734UuC/0fv/wBAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAxwhMjucBAADHAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAjpkaVdsAAAAGAQAADwAAAAAAAAAAAAAAAABBBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" strokecolor="#7f7f7f" strokeweight=".25pt">
+              <v:line w14:anchorId="06363F54" id="Straight Connector 14" o:spid="_x0000_s1026" style="position:absolute;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,19.5pt" to="477pt,19.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeCmlAygEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JTOGkFyznESC9p&#10;GyDpB2z4kIjyBS5j2X/fJWW7aXoLogNB7mM4sxytr/fOsp1KaILv+XLRcqa8CNL4oee/Hm8/feEM&#10;M3gJNnjV84NCfr35+GE9xU5dhDFYqRIjEI/dFHs+5hy7pkExKge4CFF5SuqQHGQ6pqGRCSZCd7a5&#10;aNvLZgpJxhSEQqTodk7yTcXXWon8U2tUmdmeE7dc11TXp7I2mzV0Q4I4GnGkAW9g4cB4uvQMtYUM&#10;7DmZ/6CcESlg0HkhgmuC1kaoqoHULNtXah5GiKpqoeFgPI8J3w9W/Njd+PtUqIu9f4h3QfxGGkoz&#10;RezOyXLAOJftdXKlnLizfR3k4TxItc9MUPCyXV19bWne4pRroDs1xoT5mwqOlU3PrfFFI3Swu8Nc&#10;robuVFLCPtwaa+s7Wc+mnn9eXq0IGcgt2kKmrYuy5+gHzsAOZEORU0XEYI0s3QUHD3hjE9sBOYEM&#10;JMP0SHQ5s4CZEqShfrXRPrvvQc61qxKefUJhctOrMNGdoSvzf64sMraA49xRUwWIOqwvlFQ16FH1&#10;3xmX3VOQh/t0egh6/Np2NGpx18sz7V/+Tps/AAAA//8DAFBLAwQUAAYACAAAACEAjpkaVdsAAAAG&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0/DMAzF70h8h8hI3Fg6GBMrTaeBhrghbSAEN68xbSFx&#10;qiZby7fHEwc4+c+z3vu5WI7eqQP1sQ1sYDrJQBFXwbZcG3h5fri4ARUTskUXmAx8U4RleXpSYG7D&#10;wBs6bFOtxIRjjgaalLpc61g15DFOQkcs2kfoPSYZ+1rbHgcx905fZtlce2xZEhrs6L6h6mu79wYe&#10;bXvnnoaNn7+vXrPZ9HP9RuPamPOzcXULKtGY/o7hiC/oUArTLuzZRuUMyCPJwNVCqqiL65k0u9+F&#10;Lgv9H7/8AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF4KaUDKAQAAlgMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAI6ZGlXbAAAABgEAAA8AAAAA&#10;AAAAAAAAAAAAJAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAsBQAAAAA=&#10;" strokecolor="#7f7f7f" strokeweight=".25pt">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:hyperlink w:anchor="_top" w:tooltip="Council, Administration or Planning" w:history="1">
         <w:r w:rsidR="00656C9D" w:rsidRPr="00F94F2C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
           </w:rPr>
           <w:t>Policy Type</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003B222D" w:rsidRPr="00F94F2C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ADDF346" w14:textId="77777777" w:rsidR="00656C9D" w:rsidRPr="00F94F2C" w:rsidRDefault="00656C9D" w:rsidP="00656C9D">
@@ -176,99 +179,99 @@
     </w:p>
     <w:p w14:paraId="01144A89" w14:textId="77777777" w:rsidR="00F36F39" w:rsidRDefault="00F36F39" w:rsidP="00656C9D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:right="-46"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="027C0832" w14:textId="77777777" w:rsidR="00C61715" w:rsidRPr="00F94F2C" w:rsidRDefault="00C61715" w:rsidP="00656C9D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:right="-46"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B530FE6" w14:textId="77777777" w:rsidR="00656C9D" w:rsidRPr="00F94F2C" w:rsidRDefault="00386F45" w:rsidP="00656C9D">
+    <w:p w14:paraId="6B530FE6" w14:textId="77777777" w:rsidR="00656C9D" w:rsidRPr="00F94F2C" w:rsidRDefault="00656C9D" w:rsidP="00656C9D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:right="-46"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Bookmark1" w:tooltip="This section should outline the background to the policy. For example, is it a legislative requirement? A Council directive? An audit requirement or some other reason? Is this a replacement for a previous policy?" w:history="1">
-        <w:r w:rsidR="00656C9D" w:rsidRPr="00F94F2C">
+        <w:r w:rsidRPr="00F94F2C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Policy Purpose</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6C95D68F" w14:textId="77777777" w:rsidR="00656C9D" w:rsidRPr="00F94F2C" w:rsidRDefault="009A0A01" w:rsidP="00656C9D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:right="-46"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94F2C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CEAB7D4" wp14:editId="239AE901">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CEAB7D4" wp14:editId="239AE901">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>95884</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6057900" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="12700" b="25400"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Straight Connector 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks/>
                       </wps:cNvCnPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6057900" cy="0"/>
                         </a:xfrm>
@@ -280,51 +283,51 @@
                           <a:solidFill>
                             <a:sysClr val="windowText" lastClr="000000">
                               <a:lumMod val="50000"/>
                               <a:lumOff val="50000"/>
                             </a:sysClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="5F3C9E4A" id="Straight Connector 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,7.55pt" to="477pt,7.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBGzQT05QEAAMUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815JTOG4FyznYSC9p&#10;a8DpB0xISiLKDRzGsv++Q8p2lt6K6kAMZ3mcN/O0ujtaww4qovau5fNZzZlywkvt+pb/erz/9IUz&#10;TOAkGO9Uy08K+d3644fVGBp14wdvpIqMQBw2Y2j5kFJoqgrFoCzgzAflKNj5aCHRNfaVjDASujXV&#10;TV3fVqOPMkQvFCJ5t1OQrwt+1ymRfnYdqsRMy6m3VM5Yzqd8VusVNH2EMGhxbgP+oQsL2tGjV6gt&#10;JGDPUf8FZbWIHn2XZsLbynedFqpwIDbz+h2b/QBBFS40HAzXMeH/gxU/DrvItKTdcebA0or2KYLu&#10;h8Q23jkaoI9smec0BmwofeN2MTMVR7cPD178RopVb4L5gmFKO3bR5nSiyo5l7qfr3NUxMUHO23qx&#10;/FrTesQlVkFzKQwR0zflLctGy412eSTQwOEBU34amktKdjt/r40pazWOjS3/PF8uCBlIXJ2BRKYN&#10;RBddzxmYnlQrUiyI6I2WuTrj4Ak3JrIDkHBIb9KPj9QuZwYwUYA4lK8Ummf73cspd5Hdk6zITeJ7&#10;56Z2J+jS+ZsnM40t4DBVlFAGogrjckuq6PnM+mXG2Xry8rSLl0WQVkrZWddZjK/vZL/++9Z/AAAA&#10;//8DAFBLAwQUAAYACAAAACEAkffvUtoAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70i8Q2Qkbiwt2iYoTaeBhrghbSAEN68xbSFxqiZby9tjxAGO/n7r9+dyNXmnjjTELrCBfJaBIq6D&#10;7bgx8Px0f3EFKiZkiy4wGfiiCKvq9KTEwoaRt3TcpUZJCccCDbQp9YXWsW7JY5yFnliy9zB4TDIO&#10;jbYDjlLunb7MsqX22LFcaLGnu5bqz93BG3iw3a17HLd++bZ+yeb5x+aVpo0x52fT+gZUoin9LcOP&#10;vqhDJU77cGAblTMgjyShixyUpNeLuYD9L9BVqf/rV98AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEARs0E9OUBAADFAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAkffvUtoAAAAGAQAADwAAAAAAAAAAAAAAAAA/BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" strokecolor="#7f7f7f" strokeweight=".25pt">
+              <v:line w14:anchorId="7C897927" id="Straight Connector 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,7.55pt" to="477pt,7.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeCmlAygEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JTOGkFyznESC9p&#10;GyDpB2z4kIjyBS5j2X/fJWW7aXoLogNB7mM4sxytr/fOsp1KaILv+XLRcqa8CNL4oee/Hm8/feEM&#10;M3gJNnjV84NCfr35+GE9xU5dhDFYqRIjEI/dFHs+5hy7pkExKge4CFF5SuqQHGQ6pqGRCSZCd7a5&#10;aNvLZgpJxhSEQqTodk7yTcXXWon8U2tUmdmeE7dc11TXp7I2mzV0Q4I4GnGkAW9g4cB4uvQMtYUM&#10;7DmZ/6CcESlg0HkhgmuC1kaoqoHULNtXah5GiKpqoeFgPI8J3w9W/Njd+PtUqIu9f4h3QfxGGkoz&#10;RezOyXLAOJftdXKlnLizfR3k4TxItc9MUPCyXV19bWne4pRroDs1xoT5mwqOlU3PrfFFI3Swu8Nc&#10;robuVFLCPtwaa+s7Wc+mnn9eXq0IGcgt2kKmrYuy5+gHzsAOZEORU0XEYI0s3QUHD3hjE9sBOYEM&#10;JMP0SHQ5s4CZEqShfrXRPrvvQc61qxKefUJhctOrMNGdoSvzf64sMraA49xRUwWIOqwvlFQ16FH1&#10;3xmX3VOQh/t0egh6/Np2NGpx18sz7V/+Tps/AAAA//8DAFBLAwQUAAYACAAAACEAkffvUtoAAAAG&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2Qkbiwt2iYoTaeBhrghbSAEN68xbSFx&#10;qiZby9tjxAGO/n7r9+dyNXmnjjTELrCBfJaBIq6D7bgx8Px0f3EFKiZkiy4wGfiiCKvq9KTEwoaR&#10;t3TcpUZJCccCDbQp9YXWsW7JY5yFnliy9zB4TDIOjbYDjlLunb7MsqX22LFcaLGnu5bqz93BG3iw&#10;3a17HLd++bZ+yeb5x+aVpo0x52fT+gZUoin9LcOPvqhDJU77cGAblTMgjyShixyUpNeLuYD9L9BV&#10;qf/rV98AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXgppQMoBAACWAwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAkffvUtoAAAAGAQAADwAAAAAA&#10;AAAAAAAAAAAkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACsFAAAAAA==&#10;" strokecolor="#7f7f7f" strokeweight=".25pt">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B55221C" w14:textId="77777777" w:rsidR="00151611" w:rsidRDefault="00005AB0" w:rsidP="00151611">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:right="-46"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>To provide a framework of funding for sporting clubs and individuals that supports activities and builds their capacity to participate in sport and recreation. This specifically includes:</w:t>
       </w:r>
     </w:p>
@@ -339,65 +342,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="588D7504" w14:textId="0926641D" w:rsidR="00005AB0" w:rsidRDefault="00005AB0" w:rsidP="00C61715">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:right="-46" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Support sporting clubs to undertake minor and major upgrades, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and additions of infrastructure to </w:t>
+        <w:t xml:space="preserve">Support sporting clubs to undertake minor and major upgrades, alterations and additions of infrastructure to </w:t>
       </w:r>
       <w:r w:rsidR="000B0AF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>the City or State Government (where authorised)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> property to benefit the respective club(s) and the City.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45CEFF15" w14:textId="77777777" w:rsidR="00005AB0" w:rsidRDefault="00005AB0" w:rsidP="00C61715">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="9026"/>
         </w:tabs>
@@ -434,152 +423,162 @@
         <w:spacing w:before="2"/>
         <w:ind w:right="-46" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Support local </w:t>
       </w:r>
       <w:r w:rsidR="000B0AF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">junior </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>athletes financially to travel to State and National sporting competition.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A2A804F" w14:textId="61210D5B" w:rsidR="000B0AF6" w:rsidRPr="00005AB0" w:rsidRDefault="000B0AF6" w:rsidP="00C61715">
+    <w:p w14:paraId="1A2A804F" w14:textId="32E47A37" w:rsidR="000B0AF6" w:rsidRPr="00005AB0" w:rsidRDefault="000B0AF6" w:rsidP="00C61715">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:right="-46" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Support sporting clubs with applications for Department of Local </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Support sporting clubs with applications for </w:t>
+      </w:r>
+      <w:r w:rsidR="004E4D80">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>other external funding opportunities</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Government ,</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> with associated discretion on applying appropriate </w:t>
+      </w:r>
+      <w:r w:rsidR="00F43A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">timeframes </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Sport and Cultural Industries grants with associated discretion on applying appropriate deadlines for the purpose of meeting the applicable grant deadlines.</w:t>
+        <w:t>for the purpose of meeting grant deadlines.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AD0B644" w14:textId="77777777" w:rsidR="00151611" w:rsidRPr="00F94F2C" w:rsidRDefault="00151611" w:rsidP="00151611">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:right="-46"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53ED1210" w14:textId="77777777" w:rsidR="00151611" w:rsidRPr="00F94F2C" w:rsidRDefault="00151611" w:rsidP="00151611">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:right="-46"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48DAD4F7" w14:textId="77777777" w:rsidR="00656C9D" w:rsidRPr="00F94F2C" w:rsidRDefault="00386F45" w:rsidP="00656C9D">
+    <w:p w14:paraId="48DAD4F7" w14:textId="77777777" w:rsidR="00656C9D" w:rsidRPr="00F94F2C" w:rsidRDefault="00656C9D" w:rsidP="00656C9D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:right="-46"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Bookmark2" w:tooltip="In this section the author of the policy should outline the purpose/objectives of the policy as a clear short statement. For example ‘The purpose of this policy is to advise staff of the Council’s position on street performances’." w:history="1">
-        <w:r w:rsidR="00656C9D" w:rsidRPr="00F94F2C">
+        <w:r w:rsidRPr="00F94F2C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Policy Statement</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0E28E9D1" w14:textId="77777777" w:rsidR="00656C9D" w:rsidRPr="00F94F2C" w:rsidRDefault="009A0A01" w:rsidP="00BA0F37">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94F2C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08E98C8E" wp14:editId="02C1D81D">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08E98C8E" wp14:editId="02C1D81D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>57784</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6057900" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="12700" b="25400"/>
                 <wp:wrapNone/>
                 <wp:docPr id="10" name="Straight Connector 10"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks/>
                       </wps:cNvCnPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6057900" cy="0"/>
                         </a:xfrm>
@@ -591,51 +590,51 @@
                           <a:solidFill>
                             <a:sysClr val="windowText" lastClr="000000">
                               <a:lumMod val="50000"/>
                               <a:lumOff val="50000"/>
                             </a:sysClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="4FB48E69" id="Straight Connector 10" o:spid="_x0000_s1026" style="position:absolute;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,4.55pt" to="477pt,4.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUIBEM5wEAAMcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5x0SLsZcXpI0F26&#10;LUC7H8DKsi1MEgVRjZN/P0pO0o/dhvkgSKT4xPf4vLo9OCv2OpJB38jFbC6F9gpb4/tG/nq8+/RF&#10;CkrgW7DodSOPmuTt+uOH1RhqfYUD2lZHwSCe6jE0ckgp1FVFatAOaIZBe052GB0kPsa+aiOMjO5s&#10;dTWfX1cjxjZEVJqIo9spKdcFv+u0Sj+7jnQStpHcWyprLOtTXqv1Cuo+QhiMOrUB/9CFA+P50QvU&#10;FhKI52j+gnJGRSTs0kyhq7DrjNKFA7NZzN+xeRgg6MKFxaFwkYn+H6z6sd9FYVqeHcvjwfGMHlIE&#10;0w9JbNB7VhCj4CQrNQaquWDjdzFzVQf/EO5R/SbOVW+S+UBhunboosvXmaw4FOWPF+X1IQnFwev5&#10;8ubrnDtQ51wF9bkwRErfNDqRN420xmdRoIb9PaX8NNTnKzns8c5YWwZrvRgb+Xlxs2RkYHt1FhJv&#10;XWDC5HspwPbsW5ViQSS0ps3VGYeOtLFR7IGtw45rcXzkdqWwQIkTzKF8pdA+u+/YTneXOTwZi8Ns&#10;v3dhbneCLp2/eTLT2AINU0VJZSCusD63pIujT6xfNM67J2yPu3geBLullJ2cne34+sz71//f+g8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBcLf7q2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;EIXvgv9hGcGb3URqsTGbUqXiTWgV0ds0OybR3dmQ3Tbx3zt60ePHG977plxN3qkjDbELbCCfZaCI&#10;62A7bgw8P91fXIOKCdmiC0wGvijCqjo9KbGwYeQtHXepUVLCsUADbUp9oXWsW/IYZ6Enluw9DB6T&#10;4NBoO+Ao5d7pyyxbaI8dy0KLPd21VH/uDt7Ag+1u3eO49Yu39Us2zz82rzRtjDk/m9Y3oBJN6e8Y&#10;fvRFHSpx2ocD26icAXkkGVjmoCRcXs2F97+sq1L/l6++AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhANQgEQznAQAAxwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAFwt/urZAAAABAEAAA8AAAAAAAAAAAAAAAAAQQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" strokecolor="#7f7f7f" strokeweight=".25pt">
+              <v:line w14:anchorId="65BA3CA9" id="Straight Connector 10" o:spid="_x0000_s1026" style="position:absolute;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,4.55pt" to="477pt,4.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeCmlAygEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JTOGkFyznESC9p&#10;GyDpB2z4kIjyBS5j2X/fJWW7aXoLogNB7mM4sxytr/fOsp1KaILv+XLRcqa8CNL4oee/Hm8/feEM&#10;M3gJNnjV84NCfr35+GE9xU5dhDFYqRIjEI/dFHs+5hy7pkExKge4CFF5SuqQHGQ6pqGRCSZCd7a5&#10;aNvLZgpJxhSEQqTodk7yTcXXWon8U2tUmdmeE7dc11TXp7I2mzV0Q4I4GnGkAW9g4cB4uvQMtYUM&#10;7DmZ/6CcESlg0HkhgmuC1kaoqoHULNtXah5GiKpqoeFgPI8J3w9W/Njd+PtUqIu9f4h3QfxGGkoz&#10;RezOyXLAOJftdXKlnLizfR3k4TxItc9MUPCyXV19bWne4pRroDs1xoT5mwqOlU3PrfFFI3Swu8Nc&#10;robuVFLCPtwaa+s7Wc+mnn9eXq0IGcgt2kKmrYuy5+gHzsAOZEORU0XEYI0s3QUHD3hjE9sBOYEM&#10;JMP0SHQ5s4CZEqShfrXRPrvvQc61qxKefUJhctOrMNGdoSvzf64sMraA49xRUwWIOqwvlFQ16FH1&#10;3xmX3VOQh/t0egh6/Np2NGpx18sz7V/+Tps/AAAA//8DAFBLAwQUAAYACAAAACEAXC3+6tkAAAAE&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm91EarExm1Kl4k1oFdHbNDsm0d3Z&#10;kN028d87etHjxxve+6ZcTd6pIw2xC2wgn2WgiOtgO24MPD/dX1yDignZogtMBr4owqo6PSmxsGHk&#10;LR13qVFSwrFAA21KfaF1rFvyGGehJ5bsPQwek+DQaDvgKOXe6cssW2iPHctCiz3dtVR/7g7ewIPt&#10;bt3juPWLt/VLNs8/Nq80bYw5P5vWN6ASTenvGH70RR0qcdqHA9uonAF5JBlY5qAkXF7Nhfe/rKtS&#10;/5evvgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBeCmlAygEAAJYDAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBcLf7q2QAAAAQBAAAPAAAAAAAA&#10;AAAAAAAAACQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAKgUAAAAA&#10;" strokecolor="#7f7f7f" strokeweight=".25pt">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="529EA17C" w14:textId="77777777" w:rsidR="00E91F10" w:rsidRPr="00E91F10" w:rsidRDefault="00E91F10" w:rsidP="00E91F10">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Bookmark2"/>
       <w:r w:rsidRPr="00E91F10">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>To approve applications for the Sport and Recreation Champion Club Grants in accordance with the evaluation and selection criteria set out below</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -866,68 +865,54 @@
       <w:r w:rsidRPr="00E91F10">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Contributions of voluntary labour and donated materials can be recognised as a component of the applicant’s contribution – refer to ‘Sport &amp; Recreation Club Grants Guidelines for Applicants’ for further details. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="784E4861" w14:textId="77777777" w:rsidR="00E91F10" w:rsidRPr="00E91F10" w:rsidRDefault="00E91F10" w:rsidP="00C61715">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="2160" w:hanging="720"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E91F10">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Additional information must be attached to the application form </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="6E3BB556" w14:textId="77777777" w:rsidR="00E91F10" w:rsidRDefault="00E91F10" w:rsidP="00C61715">
+        <w:t>Additional information must be attached to the application form i.e. quotes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="255F57BE" w14:textId="41F7CCD0" w:rsidR="00AE4880" w:rsidRDefault="00E91F10" w:rsidP="00C61715">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="2160" w:hanging="720"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E91F10">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Once a club has a successful application, they cannot apply for the </w:t>
       </w:r>
       <w:r w:rsidR="00645741">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>grant</w:t>
       </w:r>
@@ -1343,103 +1328,190 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003A42DC" w:rsidRPr="007553CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Junior Sports Travel Assistance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08A0B6CC" w14:textId="77777777" w:rsidR="00E91F10" w:rsidRPr="00E91F10" w:rsidRDefault="00E91F10" w:rsidP="00E91F10">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18916A1B" w14:textId="77777777" w:rsidR="003A42DC" w:rsidRDefault="00E91F10" w:rsidP="007553CA">
+    <w:p w14:paraId="7BB4E578" w14:textId="59421CD6" w:rsidR="00301AD1" w:rsidRDefault="00E91F10" w:rsidP="007553CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A42DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The Junior </w:t>
       </w:r>
       <w:r w:rsidR="003710E8" w:rsidRPr="003A42DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Sport Travel Assistance program</w:t>
       </w:r>
       <w:r w:rsidRPr="003A42DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> provides up to $400 towards travel cost for</w:t>
       </w:r>
       <w:r w:rsidR="00CF3C15" w:rsidRPr="003A42DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> individual</w:t>
       </w:r>
       <w:r w:rsidRPr="003A42DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> athletes representing WA or Australia </w:t>
       </w:r>
       <w:r w:rsidR="003710E8" w:rsidRPr="003A42DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>in a competition selected by a State or National Sporting Organisation</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">in a competition </w:t>
+      </w:r>
+      <w:r w:rsidR="0071339E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that aligns with the definition of sport as recognised by the Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22205">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cultural Industries, Sport and Tourism.  This </w:t>
+      </w:r>
+      <w:r w:rsidR="00B064ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>is defined as</w:t>
+      </w:r>
+      <w:r w:rsidR="00324446">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B064ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC8FE4F" w14:textId="77777777" w:rsidR="00324446" w:rsidRDefault="00324446" w:rsidP="00976A75">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C2BB732" w14:textId="39FAEE63" w:rsidR="009F6C79" w:rsidRPr="00976A75" w:rsidRDefault="00324446" w:rsidP="00976A75">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00B064ED" w:rsidRPr="00976A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7650" w:rsidRPr="00976A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> human activity involving physical exertion and skill as the primary focus of the activity, with elements of competition where rules and patterns of behaviour governing the activity exist formally through organisations and is generally recognised as sport</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0D1E" w:rsidRPr="00976A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7E59" w:rsidRPr="00976A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DA057EA" w14:textId="77777777" w:rsidR="003A42DC" w:rsidRPr="003A42DC" w:rsidRDefault="003A42DC" w:rsidP="007553CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B597823" w14:textId="77777777" w:rsidR="003A42DC" w:rsidRDefault="003A42DC" w:rsidP="007553CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1660,78 +1732,80 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C3CBF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>An application for funding may be made up to three months before the date of travel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="747BD5A7" w14:textId="3BF54B1A" w:rsidR="009833AF" w:rsidRDefault="009833AF" w:rsidP="009833AF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C4F0673" w14:textId="0EB75A19" w:rsidR="000B0AF6" w:rsidRDefault="000B0AF6" w:rsidP="009833AF">
-[...15 lines deleted...]
-    <w:p w14:paraId="4DC05044" w14:textId="77777777" w:rsidR="00CF3C15" w:rsidRPr="009833AF" w:rsidRDefault="007553CA" w:rsidP="007553CA">
+    <w:p w14:paraId="2B082F46" w14:textId="77777777" w:rsidR="000B0AF6" w:rsidRPr="002E576E" w:rsidRDefault="000B0AF6" w:rsidP="002E576E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DC05044" w14:textId="77E35020" w:rsidR="00CF3C15" w:rsidRPr="009833AF" w:rsidRDefault="007553CA" w:rsidP="007553CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>(6)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF69C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CF3C15" w:rsidRPr="007553CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Additional Criteria</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65D4306B" w14:textId="77777777" w:rsidR="00CF3C15" w:rsidRPr="00E91F10" w:rsidRDefault="00CF3C15" w:rsidP="00E91F10">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18527268" w14:textId="77777777" w:rsidR="00E27B69" w:rsidRDefault="00600283" w:rsidP="007553CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -1781,65 +1855,51 @@
     </w:p>
     <w:p w14:paraId="47818EED" w14:textId="77777777" w:rsidR="00C615AD" w:rsidRPr="00C615AD" w:rsidRDefault="00C615AD" w:rsidP="007553CA">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5054EC5E" w14:textId="37637764" w:rsidR="00600283" w:rsidRPr="00E27B69" w:rsidRDefault="00600283" w:rsidP="007553CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E27B69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">For the Major Capital Works Grant, Minor Capital Works </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and Sports Equipment Grant the following applies:</w:t>
+        <w:t>For the Major Capital Works Grant, Minor Capital Works Grant and Sports Equipment Grant the following applies:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64FCBCEB" w14:textId="77777777" w:rsidR="00600283" w:rsidRDefault="00600283" w:rsidP="007553CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:ind w:left="2160" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00E91F10" w:rsidRPr="00CF3C15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">pen to incorporated </w:t>
@@ -1871,51 +1931,65 @@
       </w:pPr>
       <w:r w:rsidRPr="00600283">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Sporting Clubs must have memberships open to the residents of the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00600283">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>City</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00600283">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and should show they are servicing a signif</w:t>
       </w:r>
       <w:r w:rsidR="00575673">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>icant number of local residents.</w:t>
+        <w:t xml:space="preserve">icant number of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00575673">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>local residents</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00575673">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="481DDACF" w14:textId="77777777" w:rsidR="00575673" w:rsidRDefault="00575673" w:rsidP="007553CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:ind w:left="2160" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>The City reserves the right to impose special conditions on the funding.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C600D5E" w14:textId="77777777" w:rsidR="0004392C" w:rsidRPr="00C615AD" w:rsidRDefault="0004392C" w:rsidP="0004392C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1800"/>
@@ -2021,67 +2095,67 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>(b)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>Under a substantive lease with the State Government on land owned or managed by an authorised government department.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B389D4A" w14:textId="55F6F60D" w:rsidR="000B0AF6" w:rsidRDefault="000B0AF6" w:rsidP="000B0AF6">
       <w:pPr>
         <w:ind w:left="2160" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E4A2636" w14:textId="6D85667F" w:rsidR="000B0AF6" w:rsidRDefault="000B0AF6" w:rsidP="000B0AF6">
+    <w:p w14:paraId="7E4A2636" w14:textId="56C1913E" w:rsidR="000B0AF6" w:rsidRDefault="000B0AF6" w:rsidP="000B0AF6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Preference will be given to applications from clubs that are named after Cockburn, one of its suburbs, or one of its landmarks, over clubs that are named, or contain in their name, a s suburb or local government area that is outside of Cockburn.</w:t>
+        <w:t>Preference will be given to applications from clubs that are named after Cockburn, one of its suburbs, or one of its landmarks, over clubs that are named, or contain in their name, a suburb or local government area that is outside of Cockburn.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31BA1AD6" w14:textId="4BA45198" w:rsidR="000B0AF6" w:rsidRDefault="000B0AF6" w:rsidP="000B0AF6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79DB037D" w14:textId="233D0C73" w:rsidR="000B0AF6" w:rsidRDefault="000B0AF6" w:rsidP="000B0AF6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2198,287 +2272,309 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3424"/>
         <w:gridCol w:w="6237"/>
       </w:tblGrid>
       <w:tr w:rsidR="000E59C0" w:rsidRPr="00F94F2C" w14:paraId="77751730" w14:textId="77777777" w:rsidTr="00721265">
         <w:trPr>
           <w:trHeight w:val="246"/>
           <w:tblCellSpacing w:w="20" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3364" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:id="2" w:name="Dropdown1"/>
           <w:bookmarkEnd w:id="1"/>
           <w:p w14:paraId="508F546A" w14:textId="77777777" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="002C51C6" w:rsidP="00721265">
             <w:pPr>
               <w:spacing w:line="262" w:lineRule="exact"/>
               <w:ind w:left="105"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F94F2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="000E59C0" w:rsidRPr="00F94F2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText>HYPERLINK  \l "Bookmark3" \o "Strategic Link – outline the Informing Strategy, Framework or Plan to provide a link to the Community Strategic Plan. Refer to the Category Index for guidance"</w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00F94F2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00F94F2C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Strategic Link</w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="00F94F2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00F94F2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6177" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25A64A17" w14:textId="77777777" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="009C6E13" w:rsidP="007553CA">
+          <w:p w14:paraId="25A64A17" w14:textId="412251DF" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="00307677" w:rsidP="007553CA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Community</w:t>
+              <w:t xml:space="preserve">Community </w:t>
             </w:r>
-            <w:r w:rsidR="007553CA">
+            <w:r w:rsidR="00F92928">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Sport &amp; Recreation Plan</w:t>
+              <w:t>Infrastructure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Plan 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00F92928">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>24-</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6A43">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00F92928">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>041</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E59C0" w:rsidRPr="00F94F2C" w14:paraId="2E42E433" w14:textId="77777777" w:rsidTr="00721265">
         <w:trPr>
           <w:trHeight w:val="246"/>
           <w:tblCellSpacing w:w="20" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3364" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62078D8A" w14:textId="77777777" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="00386F45" w:rsidP="00721265">
+          <w:p w14:paraId="62078D8A" w14:textId="77777777" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="002C51C6" w:rsidP="00721265">
             <w:pPr>
               <w:spacing w:line="262" w:lineRule="exact"/>
               <w:ind w:left="105"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:anchor="Bookmark3" w:tooltip="Category – outline the relevant service or function that the content of the policies addresses. Refer to the Category Index for guidance" w:history="1">
-              <w:r w:rsidR="002C51C6" w:rsidRPr="00F94F2C">
+              <w:r w:rsidRPr="00F94F2C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:t>Category</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6177" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56CDBFC6" w14:textId="77777777" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="009C6E13" w:rsidP="00BA0F37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Sport and Recreation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E59C0" w:rsidRPr="00F94F2C" w14:paraId="50859314" w14:textId="77777777" w:rsidTr="00721265">
         <w:trPr>
           <w:trHeight w:val="246"/>
           <w:tblCellSpacing w:w="20" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3364" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57394720" w14:textId="77777777" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="00386F45" w:rsidP="00F94F2C">
+          <w:p w14:paraId="57394720" w14:textId="77777777" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="00BA0F37" w:rsidP="00F94F2C">
             <w:pPr>
               <w:spacing w:line="262" w:lineRule="exact"/>
               <w:ind w:left="105"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:anchor="Bookmark3" w:tooltip="Lead Business Unit – outline the business Unit responsible for reviewing the Policy, and conducting stakeholder consultation where necessary." w:history="1">
-              <w:r w:rsidR="00BA0F37" w:rsidRPr="00F94F2C">
+              <w:r w:rsidRPr="00F94F2C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:t>Lead Business Unit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F94F2C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6177" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B6A8538" w14:textId="2F00FC6F" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="009C6E13" w:rsidP="00BA0F37">
+          <w:p w14:paraId="4B6A8538" w14:textId="5CABA4F6" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="009C6E13" w:rsidP="00BA0F37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Recreation </w:t>
             </w:r>
-            <w:r w:rsidR="00386F45">
+            <w:r w:rsidR="005F138D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Services</w:t>
+              <w:t>and Place</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E59C0" w:rsidRPr="00F94F2C" w14:paraId="5805DC41" w14:textId="77777777" w:rsidTr="00721265">
         <w:trPr>
           <w:trHeight w:val="246"/>
           <w:tblCellSpacing w:w="20" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3364" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F684906" w14:textId="77777777" w:rsidR="00F94F2C" w:rsidRDefault="00386F45" w:rsidP="00721265">
+          <w:p w14:paraId="2F684906" w14:textId="77777777" w:rsidR="00F94F2C" w:rsidRDefault="00BA0F37" w:rsidP="00721265">
             <w:pPr>
               <w:spacing w:line="262" w:lineRule="exact"/>
               <w:ind w:left="105"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:anchor="Bookmark3" w:tooltip="Public Consultation – outline whether public consultation is required as part of the policy review or implementation. It is the responsibility of the Business Lead to determine review times." w:history="1">
-              <w:r w:rsidR="00BA0F37" w:rsidRPr="00F94F2C">
+              <w:r w:rsidRPr="00F94F2C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:t>Public Consultation</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F94F2C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EC62E17" w14:textId="77777777" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="003B222D" w:rsidP="00721265">
             <w:pPr>
               <w:spacing w:line="262" w:lineRule="exact"/>
               <w:ind w:left="105"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F94F2C">
               <w:rPr>
@@ -2492,96 +2588,94 @@
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00F94F2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00F94F2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6177" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23E30A10" w14:textId="77777777" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="009C6E13" w:rsidP="00BA0F37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E59C0" w:rsidRPr="00F94F2C" w14:paraId="2E120658" w14:textId="77777777" w:rsidTr="00721265">
         <w:trPr>
           <w:trHeight w:val="246"/>
           <w:tblCellSpacing w:w="20" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3364" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73DF9EA6" w14:textId="77777777" w:rsidR="00F94F2C" w:rsidRDefault="00386F45" w:rsidP="00721265">
+          <w:p w14:paraId="73DF9EA6" w14:textId="77777777" w:rsidR="00F94F2C" w:rsidRDefault="00BA0F37" w:rsidP="00721265">
             <w:pPr>
               <w:spacing w:line="262" w:lineRule="exact"/>
               <w:ind w:left="105"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:anchor="Bookmark3" w:tooltip="Adoption date – (Do not amend - Administration Purpose Only)this is the date that Council resolved to adopt the policy, and any other subsequent review adoption dates by Council." w:history="1">
-              <w:r w:rsidR="00BA0F37" w:rsidRPr="00F94F2C">
+              <w:r w:rsidRPr="00F94F2C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:t>Adoption Date</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F94F2C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64D63BDE" w14:textId="77777777" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="000E59C0" w:rsidP="00F94F2C">
             <w:pPr>
               <w:spacing w:line="262" w:lineRule="exact"/>
               <w:ind w:left="105"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F94F2C">
               <w:rPr>
@@ -2593,96 +2687,94 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="003B222D" w:rsidRPr="00F94F2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Governance </w:t>
             </w:r>
             <w:r w:rsidRPr="00F94F2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Purpose Only)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6177" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09C38D57" w14:textId="6142250C" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="00386F45" w:rsidP="00BA0F37">
+          <w:p w14:paraId="09C38D57" w14:textId="3997BD45" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="00B80CC4" w:rsidP="00BA0F37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>9 March 2023</w:t>
+              <w:t>9/12/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E59C0" w:rsidRPr="00F94F2C" w14:paraId="5A7737EA" w14:textId="77777777" w:rsidTr="00721265">
         <w:trPr>
           <w:trHeight w:val="246"/>
           <w:tblCellSpacing w:w="20" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3364" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="048A193E" w14:textId="77777777" w:rsidR="00F94F2C" w:rsidRDefault="00386F45" w:rsidP="00721265">
+          <w:p w14:paraId="048A193E" w14:textId="77777777" w:rsidR="00F94F2C" w:rsidRDefault="00BA0F37" w:rsidP="00721265">
             <w:pPr>
               <w:spacing w:line="262" w:lineRule="exact"/>
               <w:ind w:left="105"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:anchor="Bookmark3" w:tooltip="Next review date: – (Do not amend - Administration Purpose Only)  this is the due date for review. Maximum time allowed for review timeframe is 2 years." w:history="1">
-              <w:r w:rsidR="00BA0F37" w:rsidRPr="00F94F2C">
+              <w:r w:rsidRPr="00F94F2C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:t>Next Review Due</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F94F2C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40F706A3" w14:textId="77777777" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="000E59C0" w:rsidP="00F94F2C">
             <w:pPr>
               <w:spacing w:line="262" w:lineRule="exact"/>
               <w:ind w:left="105"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F94F2C">
               <w:rPr>
@@ -2694,187 +2786,187 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="003B222D" w:rsidRPr="00F94F2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Governance</w:t>
             </w:r>
             <w:r w:rsidRPr="00F94F2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Purpose Only)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6177" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FC66E02" w14:textId="6FA16F9F" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="00386F45" w:rsidP="00BA0F37">
+          <w:p w14:paraId="5FC66E02" w14:textId="157996F9" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="00B80CC4" w:rsidP="00BA0F37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>March 2025</w:t>
+              <w:t>12/2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E59C0" w:rsidRPr="00F94F2C" w14:paraId="4E0409C2" w14:textId="77777777" w:rsidTr="00721265">
         <w:trPr>
           <w:trHeight w:val="246"/>
           <w:tblCellSpacing w:w="20" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3364" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA8E925" w14:textId="77777777" w:rsidR="00F94F2C" w:rsidRDefault="00386F45" w:rsidP="007B053D">
+          <w:p w14:paraId="2AA8E925" w14:textId="77777777" w:rsidR="00F94F2C" w:rsidRDefault="007B053D" w:rsidP="007B053D">
             <w:pPr>
               <w:spacing w:line="262" w:lineRule="exact"/>
               <w:ind w:left="105"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:anchor="Bookmark3" w:tooltip="ECM Doc Set ID: this refers Doc Set ID in ECM" w:history="1">
-              <w:r w:rsidR="007B053D" w:rsidRPr="00F94F2C">
+              <w:r w:rsidRPr="00F94F2C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:t>ECM Doc Set ID</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F94F2C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D0501D1" w14:textId="77777777" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="00050F8B" w:rsidP="00F94F2C">
             <w:pPr>
               <w:spacing w:line="262" w:lineRule="exact"/>
               <w:ind w:left="105"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F94F2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(Governance Purpose Only)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6177" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34236C71" w14:textId="77777777" w:rsidR="00122F79" w:rsidRPr="00F94F2C" w:rsidRDefault="00F353BB" w:rsidP="00BA0F37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>8238406</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0BF74819" w14:textId="77777777" w:rsidR="00721265" w:rsidRPr="008816A0" w:rsidRDefault="00721265" w:rsidP="00F94F2C"/>
     <w:sectPr w:rsidR="00721265" w:rsidRPr="008816A0" w:rsidSect="00623C8C">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="2098" w:right="1134" w:bottom="567" w:left="1134" w:header="284" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A74B939" w14:textId="77777777" w:rsidR="00005AB0" w:rsidRDefault="00005AB0">
+    <w:p w14:paraId="18271451" w14:textId="77777777" w:rsidR="000D42FB" w:rsidRDefault="000D42FB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13AF52F0" w14:textId="77777777" w:rsidR="00005AB0" w:rsidRDefault="00005AB0">
+    <w:p w14:paraId="61490C1F" w14:textId="77777777" w:rsidR="000D42FB" w:rsidRDefault="000D42FB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="4E623BC5" w14:textId="77777777" w:rsidR="000D42FB" w:rsidRDefault="000D42FB"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2894,72 +2986,72 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="949350792"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="51408E82" w14:textId="77777777" w:rsidR="00F94F2C" w:rsidRPr="00F94F2C" w:rsidRDefault="00F94F2C">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00F94F2C">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2989,138 +3081,139 @@
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="00F94F2C">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00F94F2C">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>]</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="689702E8" w14:textId="77777777" w:rsidR="00005AB0" w:rsidRDefault="00005AB0">
+    <w:p w14:paraId="5837B823" w14:textId="77777777" w:rsidR="000D42FB" w:rsidRDefault="000D42FB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="285A923A" w14:textId="77777777" w:rsidR="00005AB0" w:rsidRDefault="00005AB0">
+    <w:p w14:paraId="51E74636" w14:textId="77777777" w:rsidR="000D42FB" w:rsidRDefault="000D42FB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="5411A531" w14:textId="77777777" w:rsidR="000D42FB" w:rsidRDefault="000D42FB"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellSpacing w:w="20" w:type="dxa"/>
       <w:tblInd w:w="163" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideH w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         <w:insideV w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="57" w:type="dxa"/>
         <w:bottom w:w="57" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2148"/>
       <w:gridCol w:w="5446"/>
     </w:tblGrid>
     <w:tr w:rsidR="00623C8C" w:rsidRPr="00F94F2C" w14:paraId="0947155B" w14:textId="77777777" w:rsidTr="00623C8C">
       <w:trPr>
         <w:trHeight w:val="340"/>
         <w:tblCellSpacing w:w="20" w:type="dxa"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2088" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="4763EDE1" w14:textId="77777777" w:rsidR="00623C8C" w:rsidRPr="00F94F2C" w:rsidRDefault="00623C8C" w:rsidP="00623C8C">
           <w:r w:rsidRPr="00F94F2C">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:t>Title</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5386" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="5FA99F09" w14:textId="77777777" w:rsidR="00623C8C" w:rsidRPr="00F94F2C" w:rsidRDefault="009A0A01" w:rsidP="00C61715">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:cs="Arial"/>
               <w:b/>
               <w:caps/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00F94F2C">
             <w:rPr>
               <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:cs="Arial"/>
               <w:b/>
               <w:caps/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C3FA341" wp14:editId="0066B19C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C3FA341" wp14:editId="0066B19C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3449320</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-301625</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1975485" cy="1603375"/>
                 <wp:effectExtent l="0" t="0" r="5715" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Picture 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
@@ -3158,51 +3251,51 @@
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
           <w:r w:rsidR="00C61715">
             <w:rPr>
               <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:t>Community Funding for Sporting Clubs &amp; Individuals</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="626558E9" w14:textId="77777777" w:rsidR="00623C8C" w:rsidRDefault="00623C8C" w:rsidP="00656C9D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BA2EED5C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6185,615 +6278,722 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1689021076">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1124426773">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="192428103">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1077284560">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="80565369">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1205673581">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="592124494">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="198517643">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1270818388">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="36509996">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="922376136">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1775249388">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="41758479">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1328629129">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1146966880">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="37517596">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="850220902">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="2109496128">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1815566305">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="972446931">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="45568730">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1587500057">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1678069386">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="911236073">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="521555202">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="2058164311">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="363678411">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1999185444">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1099788079">
     <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="49"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00005AB0"/>
     <w:rsid w:val="00005AB0"/>
+    <w:rsid w:val="00015077"/>
     <w:rsid w:val="00017BC9"/>
     <w:rsid w:val="00023FB9"/>
     <w:rsid w:val="0004392C"/>
     <w:rsid w:val="00050F8B"/>
     <w:rsid w:val="00052969"/>
     <w:rsid w:val="0005413B"/>
     <w:rsid w:val="00055B3A"/>
+    <w:rsid w:val="00056FB9"/>
+    <w:rsid w:val="00063742"/>
     <w:rsid w:val="0006383C"/>
     <w:rsid w:val="00075196"/>
+    <w:rsid w:val="0008086B"/>
     <w:rsid w:val="00094E6D"/>
     <w:rsid w:val="000A0634"/>
     <w:rsid w:val="000A1DB6"/>
     <w:rsid w:val="000A5CAC"/>
     <w:rsid w:val="000B002D"/>
     <w:rsid w:val="000B0AF6"/>
     <w:rsid w:val="000B2264"/>
     <w:rsid w:val="000B32E7"/>
     <w:rsid w:val="000B5111"/>
     <w:rsid w:val="000B7DD0"/>
+    <w:rsid w:val="000C30C1"/>
     <w:rsid w:val="000C34CC"/>
     <w:rsid w:val="000C6F2F"/>
+    <w:rsid w:val="000D42FB"/>
     <w:rsid w:val="000D7BF5"/>
     <w:rsid w:val="000E1BF6"/>
     <w:rsid w:val="000E2527"/>
     <w:rsid w:val="000E59C0"/>
     <w:rsid w:val="000F29F7"/>
     <w:rsid w:val="000F5278"/>
     <w:rsid w:val="00103203"/>
     <w:rsid w:val="00116A63"/>
     <w:rsid w:val="00122F79"/>
     <w:rsid w:val="00123731"/>
+    <w:rsid w:val="00132D19"/>
     <w:rsid w:val="00133F68"/>
     <w:rsid w:val="00140FC9"/>
     <w:rsid w:val="00151611"/>
     <w:rsid w:val="0016013C"/>
     <w:rsid w:val="0016654E"/>
     <w:rsid w:val="00166692"/>
     <w:rsid w:val="00167FA1"/>
     <w:rsid w:val="00170EF8"/>
     <w:rsid w:val="001857FE"/>
+    <w:rsid w:val="00185B14"/>
     <w:rsid w:val="00186387"/>
     <w:rsid w:val="001930F4"/>
     <w:rsid w:val="00195107"/>
     <w:rsid w:val="001A067B"/>
     <w:rsid w:val="001B366F"/>
     <w:rsid w:val="001C0E71"/>
     <w:rsid w:val="001C34A2"/>
     <w:rsid w:val="001C4ABB"/>
     <w:rsid w:val="001D08BD"/>
     <w:rsid w:val="001D36B6"/>
     <w:rsid w:val="001E0AE9"/>
     <w:rsid w:val="001E3ACA"/>
+    <w:rsid w:val="001E52E7"/>
     <w:rsid w:val="001F2365"/>
+    <w:rsid w:val="001F3789"/>
     <w:rsid w:val="0020753E"/>
+    <w:rsid w:val="00220793"/>
+    <w:rsid w:val="00234EFA"/>
     <w:rsid w:val="002511E6"/>
     <w:rsid w:val="0025176B"/>
     <w:rsid w:val="0026482F"/>
     <w:rsid w:val="00264967"/>
     <w:rsid w:val="00265F19"/>
     <w:rsid w:val="0026753C"/>
     <w:rsid w:val="00267AB7"/>
     <w:rsid w:val="00273A3A"/>
     <w:rsid w:val="00275596"/>
     <w:rsid w:val="002824FA"/>
     <w:rsid w:val="0029436A"/>
     <w:rsid w:val="002B0A72"/>
     <w:rsid w:val="002C387F"/>
     <w:rsid w:val="002C51BC"/>
     <w:rsid w:val="002C51C6"/>
     <w:rsid w:val="002E0A79"/>
+    <w:rsid w:val="002E2313"/>
+    <w:rsid w:val="002E576E"/>
     <w:rsid w:val="002F0A79"/>
     <w:rsid w:val="002F462E"/>
     <w:rsid w:val="002F511F"/>
     <w:rsid w:val="002F65BA"/>
+    <w:rsid w:val="00301AD1"/>
+    <w:rsid w:val="00307677"/>
     <w:rsid w:val="00307F54"/>
     <w:rsid w:val="003207CC"/>
     <w:rsid w:val="0032191D"/>
     <w:rsid w:val="003226D2"/>
     <w:rsid w:val="0032323C"/>
+    <w:rsid w:val="00324446"/>
+    <w:rsid w:val="0032653F"/>
     <w:rsid w:val="00326A3C"/>
+    <w:rsid w:val="00342B01"/>
     <w:rsid w:val="00346FF8"/>
     <w:rsid w:val="00347EFF"/>
     <w:rsid w:val="00357873"/>
     <w:rsid w:val="00370298"/>
+    <w:rsid w:val="0037074B"/>
     <w:rsid w:val="003710E8"/>
+    <w:rsid w:val="00377A4A"/>
     <w:rsid w:val="00383752"/>
     <w:rsid w:val="00384A9A"/>
     <w:rsid w:val="00386F45"/>
     <w:rsid w:val="0039128B"/>
     <w:rsid w:val="00393627"/>
     <w:rsid w:val="003939FD"/>
     <w:rsid w:val="00394C98"/>
     <w:rsid w:val="003970C1"/>
     <w:rsid w:val="003A42DC"/>
     <w:rsid w:val="003A51B4"/>
     <w:rsid w:val="003B222D"/>
     <w:rsid w:val="003B33D7"/>
     <w:rsid w:val="003B3B58"/>
     <w:rsid w:val="003C04E9"/>
+    <w:rsid w:val="003D10A0"/>
     <w:rsid w:val="003D202F"/>
     <w:rsid w:val="003D45D8"/>
     <w:rsid w:val="003D4DA6"/>
     <w:rsid w:val="003D7F20"/>
     <w:rsid w:val="003E60BC"/>
     <w:rsid w:val="003F7ABB"/>
     <w:rsid w:val="00402C98"/>
     <w:rsid w:val="00406C52"/>
     <w:rsid w:val="00413583"/>
+    <w:rsid w:val="004137F5"/>
     <w:rsid w:val="004161B1"/>
+    <w:rsid w:val="004204A3"/>
     <w:rsid w:val="00430A6F"/>
     <w:rsid w:val="00430BCE"/>
     <w:rsid w:val="00431825"/>
     <w:rsid w:val="004402BD"/>
     <w:rsid w:val="00440902"/>
     <w:rsid w:val="00445781"/>
     <w:rsid w:val="0045580F"/>
     <w:rsid w:val="00464623"/>
     <w:rsid w:val="0047440F"/>
     <w:rsid w:val="004826C8"/>
     <w:rsid w:val="00482B85"/>
+    <w:rsid w:val="004850A1"/>
     <w:rsid w:val="004A2680"/>
     <w:rsid w:val="004A30B6"/>
     <w:rsid w:val="004A46E4"/>
     <w:rsid w:val="004B22CA"/>
+    <w:rsid w:val="004C58EA"/>
     <w:rsid w:val="004C5929"/>
     <w:rsid w:val="004C6466"/>
     <w:rsid w:val="004D5FB7"/>
     <w:rsid w:val="004D7DC6"/>
     <w:rsid w:val="004E0BF9"/>
+    <w:rsid w:val="004E21F1"/>
+    <w:rsid w:val="004E29CB"/>
+    <w:rsid w:val="004E4D80"/>
+    <w:rsid w:val="004E4DC1"/>
     <w:rsid w:val="004F5C70"/>
     <w:rsid w:val="00500D65"/>
     <w:rsid w:val="005029E0"/>
     <w:rsid w:val="0050448D"/>
     <w:rsid w:val="005110B4"/>
     <w:rsid w:val="0051575B"/>
+    <w:rsid w:val="00516D5A"/>
+    <w:rsid w:val="005175B5"/>
     <w:rsid w:val="005247D3"/>
     <w:rsid w:val="00526C27"/>
     <w:rsid w:val="00542300"/>
+    <w:rsid w:val="00542B65"/>
     <w:rsid w:val="00543075"/>
     <w:rsid w:val="00544179"/>
     <w:rsid w:val="00547404"/>
+    <w:rsid w:val="0055267D"/>
     <w:rsid w:val="00563963"/>
     <w:rsid w:val="005673FC"/>
     <w:rsid w:val="0056768C"/>
     <w:rsid w:val="005701AE"/>
     <w:rsid w:val="00575673"/>
     <w:rsid w:val="0058202F"/>
     <w:rsid w:val="005848AB"/>
     <w:rsid w:val="00584DA2"/>
     <w:rsid w:val="005862F3"/>
     <w:rsid w:val="00587AC3"/>
     <w:rsid w:val="00592B54"/>
     <w:rsid w:val="00596BA1"/>
     <w:rsid w:val="005A0F9E"/>
     <w:rsid w:val="005A6067"/>
     <w:rsid w:val="005A7267"/>
     <w:rsid w:val="005C1008"/>
+    <w:rsid w:val="005C15DC"/>
+    <w:rsid w:val="005C27C8"/>
     <w:rsid w:val="005C3607"/>
     <w:rsid w:val="005D0A10"/>
     <w:rsid w:val="005D5E98"/>
     <w:rsid w:val="005E4CCF"/>
     <w:rsid w:val="005E6063"/>
     <w:rsid w:val="005E7982"/>
+    <w:rsid w:val="005F138D"/>
     <w:rsid w:val="00600283"/>
     <w:rsid w:val="00606E6A"/>
     <w:rsid w:val="0061091B"/>
     <w:rsid w:val="00613067"/>
     <w:rsid w:val="00620D57"/>
     <w:rsid w:val="006222BD"/>
     <w:rsid w:val="00622B74"/>
     <w:rsid w:val="00623C8C"/>
     <w:rsid w:val="00645741"/>
     <w:rsid w:val="00650938"/>
     <w:rsid w:val="00651F5C"/>
     <w:rsid w:val="00652E76"/>
     <w:rsid w:val="00653F1D"/>
     <w:rsid w:val="00656C9D"/>
+    <w:rsid w:val="00660DD3"/>
     <w:rsid w:val="00671A66"/>
     <w:rsid w:val="00676101"/>
     <w:rsid w:val="00682CCF"/>
     <w:rsid w:val="00682F33"/>
     <w:rsid w:val="00695397"/>
     <w:rsid w:val="0069563F"/>
     <w:rsid w:val="00697939"/>
     <w:rsid w:val="006A651B"/>
     <w:rsid w:val="006A6C9F"/>
+    <w:rsid w:val="006A7FFB"/>
     <w:rsid w:val="006B6503"/>
     <w:rsid w:val="006C06AC"/>
     <w:rsid w:val="006C167C"/>
     <w:rsid w:val="006C38A1"/>
+    <w:rsid w:val="006C55CC"/>
     <w:rsid w:val="006D14CC"/>
+    <w:rsid w:val="006D2385"/>
     <w:rsid w:val="006D46D3"/>
     <w:rsid w:val="006F2288"/>
+    <w:rsid w:val="006F27E4"/>
+    <w:rsid w:val="0071339E"/>
     <w:rsid w:val="0071634F"/>
     <w:rsid w:val="007166EF"/>
     <w:rsid w:val="00717FB2"/>
     <w:rsid w:val="00721265"/>
+    <w:rsid w:val="00745297"/>
     <w:rsid w:val="00746471"/>
     <w:rsid w:val="00750725"/>
     <w:rsid w:val="00754B55"/>
     <w:rsid w:val="007553CA"/>
     <w:rsid w:val="00755DED"/>
     <w:rsid w:val="007637E4"/>
     <w:rsid w:val="00772BAA"/>
     <w:rsid w:val="00773928"/>
     <w:rsid w:val="007A446A"/>
     <w:rsid w:val="007B053D"/>
     <w:rsid w:val="007B2051"/>
     <w:rsid w:val="007B6760"/>
     <w:rsid w:val="007C2854"/>
     <w:rsid w:val="007C3826"/>
+    <w:rsid w:val="007C4E9B"/>
     <w:rsid w:val="007C6378"/>
     <w:rsid w:val="007D19B8"/>
     <w:rsid w:val="007E5C21"/>
     <w:rsid w:val="007E7468"/>
     <w:rsid w:val="007E760F"/>
     <w:rsid w:val="007F70E8"/>
     <w:rsid w:val="00801368"/>
     <w:rsid w:val="00803D54"/>
     <w:rsid w:val="00805095"/>
     <w:rsid w:val="00805D3D"/>
+    <w:rsid w:val="00810CCC"/>
     <w:rsid w:val="008119A4"/>
+    <w:rsid w:val="0081438E"/>
     <w:rsid w:val="008201E8"/>
     <w:rsid w:val="00831AC7"/>
     <w:rsid w:val="00831DE6"/>
+    <w:rsid w:val="0083447A"/>
     <w:rsid w:val="00835AAD"/>
     <w:rsid w:val="0084361F"/>
     <w:rsid w:val="00846234"/>
     <w:rsid w:val="00850D34"/>
     <w:rsid w:val="00851349"/>
+    <w:rsid w:val="00852781"/>
+    <w:rsid w:val="00856CE7"/>
+    <w:rsid w:val="0086779D"/>
+    <w:rsid w:val="00876EBD"/>
     <w:rsid w:val="008816A0"/>
     <w:rsid w:val="0089223F"/>
     <w:rsid w:val="008926B0"/>
     <w:rsid w:val="0089314E"/>
     <w:rsid w:val="00896B8A"/>
     <w:rsid w:val="008A56DD"/>
     <w:rsid w:val="008A7361"/>
+    <w:rsid w:val="008B6691"/>
+    <w:rsid w:val="008B6A43"/>
+    <w:rsid w:val="008B7BA5"/>
     <w:rsid w:val="008C3CBF"/>
     <w:rsid w:val="008C3FF1"/>
     <w:rsid w:val="008C4977"/>
     <w:rsid w:val="008C5628"/>
     <w:rsid w:val="008D1C90"/>
     <w:rsid w:val="008D6D1F"/>
     <w:rsid w:val="008E049D"/>
     <w:rsid w:val="008E591E"/>
+    <w:rsid w:val="008E60A3"/>
     <w:rsid w:val="008E7228"/>
     <w:rsid w:val="008E7DAC"/>
     <w:rsid w:val="008F2920"/>
     <w:rsid w:val="009001CF"/>
     <w:rsid w:val="00903E7F"/>
     <w:rsid w:val="00905A5B"/>
     <w:rsid w:val="00910CB5"/>
     <w:rsid w:val="00911AA3"/>
     <w:rsid w:val="009123B9"/>
     <w:rsid w:val="0093222B"/>
     <w:rsid w:val="00934339"/>
     <w:rsid w:val="00943C72"/>
     <w:rsid w:val="009449B8"/>
+    <w:rsid w:val="009453ED"/>
     <w:rsid w:val="00974D13"/>
     <w:rsid w:val="00975604"/>
     <w:rsid w:val="00976124"/>
+    <w:rsid w:val="00976A75"/>
     <w:rsid w:val="00981F38"/>
     <w:rsid w:val="009833AF"/>
     <w:rsid w:val="009A0A01"/>
     <w:rsid w:val="009A0FB1"/>
+    <w:rsid w:val="009B0D1E"/>
     <w:rsid w:val="009B3F72"/>
     <w:rsid w:val="009B5837"/>
     <w:rsid w:val="009C6E13"/>
     <w:rsid w:val="009E25EF"/>
     <w:rsid w:val="009E4B91"/>
     <w:rsid w:val="009E5977"/>
+    <w:rsid w:val="009F0BF5"/>
+    <w:rsid w:val="009F6C79"/>
     <w:rsid w:val="00A016E1"/>
     <w:rsid w:val="00A132C6"/>
     <w:rsid w:val="00A13A64"/>
+    <w:rsid w:val="00A1488D"/>
     <w:rsid w:val="00A34E8C"/>
     <w:rsid w:val="00A375C7"/>
     <w:rsid w:val="00A4031A"/>
     <w:rsid w:val="00A407DB"/>
     <w:rsid w:val="00A4400E"/>
     <w:rsid w:val="00A44E27"/>
     <w:rsid w:val="00A65E14"/>
     <w:rsid w:val="00A84CD3"/>
     <w:rsid w:val="00A9008C"/>
     <w:rsid w:val="00AA3E86"/>
     <w:rsid w:val="00AB1A42"/>
     <w:rsid w:val="00AB5559"/>
     <w:rsid w:val="00AC04AD"/>
     <w:rsid w:val="00AD2332"/>
     <w:rsid w:val="00AD2E46"/>
     <w:rsid w:val="00AD2E8B"/>
+    <w:rsid w:val="00AD4265"/>
+    <w:rsid w:val="00AD7650"/>
     <w:rsid w:val="00AE2B7A"/>
+    <w:rsid w:val="00AE4880"/>
     <w:rsid w:val="00AE6B12"/>
     <w:rsid w:val="00B02BB0"/>
+    <w:rsid w:val="00B064ED"/>
     <w:rsid w:val="00B12E2C"/>
     <w:rsid w:val="00B14CD3"/>
     <w:rsid w:val="00B21BD5"/>
     <w:rsid w:val="00B3044A"/>
     <w:rsid w:val="00B34BA7"/>
     <w:rsid w:val="00B41629"/>
     <w:rsid w:val="00B46674"/>
+    <w:rsid w:val="00B4728C"/>
     <w:rsid w:val="00B472C6"/>
+    <w:rsid w:val="00B56CE8"/>
     <w:rsid w:val="00B60317"/>
     <w:rsid w:val="00B64DAE"/>
+    <w:rsid w:val="00B80CC4"/>
     <w:rsid w:val="00B830AA"/>
+    <w:rsid w:val="00B83C23"/>
     <w:rsid w:val="00B85BAF"/>
     <w:rsid w:val="00B9080D"/>
     <w:rsid w:val="00B962FF"/>
     <w:rsid w:val="00BA093F"/>
     <w:rsid w:val="00BA0F37"/>
     <w:rsid w:val="00BA333D"/>
     <w:rsid w:val="00BA67BD"/>
     <w:rsid w:val="00BB2FD9"/>
     <w:rsid w:val="00BC1113"/>
+    <w:rsid w:val="00BC4A45"/>
     <w:rsid w:val="00BD0158"/>
     <w:rsid w:val="00BD109B"/>
     <w:rsid w:val="00BD245B"/>
     <w:rsid w:val="00BD297C"/>
     <w:rsid w:val="00C00CD9"/>
     <w:rsid w:val="00C01C1A"/>
     <w:rsid w:val="00C02A6D"/>
+    <w:rsid w:val="00C21605"/>
     <w:rsid w:val="00C21C64"/>
+    <w:rsid w:val="00C22B26"/>
     <w:rsid w:val="00C2394E"/>
     <w:rsid w:val="00C272A2"/>
     <w:rsid w:val="00C35DA3"/>
+    <w:rsid w:val="00C425B2"/>
     <w:rsid w:val="00C45D80"/>
     <w:rsid w:val="00C51328"/>
     <w:rsid w:val="00C615AD"/>
     <w:rsid w:val="00C61715"/>
     <w:rsid w:val="00C67FAD"/>
     <w:rsid w:val="00C723E2"/>
+    <w:rsid w:val="00C74969"/>
     <w:rsid w:val="00C75BE0"/>
     <w:rsid w:val="00C837E5"/>
+    <w:rsid w:val="00CA1621"/>
     <w:rsid w:val="00CA4438"/>
+    <w:rsid w:val="00CA66FA"/>
+    <w:rsid w:val="00CB62C0"/>
     <w:rsid w:val="00CC10B8"/>
+    <w:rsid w:val="00CD2412"/>
     <w:rsid w:val="00CD2F0C"/>
     <w:rsid w:val="00CD4391"/>
     <w:rsid w:val="00CF3C15"/>
     <w:rsid w:val="00CF6B08"/>
+    <w:rsid w:val="00D00980"/>
     <w:rsid w:val="00D04B5A"/>
+    <w:rsid w:val="00D104B4"/>
     <w:rsid w:val="00D10ADC"/>
     <w:rsid w:val="00D1320C"/>
     <w:rsid w:val="00D13686"/>
     <w:rsid w:val="00D13FCD"/>
     <w:rsid w:val="00D2524E"/>
     <w:rsid w:val="00D27C32"/>
     <w:rsid w:val="00D30679"/>
     <w:rsid w:val="00D338A7"/>
     <w:rsid w:val="00D373E0"/>
+    <w:rsid w:val="00D40144"/>
     <w:rsid w:val="00D402C4"/>
     <w:rsid w:val="00D4175E"/>
     <w:rsid w:val="00D417D4"/>
     <w:rsid w:val="00D45D18"/>
     <w:rsid w:val="00D45F33"/>
+    <w:rsid w:val="00D46668"/>
     <w:rsid w:val="00D46B3E"/>
     <w:rsid w:val="00D520DC"/>
+    <w:rsid w:val="00D60B33"/>
     <w:rsid w:val="00D6607A"/>
+    <w:rsid w:val="00D6710C"/>
     <w:rsid w:val="00D67BE0"/>
+    <w:rsid w:val="00D702F8"/>
     <w:rsid w:val="00D70583"/>
     <w:rsid w:val="00D7285D"/>
     <w:rsid w:val="00D7501B"/>
+    <w:rsid w:val="00D823C2"/>
+    <w:rsid w:val="00D956C5"/>
     <w:rsid w:val="00DA0B0C"/>
     <w:rsid w:val="00DA2C3D"/>
     <w:rsid w:val="00DA2F4F"/>
     <w:rsid w:val="00DA6E3F"/>
     <w:rsid w:val="00DA72DE"/>
     <w:rsid w:val="00DD4CAE"/>
     <w:rsid w:val="00DD6ABD"/>
     <w:rsid w:val="00DD71F6"/>
     <w:rsid w:val="00DF32B7"/>
+    <w:rsid w:val="00DF569F"/>
+    <w:rsid w:val="00DF69C7"/>
     <w:rsid w:val="00E029F2"/>
     <w:rsid w:val="00E15966"/>
     <w:rsid w:val="00E26A11"/>
     <w:rsid w:val="00E27B69"/>
     <w:rsid w:val="00E3320D"/>
+    <w:rsid w:val="00E33DB5"/>
     <w:rsid w:val="00E40789"/>
     <w:rsid w:val="00E628B9"/>
     <w:rsid w:val="00E63239"/>
     <w:rsid w:val="00E636A3"/>
+    <w:rsid w:val="00E65ED9"/>
     <w:rsid w:val="00E71F5F"/>
     <w:rsid w:val="00E72B38"/>
     <w:rsid w:val="00E72FD1"/>
     <w:rsid w:val="00E759DD"/>
     <w:rsid w:val="00E85F78"/>
     <w:rsid w:val="00E91D16"/>
     <w:rsid w:val="00E91F10"/>
     <w:rsid w:val="00E94A41"/>
     <w:rsid w:val="00EA58D1"/>
     <w:rsid w:val="00EA6528"/>
     <w:rsid w:val="00EA765A"/>
     <w:rsid w:val="00EB2B76"/>
     <w:rsid w:val="00EB379E"/>
+    <w:rsid w:val="00EB5CE0"/>
     <w:rsid w:val="00EE0BC3"/>
+    <w:rsid w:val="00EE330A"/>
+    <w:rsid w:val="00EF1C43"/>
     <w:rsid w:val="00EF6619"/>
     <w:rsid w:val="00F067F9"/>
     <w:rsid w:val="00F06F73"/>
     <w:rsid w:val="00F073E8"/>
     <w:rsid w:val="00F10236"/>
+    <w:rsid w:val="00F201B9"/>
+    <w:rsid w:val="00F20E0B"/>
+    <w:rsid w:val="00F22205"/>
     <w:rsid w:val="00F31FEA"/>
     <w:rsid w:val="00F353BB"/>
     <w:rsid w:val="00F36F39"/>
     <w:rsid w:val="00F3799C"/>
     <w:rsid w:val="00F43819"/>
+    <w:rsid w:val="00F43A26"/>
     <w:rsid w:val="00F51BB0"/>
     <w:rsid w:val="00F60BE1"/>
     <w:rsid w:val="00F65C79"/>
     <w:rsid w:val="00F65E0F"/>
     <w:rsid w:val="00F66DDC"/>
     <w:rsid w:val="00F673C3"/>
+    <w:rsid w:val="00F705C6"/>
+    <w:rsid w:val="00F92928"/>
     <w:rsid w:val="00F94F2C"/>
     <w:rsid w:val="00F95225"/>
+    <w:rsid w:val="00FB23E4"/>
     <w:rsid w:val="00FB327A"/>
+    <w:rsid w:val="00FB46DF"/>
     <w:rsid w:val="00FD01B1"/>
+    <w:rsid w:val="00FE7E59"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="019F0A0D"/>
   <w15:docId w15:val="{96C13D43-4A98-43F9-ABEE-4DDDDF64B899}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7159,60 +7359,51 @@
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00017BC9"/>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
+    <w:tblPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="005A7267"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005A7267"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
@@ -7444,55 +7635,67 @@
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:rsid w:val="000E59C0"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B3044A"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F94F2C"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="71"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00745297"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="349183601">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="585502652">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7652,51 +7855,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1917015184">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -7983,92 +8186,404 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FD63E2B64018C64D9CCCF5C47236DC3E" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6c36fc9ba4c8d60c9faf68d2c2f681b5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7ba96de4-61f7-4059-8388-0cbaac6f0d46" xmlns:ns3="27c9f944-0f68-42f6-9c7d-ac9248485852" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="760a6978a05505802bab4c06f8379b8c" ns2:_="" ns3:_="">
+    <xsd:import namespace="7ba96de4-61f7-4059-8388-0cbaac6f0d46"/>
+    <xsd:import namespace="27c9f944-0f68-42f6-9c7d-ac9248485852"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:EmailDate" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ba96de4-61f7-4059-8388-0cbaac6f0d46" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8639e090-301a-49c9-b4ec-77b1caa9daf7" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="EmailDate" ma:index="22" nillable="true" ma:displayName="Email Date" ma:format="DateOnly" ma:internalName="EmailDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="27c9f944-0f68-42f6-9c7d-ac9248485852" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="12" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{696b0a37-2976-4b09-9dad-0142a1f0c886}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="27c9f944-0f68-42f6-9c7d-ac9248485852">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="27c9f944-0f68-42f6-9c7d-ac9248485852" xsi:nil="true"/>
+    <EmailDate xmlns="7ba96de4-61f7-4059-8388-0cbaac6f0d46" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7ba96de4-61f7-4059-8388-0cbaac6f0d46">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{430227EA-C2CF-4FFB-880D-6A030BD31849}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4F122DB-EC1D-433B-9BD0-E3B10F1DFD88}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A5618FC-B0C3-49DF-A6E0-3126183D17E1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="7ba96de4-61f7-4059-8388-0cbaac6f0d46"/>
+    <ds:schemaRef ds:uri="27c9f944-0f68-42f6-9c7d-ac9248485852"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D03A772A-30A7-42F6-899D-F6F183881EA0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="27c9f944-0f68-42f6-9c7d-ac9248485852"/>
+    <ds:schemaRef ds:uri="7ba96de4-61f7-4059-8388-0cbaac6f0d46"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5969</Characters>
+  <Pages>4</Pages>
+  <Words>1160</Words>
+  <Characters>6218</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>109</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>214</Lines>
+  <Paragraphs>106</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PERFORMANCE REVIEW</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Cockburn</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6981</CharactersWithSpaces>
+  <CharactersWithSpaces>7272</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="72" baseType="variant">
       <vt:variant>
         <vt:i4>917537</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>42</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>Bookmark3</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>917537</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -8289,27 +8804,33 @@
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="DWDocAuthor">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DWDocClass">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="DWDocClassId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="DWDocPrecis">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="DWDocNo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="DWDocSetID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="DWDocType">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="DWDocVersion">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
+    <vt:lpwstr>0x010100FD63E2B64018C64D9CCCF5C47236DC3E</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>