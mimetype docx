--- v0 (2025-10-02)
+++ v1 (2026-03-04)
@@ -6,628 +6,633 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="75E9E2C7" w14:textId="77777777" w:rsidR="00D447F0" w:rsidRDefault="00D447F0" w:rsidP="00C85AF6">
+    <w:p w:rsidR="00D447F0" w:rsidP="00C85AF6" w:rsidRDefault="00D447F0" w14:paraId="323CE28F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="323CE28F" w14:textId="77777777" w:rsidR="00D447F0" w:rsidRDefault="00D447F0" w:rsidP="00C85AF6">
-[...8 lines deleted...]
-    <w:p w14:paraId="06E41CE5" w14:textId="28ADE527" w:rsidR="00C85AF6" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00C85AF6">
+    <w:p w:rsidRPr="00980652" w:rsidR="00C85AF6" w:rsidP="00C85AF6" w:rsidRDefault="00980652" w14:paraId="06E41CE5" w14:textId="28ADE527">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
       <w:r w:rsidRPr="00980652">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>All steps must be completed prior to conducting an assignment</w:t>
       </w:r>
-      <w:r w:rsidR="00C85AF6" w:rsidRPr="00980652">
+      <w:r w:rsidRPr="00980652" w:rsidR="00C85AF6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56BB7A6A" w14:textId="77777777" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+    <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="56BB7A6A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="xxmsonormal"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53026FCB" w14:textId="3AEDFACE" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+    <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="53026FCB" w14:textId="3AEDFACE">
       <w:pPr>
         <w:pStyle w:val="xxmsonormal"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00980652">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Request to Undertake Assignment Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C3CB0B4" w14:textId="51CAE6DA" w:rsidR="00C85AF6" w:rsidRPr="00980652" w:rsidRDefault="00D447F0" w:rsidP="00980652">
+    <w:p w:rsidRPr="00980652" w:rsidR="00C85AF6" w:rsidP="00980652" w:rsidRDefault="00D447F0" w14:paraId="1C3CB0B4" w14:textId="51CAE6DA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
       <w:r>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00980652" w:rsidRPr="00980652">
+      <w:r w:rsidRPr="00980652" w:rsidR="00980652">
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidR="00587E2D">
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00980652" w:rsidRPr="00980652">
+      <w:r w:rsidRPr="00980652" w:rsidR="00980652">
         <w:t xml:space="preserve">eller and </w:t>
       </w:r>
       <w:r w:rsidR="00CE5A24">
         <w:t>Buyer</w:t>
       </w:r>
-      <w:r w:rsidR="00980652" w:rsidRPr="00980652">
+      <w:r w:rsidRPr="00980652" w:rsidR="00980652">
         <w:t xml:space="preserve"> are required to provide the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">below </w:t>
       </w:r>
-      <w:r w:rsidR="00980652" w:rsidRPr="00980652">
+      <w:r w:rsidRPr="00980652" w:rsidR="00980652">
         <w:t>requested details in this form</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43CFD073" w14:textId="77777777" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+    <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="43CFD073" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1457"/>
         <w:gridCol w:w="9011"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C85AF6" w:rsidRPr="00980652" w14:paraId="2D07BDB7" w14:textId="77777777" w:rsidTr="00C85AF6">
+      <w:tr w:rsidRPr="00980652" w:rsidR="00C85AF6" w:rsidTr="1E32E47B" w14:paraId="2D07BDB7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:top w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="18" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33B9C626" w14:textId="52BBF5B7" w:rsidR="00C85AF6" w:rsidRPr="00980652" w:rsidRDefault="00C85AF6">
+          <w:p w:rsidRPr="00980652" w:rsidR="00C85AF6" w:rsidRDefault="00C85AF6" w14:paraId="33B9C626" w14:textId="52BBF5B7">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:top w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4F81BD"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="18" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78F368C8" w14:textId="77777777" w:rsidR="00C85AF6" w:rsidRPr="00980652" w:rsidRDefault="00C85AF6">
+          <w:p w:rsidRPr="00980652" w:rsidR="00C85AF6" w:rsidRDefault="00C85AF6" w14:paraId="78F368C8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980652" w:rsidRPr="00980652" w14:paraId="1F981AB7" w14:textId="77777777" w:rsidTr="00C85AF6">
+      <w:tr w:rsidRPr="00980652" w:rsidR="00980652" w:rsidTr="1E32E47B" w14:paraId="1F981AB7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:left w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DDC1F1A" w14:textId="4F1DBD61" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="3DDC1F1A" w14:textId="4F1DBD61">
             <w:pPr>
               <w:pStyle w:val="xxmsolistparagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:eastAsia="Wingdings 2" w:cs="Wingdings 2"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+              <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D842939" w14:textId="5C537752" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="5D842939" w14:textId="5C537752">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Buyer to complete the below (Naval Base Shack Assignment) Vetting Form </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40A1F09A" w14:textId="322E55B0" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="40A1F09A" w14:textId="322E55B0">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> requires to conduct a preliminary check on the buyer before entering into a lease agreement.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980652" w:rsidRPr="00980652" w14:paraId="18AA4104" w14:textId="77777777" w:rsidTr="00C85AF6">
+      <w:tr w:rsidRPr="00980652" w:rsidR="00980652" w:rsidTr="1E32E47B" w14:paraId="18AA4104" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:left w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D05CF1A" w14:textId="1A28BB26" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="1D05CF1A" w14:textId="1A28BB26">
             <w:pPr>
               <w:pStyle w:val="xxmsolistparagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:eastAsia="Wingdings 2" w:cs="Wingdings 2"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+              <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C7BAA15" w14:textId="2E2CA962" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="4C7BAA15" w14:textId="2E2CA962">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gas Safety Certificate</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F152145" w14:textId="3EA74907" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00D447F0" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00D447F0" w14:paraId="6F152145" w14:textId="55F05FDC">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="1E32E47B" w:rsidR="00D447F0">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
-            <w:r w:rsidRPr="00980652">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="1E32E47B" w:rsidR="00D447F0">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">f gas is connected to the Shack </w:t>
             </w:r>
-            <w:r w:rsidR="00980652" w:rsidRPr="00980652">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="1E32E47B" w:rsidR="00980652">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">a gas safety certificate </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="1E32E47B" w:rsidR="00D447F0">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>must be</w:t>
             </w:r>
-            <w:r w:rsidR="00980652" w:rsidRPr="00980652">
-[...10 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="1E32E47B" w:rsidR="00980652">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> provided</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1E32E47B" w:rsidR="4F62D760">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Less than 2 years old)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1E32E47B" w:rsidR="00980652">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. If gas is not connected to the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1E32E47B" w:rsidR="00980652">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Shack</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="1E32E47B" w:rsidR="00980652">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> the </w:t>
             </w:r>
-            <w:r w:rsidR="00587E2D">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="1E32E47B" w:rsidR="00587E2D">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Seller</w:t>
             </w:r>
-            <w:r w:rsidR="00980652" w:rsidRPr="00980652">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="1E32E47B" w:rsidR="00980652">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
-            <w:r w:rsidR="00CE5A24">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="1E32E47B" w:rsidR="00CE5A24">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Buyer</w:t>
             </w:r>
-            <w:r w:rsidR="00980652" w:rsidRPr="00980652">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="1E32E47B" w:rsidR="00980652">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> must sign declarations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980652" w:rsidRPr="00980652" w14:paraId="1E4ACEDD" w14:textId="77777777" w:rsidTr="00C85AF6">
+      <w:tr w:rsidRPr="00980652" w:rsidR="00980652" w:rsidTr="1E32E47B" w14:paraId="1E4ACEDD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:left w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4208D16F" w14:textId="44890B7D" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="4208D16F" w14:textId="44890B7D">
             <w:pPr>
               <w:pStyle w:val="xxmsolistparagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:eastAsia="Wingdings 2" w:cs="Wingdings 2"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+              <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="675761AB" w14:textId="5BF3977E" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="675761AB" w14:textId="5BF3977E">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Evidence of a Smoke Alarm</w:t>
             </w:r>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -649,1211 +654,1228 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">vidence of a smoke alarm at the shack </w:t>
             </w:r>
             <w:r w:rsidR="00D447F0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">is required </w:t>
             </w:r>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to be provided. This takes the form of a photo of the smoke alarm installed at the Shack.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980652" w:rsidRPr="00980652" w14:paraId="3643343C" w14:textId="77777777" w:rsidTr="00C85AF6">
+      <w:tr w:rsidRPr="00980652" w:rsidR="00980652" w:rsidTr="1E32E47B" w14:paraId="3643343C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:left w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="568D050D" w14:textId="588A8B1B" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="568D050D" w14:textId="588A8B1B">
             <w:pPr>
               <w:pStyle w:val="xxmsolistparagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:eastAsia="Wingdings 2" w:cs="Wingdings 2"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+              <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7259E2EF" w14:textId="77777777" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="7259E2EF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Public Liability Insurance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FB17786" w14:textId="4F66A8D0" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="5FB17786" w14:textId="4F66A8D0">
             <w:pPr>
               <w:pStyle w:val="xxmsolistparagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:r w:rsidR="00CE5A24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>buyer</w:t>
             </w:r>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> must provide a public liability insurance certificate of currency.</w:t>
             </w:r>
             <w:r w:rsidR="00D447F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> A policy statement, invoice or proof of payment is not adequate. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980652" w:rsidRPr="00980652" w14:paraId="11D6050D" w14:textId="77777777" w:rsidTr="00C85AF6">
+      <w:tr w:rsidRPr="00980652" w:rsidR="00980652" w:rsidTr="1E32E47B" w14:paraId="11D6050D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:left w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B37B27F" w14:textId="56077CB3" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="4B37B27F" w14:textId="56077CB3">
             <w:pPr>
               <w:pStyle w:val="xxmsolistparagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:eastAsia="Wingdings 2" w:cs="Wingdings 2"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+              <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="722C8E81" w14:textId="77777777" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="722C8E81" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Payment of Outstanding Fees</w:t>
             </w:r>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A2CC032" w14:textId="4F04351F" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00D447F0" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00D447F0" w14:paraId="2A2CC032" w14:textId="4F04351F">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="00980652" w:rsidRPr="00980652">
+            <w:r w:rsidRPr="00980652" w:rsidR="00980652">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ayment of any outstanding fees associated with the Shack</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> is required</w:t>
             </w:r>
-            <w:r w:rsidR="00980652" w:rsidRPr="00980652">
+            <w:r w:rsidRPr="00980652" w:rsidR="00980652">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. A Shack cannot be transferred while fees are owed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="013CA31D" w14:textId="77777777" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00C85AF6">
+    <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00C85AF6" w:rsidRDefault="00980652" w14:paraId="013CA31D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F5BD9E5" w14:textId="77777777" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00C85AF6">
+    <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00C85AF6" w:rsidRDefault="00980652" w14:paraId="4F5BD9E5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7835445F" w14:textId="56A828CC" w:rsidR="00C85AF6" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00C85AF6">
+    <w:p w:rsidRPr="00980652" w:rsidR="00C85AF6" w:rsidP="00C85AF6" w:rsidRDefault="00980652" w14:paraId="7835445F" w14:textId="56A828CC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00980652">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Finalising an </w:t>
       </w:r>
       <w:r w:rsidR="00DD2A1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00980652">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ssignment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07E548E2" w14:textId="144F2292" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00C85AF6">
+    <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00C85AF6" w:rsidRDefault="00980652" w14:paraId="07E548E2" w14:textId="144F2292">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
       <w:r w:rsidRPr="00980652">
         <w:t xml:space="preserve">Once the above is all completed, the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00980652">
         <w:t>City</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00980652">
         <w:t xml:space="preserve"> may process an assignment request. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E8CDFC8" w14:textId="77777777" w:rsidR="00C85AF6" w:rsidRPr="00980652" w:rsidRDefault="00C85AF6" w:rsidP="00C85AF6">
+    <w:p w:rsidRPr="00980652" w:rsidR="00C85AF6" w:rsidP="00C85AF6" w:rsidRDefault="00C85AF6" w14:paraId="2E8CDFC8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1457"/>
         <w:gridCol w:w="9011"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00980652" w:rsidRPr="00980652" w14:paraId="550F5EFF" w14:textId="77777777" w:rsidTr="002F3E60">
+      <w:tr w:rsidRPr="00980652" w:rsidR="00980652" w:rsidTr="1E32E47B" w14:paraId="550F5EFF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:top w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="18" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22997138" w14:textId="77777777" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="002F3E60">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="002F3E60" w:rsidRDefault="00980652" w14:paraId="22997138" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:top w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4F81BD"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="18" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73992438" w14:textId="77777777" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="002F3E60">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="002F3E60" w:rsidRDefault="00980652" w14:paraId="73992438" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980652" w:rsidRPr="00980652" w14:paraId="754FCC92" w14:textId="77777777" w:rsidTr="002F3E60">
+      <w:tr w:rsidRPr="00980652" w:rsidR="00980652" w:rsidTr="1E32E47B" w14:paraId="754FCC92" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:left w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49BC30C8" w14:textId="77777777" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="002F3E60">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="002F3E60" w:rsidRDefault="00980652" w14:paraId="49BC30C8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="xxmsolistparagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:eastAsia="Wingdings 2" w:cs="Wingdings 2"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+              <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14FC59B6" w14:textId="77777777" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="14FC59B6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Verification of Identity</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="300A69A5" w14:textId="7DED2C79" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="300A69A5" w14:textId="7DED2C79">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:r w:rsidR="00587E2D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Seller</w:t>
             </w:r>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidR="00CE5A24">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Buyer</w:t>
             </w:r>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> are required provide:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A83A035" w14:textId="77777777" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="1A83A035" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="xxmsolistparagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1 form of photo identification; or </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78F1F4F8" w14:textId="46A5CCBF" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="78F1F4F8" w14:textId="46A5CCBF">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>form</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> of original non-photographic identification.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980652" w:rsidRPr="00980652" w14:paraId="67CF5F25" w14:textId="77777777" w:rsidTr="002F3E60">
+      <w:tr w:rsidRPr="00980652" w:rsidR="00980652" w:rsidTr="1E32E47B" w14:paraId="67CF5F25" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:left w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1167EE42" w14:textId="77777777" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="002F3E60">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="002F3E60" w:rsidRDefault="00980652" w14:paraId="1167EE42" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="xxmsolistparagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:eastAsia="Wingdings 2" w:cs="Wingdings 2"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+              <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73205278" w14:textId="77777777" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="73205278" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Payment of Transfer Fee</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46B34E4B" w14:textId="3A08C2CD" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="1E32E47B" w:rsidRDefault="00980652" w14:paraId="46B34E4B" w14:textId="12B20799">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00980652">
-[...5 lines deleted...]
-              <w:t>There is a $250 payable to transfer the Shack.</w:t>
+            <w:r w:rsidRPr="1E32E47B" w:rsidR="00980652">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>There is a $2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1E32E47B" w:rsidR="2BAE0477">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>69.10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1E32E47B" w:rsidR="00980652">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> payable to transfer the Shack.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980652" w:rsidRPr="00980652" w14:paraId="4273BD07" w14:textId="77777777" w:rsidTr="002F3E60">
+      <w:tr w:rsidRPr="00980652" w:rsidR="00980652" w:rsidTr="1E32E47B" w14:paraId="4273BD07" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:left w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19820EB9" w14:textId="39331CF0" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00D447F0" w:rsidP="002F3E60">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="002F3E60" w:rsidRDefault="00D447F0" w14:paraId="19820EB9" w14:textId="39331CF0">
             <w:pPr>
               <w:pStyle w:val="xxmsolistparagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:eastAsia="Wingdings 2" w:cs="Wingdings 2"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+              <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59B7948B" w14:textId="4429E120" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="59B7948B" w14:textId="4429E120">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vendor and </w:t>
             </w:r>
             <w:r w:rsidR="00CE5A24">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Buyer</w:t>
             </w:r>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Execution of Agreement</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76234750" w14:textId="4FF8E66A" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00D447F0" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00D447F0" w14:paraId="76234750" w14:textId="4FF8E66A">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
-            <w:r w:rsidR="00980652" w:rsidRPr="00980652">
+            <w:r w:rsidRPr="00980652" w:rsidR="00980652">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">oth the </w:t>
             </w:r>
             <w:r w:rsidR="00587E2D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Seller</w:t>
             </w:r>
-            <w:r w:rsidR="00980652" w:rsidRPr="00980652">
+            <w:r w:rsidRPr="00980652" w:rsidR="00980652">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidR="00CE5A24">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Buyer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> are required</w:t>
             </w:r>
-            <w:r w:rsidR="00980652" w:rsidRPr="00980652">
+            <w:r w:rsidRPr="00980652" w:rsidR="00980652">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> to sign the Assignment Document. This document will act as an addendum to the original Lease and confirms the changes in Lessee details.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980652" w:rsidRPr="00980652" w14:paraId="5680B067" w14:textId="77777777" w:rsidTr="002F3E60">
+      <w:tr w:rsidRPr="00980652" w:rsidR="00980652" w:rsidTr="1E32E47B" w14:paraId="5680B067" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:left w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49F35698" w14:textId="77777777" w:rsidR="00980652" w:rsidRDefault="00D447F0" w:rsidP="00980652">
+          <w:p w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00D447F0" w14:paraId="49F35698" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="xxmsolistparagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:eastAsia="Wingdings 2" w:cs="Wingdings 2"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+              <w:t>£</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D277DD9" w14:textId="174DD0C0" w:rsidR="00D447F0" w:rsidRPr="00D447F0" w:rsidRDefault="00D447F0" w:rsidP="00980652">
+          <w:p w:rsidRPr="00D447F0" w:rsidR="00D447F0" w:rsidP="00980652" w:rsidRDefault="00D447F0" w14:paraId="6D277DD9" w14:textId="174DD0C0">
             <w:pPr>
               <w:pStyle w:val="xxmsolistparagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D447F0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(Office Use Only)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D6A469B" w14:textId="1F4E0CD3" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="0D6A469B" w14:textId="1F4E0CD3">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>City/Ministers Consent and Execution</w:t>
             </w:r>
             <w:r w:rsidR="00D447F0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F13D28A" w14:textId="25464DF6" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00D447F0" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00D447F0" w14:paraId="1F13D28A" w14:textId="25464DF6">
             <w:pPr>
               <w:pStyle w:val="xxmsolistparagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
-            <w:r w:rsidR="00980652" w:rsidRPr="00980652">
+            <w:r w:rsidRPr="00980652" w:rsidR="00980652">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">City </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">is required </w:t>
             </w:r>
-            <w:r w:rsidR="00980652" w:rsidRPr="00980652">
+            <w:r w:rsidRPr="00980652" w:rsidR="00980652">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to execute the Assignment Document and the Minister to Consent to the assignment.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00980652" w:rsidRPr="00980652" w14:paraId="0E2204AD" w14:textId="77777777" w:rsidTr="002F3E60">
+      <w:tr w:rsidRPr="00980652" w:rsidR="00980652" w:rsidTr="1E32E47B" w14:paraId="0E2204AD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:left w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07288EC4" w14:textId="77777777" w:rsidR="00980652" w:rsidRDefault="00D447F0" w:rsidP="00980652">
+          <w:p w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00D447F0" w14:paraId="07288EC4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="xxmsolistparagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:eastAsia="Wingdings 2" w:cs="Wingdings 2"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+              <w:t>£</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21FC4912" w14:textId="39F9A336" w:rsidR="00D447F0" w:rsidRPr="00980652" w:rsidRDefault="00D447F0" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00D447F0" w:rsidP="00980652" w:rsidRDefault="00D447F0" w14:paraId="21FC4912" w14:textId="39F9A336">
             <w:pPr>
               <w:pStyle w:val="xxmsolistparagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D447F0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(Office Use Only)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+              <w:bottom w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="4F81BD" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38A0570C" w14:textId="0B809209" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="38A0570C" w14:textId="0B809209">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Advice to </w:t>
             </w:r>
             <w:r w:rsidR="00CE5A24">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
@@ -1882,51 +1904,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Buyer</w:t>
             </w:r>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> that Assignment is Finalised</w:t>
             </w:r>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="216A82A0" w14:textId="5664D17A" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00980652">
+          <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00980652" w:rsidRDefault="00980652" w14:paraId="216A82A0" w14:textId="5664D17A">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">A copy of the executed assignment documents will be provided to the </w:t>
             </w:r>
             <w:r w:rsidR="00587E2D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Seller</w:t>
             </w:r>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
@@ -1934,82 +1956,82 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidR="00CE5A24">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Buyer</w:t>
             </w:r>
             <w:r w:rsidRPr="00980652">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="454C043C" w14:textId="77777777" w:rsidR="00980652" w:rsidRPr="00980652" w:rsidRDefault="00980652" w:rsidP="00DE35E1">
+    <w:p w:rsidRPr="00980652" w:rsidR="00980652" w:rsidP="00DE35E1" w:rsidRDefault="00980652" w14:paraId="454C043C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00980652" w:rsidRPr="00980652" w:rsidSect="00357036">
+    <w:sectPr w:rsidRPr="00980652" w:rsidR="00980652" w:rsidSect="00357036">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="851" w:header="709" w:footer="113" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27179AA1" w14:textId="77777777" w:rsidR="000F277C" w:rsidRDefault="000F277C" w:rsidP="000F277C">
+    <w:p w:rsidR="000F277C" w:rsidP="000F277C" w:rsidRDefault="000F277C" w14:paraId="27179AA1" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73C23F07" w14:textId="77777777" w:rsidR="000F277C" w:rsidRDefault="000F277C" w:rsidP="000F277C">
+    <w:p w:rsidR="000F277C" w:rsidP="000F277C" w:rsidRDefault="000F277C" w14:paraId="73C23F07" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2044,55 +2066,55 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68FE346C" w14:textId="77777777" w:rsidR="004F163E" w:rsidRDefault="004F163E" w:rsidP="004F163E">
+  <w:p w:rsidR="004F163E" w:rsidP="004F163E" w:rsidRDefault="004F163E" w14:paraId="68FE346C" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
       </w:pBdr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00E62312">
@@ -2121,93 +2143,93 @@
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00E62312">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7B2DF097" w14:textId="77777777" w:rsidR="004F163E" w:rsidRDefault="004F163E" w:rsidP="004F163E">
+  <w:p w:rsidR="004F163E" w:rsidP="004F163E" w:rsidRDefault="004F163E" w14:paraId="7B2DF097" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
       </w:pBdr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="2C73DD7F" w14:textId="77777777" w:rsidR="004F163E" w:rsidRDefault="004F163E">
+  <w:p w:rsidR="004F163E" w:rsidRDefault="004F163E" w14:paraId="2C73DD7F" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78A916BC" w14:textId="77777777" w:rsidR="000F277C" w:rsidRDefault="000F277C" w:rsidP="000F277C">
+    <w:p w:rsidR="000F277C" w:rsidP="000F277C" w:rsidRDefault="000F277C" w14:paraId="78A916BC" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="114FA5AB" w14:textId="77777777" w:rsidR="000F277C" w:rsidRDefault="000F277C" w:rsidP="000F277C">
+    <w:p w:rsidR="000F277C" w:rsidP="000F277C" w:rsidRDefault="000F277C" w14:paraId="114FA5AB" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="514BED22" w14:textId="71DC2D1B" w:rsidR="00F0659B" w:rsidRPr="00F0659B" w:rsidRDefault="000F277C" w:rsidP="000F277C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidRPr="00F0659B" w:rsidR="00F0659B" w:rsidP="000F277C" w:rsidRDefault="000F277C" w14:paraId="514BED22" w14:textId="71DC2D1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
       </w:pBdr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F0659B">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44E37471" wp14:editId="3211256C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5527040</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-431165</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1295400" cy="800100"/>
@@ -2248,88 +2270,88 @@
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00980652">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Naval Base Shack Assignment </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="68D50232" w14:textId="06B76A1B" w:rsidR="000F277C" w:rsidRPr="00F0659B" w:rsidRDefault="00980652" w:rsidP="000F277C">
+  <w:p w:rsidRPr="00F0659B" w:rsidR="000F277C" w:rsidP="000F277C" w:rsidRDefault="00980652" w14:paraId="68D50232" w14:textId="06B76A1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
       </w:pBdr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Checklist</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4EC237FE" w14:textId="77777777" w:rsidR="000F277C" w:rsidRPr="00F0659B" w:rsidRDefault="000F277C" w:rsidP="007E46C6">
+  <w:p w:rsidRPr="00F0659B" w:rsidR="000F277C" w:rsidP="007E46C6" w:rsidRDefault="000F277C" w14:paraId="4EC237FE" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="6"/>
         <w:szCs w:val="6"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="0BEAE078" w14:textId="77777777" w:rsidR="000F277C" w:rsidRPr="000F277C" w:rsidRDefault="000F277C">
+  <w:p w:rsidRPr="000F277C" w:rsidR="000F277C" w:rsidRDefault="000F277C" w14:paraId="0BEAE078" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="4"/>
         <w:szCs w:val="4"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="014C603F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="598E0C64"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2652,486 +2674,486 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B3F26F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DA7457B4"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D0A69BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8C78735A"/>
     <w:lvl w:ilvl="0" w:tplc="61686AD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="112734A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="81F4F24C"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="156E43FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C72EE8D2"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DCF44C9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2F5C2B70"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3217,147 +3239,147 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E7479D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D494D5C4"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="237B56D7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7F4885C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3559,406 +3581,406 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2BFA5327"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8488F328"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EED684B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37B2FE56"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="304E4AC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F83E1A9A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="330B66D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D94CDDFA"/>
     <w:lvl w:ilvl="0" w:tplc="0C09000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4020,486 +4042,486 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A910380"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D63436C6"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AD65780"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C05873E4"/>
     <w:lvl w:ilvl="0" w:tplc="61686AD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F864620"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EDFA4B48"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40FB2CE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF180462"/>
     <w:lvl w:ilvl="0" w:tplc="6C28D612">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41AF1A32"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="44FC0432"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4698,147 +4720,147 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4521474F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E47E438A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45520DC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B63A3D54"/>
     <w:lvl w:ilvl="0" w:tplc="0C09000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4897,147 +4919,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46310C09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DA58DFEA"/>
     <w:lvl w:ilvl="0" w:tplc="61686AD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C3307F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8CEF50A"/>
     <w:lvl w:ilvl="0" w:tplc="0C09000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5211,147 +5233,147 @@
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E510C3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2ADEE50E"/>
     <w:lvl w:ilvl="0" w:tplc="A5180A72">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62A77C72"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D32CDBE8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="10"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5437,390 +5459,390 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66F80334"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="41C0EB60"/>
     <w:lvl w:ilvl="0" w:tplc="61686AD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67FC09D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7F4E59CE"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6ADA68B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="599E8322"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D691C0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="46D82040"/>
     <w:lvl w:ilvl="0" w:tplc="8DB4D87A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default" w:eastAsia="Times New Roman"/>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -5867,712 +5889,712 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70C924F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="443650E2"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73251260"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2C482C44"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BD44667"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="35F2F374"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C0C2765"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="244280F0"/>
     <w:lvl w:ilvl="0" w:tplc="61686AD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EEF6A3E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51D6DFDC"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F2466A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B582C864"/>
     <w:lvl w:ilvl="0" w:tplc="61686AD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="882525293">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="375205273">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="798257929">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1806391233">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="571426767">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="697244466">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1925994576">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1620183251">
@@ -6920,53 +6942,54 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="452678002">
     <w:abstractNumId w:val="31"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="60"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -7002,159 +7025,163 @@
     <w:rsid w:val="00AA023C"/>
     <w:rsid w:val="00B24466"/>
     <w:rsid w:val="00B45D69"/>
     <w:rsid w:val="00BA7660"/>
     <w:rsid w:val="00C02F03"/>
     <w:rsid w:val="00C33C6C"/>
     <w:rsid w:val="00C51521"/>
     <w:rsid w:val="00C85AF6"/>
     <w:rsid w:val="00CE5A24"/>
     <w:rsid w:val="00CF0D30"/>
     <w:rsid w:val="00D14737"/>
     <w:rsid w:val="00D17AFE"/>
     <w:rsid w:val="00D31253"/>
     <w:rsid w:val="00D447F0"/>
     <w:rsid w:val="00DD2A1A"/>
     <w:rsid w:val="00DE35E1"/>
     <w:rsid w:val="00E07B2E"/>
     <w:rsid w:val="00E62312"/>
     <w:rsid w:val="00E82DB8"/>
     <w:rsid w:val="00EB449C"/>
     <w:rsid w:val="00EC492A"/>
     <w:rsid w:val="00F0659B"/>
     <w:rsid w:val="00F45D09"/>
     <w:rsid w:val="00FB2132"/>
     <w:rsid w:val="00FF7A96"/>
+    <w:rsid w:val="1E32E47B"/>
+    <w:rsid w:val="2BAE0477"/>
+    <w:rsid w:val="346643FB"/>
+    <w:rsid w:val="4F62D760"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="45A47F42"/>
   <w15:docId w15:val="{69C866D9-50EF-431B-ACCD-EB7191AF12DC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7310,52 +7337,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -7422,250 +7449,249 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000F277C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000F277C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000F277C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000F277C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000F277C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000F277C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="000F277C"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004A477B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+  <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
     <w:name w:val="Default"/>
     <w:rsid w:val="00C85AF6"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xxmsonormal">
+  <w:style w:type="paragraph" w:styleId="xxmsonormal" w:customStyle="1">
     <w:name w:val="x_xmsonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00C85AF6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xxmsolistparagraph">
+  <w:style w:type="paragraph" w:styleId="xxmsolistparagraph" w:customStyle="1">
     <w:name w:val="x_xmsolistparagraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00C85AF6"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1365715185">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image001.png@01D25A15.04DF6CD0" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Slice">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Slice">
   <a:themeElements>
     <a:clrScheme name="Slice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="146194"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="76DBF4"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="052F61"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="A50E82"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="14967C"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="6A9E1F"/>
@@ -7895,98 +7921,76 @@
               <a:schemeClr val="phClr">
                 <a:shade val="96000"/>
                 <a:satMod val="120000"/>
                 <a:lumMod val="90000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect b="100000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Slice" id="{0507925B-6AC9-4358-8E18-C330545D08F8}" vid="{13FEC7C6-62A9-40C4-99D2-581AACACAA2F}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>City of Cockburn</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Susan Aguiar</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-[...1 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <lastModifiedBy>Samantha Morey</lastModifiedBy>
+  <revision>5</revision>
+  <lastPrinted>2018-03-28T08:14:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="DWDocAuthor">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DWDocClass">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="DWDocClassId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="DWDocPrecis">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="DWDocNo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="DWDocSetID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="DWDocType">
     <vt:lpwstr/>
   </property>