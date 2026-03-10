--- v0 (2025-10-09)
+++ v1 (2026-03-10)
@@ -16,62 +16,62 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3180E009" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRDefault="00B7183A" w:rsidP="00E339BF">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3180E009" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00B7183A" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D1F750A" wp14:editId="482F364F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1658236</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-173990</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2920365" cy="2000250"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Picture 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
@@ -106,15416 +106,11860 @@
                         <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                         </a14:hiddenFill>
                       </a:ext>
                       <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                         <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a14:hiddenLine>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="381F822D" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRDefault="00D21F23" w:rsidP="00E339BF">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="381F822D" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BD1C813" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29F53E92" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="406E2D52" w14:textId="77777777" w:rsidR="00B7183A" w:rsidRPr="002806E2" w:rsidRDefault="00B7183A" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="383145AC" w14:textId="77777777" w:rsidR="00DB604B" w:rsidRPr="002806E2" w:rsidRDefault="00DB604B" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BAD03E8" w14:textId="77777777" w:rsidR="00DB604B" w:rsidRPr="002806E2" w:rsidRDefault="00DB604B" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CFD792B" w14:textId="77777777" w:rsidR="00DB604B" w:rsidRPr="002806E2" w:rsidRDefault="00DB604B" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E087919" w14:textId="77777777" w:rsidR="00DB604B" w:rsidRPr="002806E2" w:rsidRDefault="00DB604B" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F4E3BC0" w14:textId="77777777" w:rsidR="00DB604B" w:rsidRPr="002806E2" w:rsidRDefault="00DB604B" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FBE00B5" w14:textId="77777777" w:rsidR="00DB604B" w:rsidRPr="002806E2" w:rsidRDefault="00DB604B" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FFCE6C7" w14:textId="77777777" w:rsidR="00DB604B" w:rsidRPr="002806E2" w:rsidRDefault="00DB604B" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EAEFCF4" w14:textId="77777777" w:rsidR="00DB604B" w:rsidRPr="002806E2" w:rsidRDefault="00DB604B" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2878F552" w14:textId="77777777" w:rsidR="00DB604B" w:rsidRPr="002806E2" w:rsidRDefault="00DB604B" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B43FDD5" w14:textId="77777777" w:rsidR="00DB604B" w:rsidRPr="002806E2" w:rsidRDefault="00DB604B" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DCD8B2A" w14:textId="672E22E0" w:rsidR="00224C43" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00DB604B">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>City of Cockburn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3160A512" w14:textId="10C5D5FA" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00224C43" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Guidelines</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14564672" w14:textId="77777777" w:rsidR="00DB604B" w:rsidRPr="002806E2" w:rsidRDefault="00DB604B" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79163A14" w14:textId="119DF10C" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="006054D1" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="72"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="72"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Community </w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="72"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="72"/>
+        </w:rPr>
+        <w:t>Funding for</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB604B" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="72"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:color w:val="0070C0"/>
+          <w:szCs w:val="72"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="72"/>
-        </w:rPr>
-[...50 lines deleted...]
-          <w:color w:val="0070C0"/>
+          <w:szCs w:val="72"/>
+        </w:rPr>
+        <w:t>Community Organisations</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB604B" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="72"/>
-          <w:lang w:val="en-AU"/>
-[...5 lines deleted...]
-          <w:color w:val="0070C0"/>
+          <w:szCs w:val="72"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
           <w:sz w:val="72"/>
-          <w:lang w:val="en-AU"/>
-[...47 lines deleted...]
-          <w:lang w:val="en-AU"/>
+          <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>and Individuals</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5092E3" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRDefault="00D21F23" w:rsidP="00E339BF">
-[...35 lines deleted...]
-        <w:sectPr w:rsidR="00663B6B" w:rsidSect="00663B6B">
+    <w:p w14:paraId="1F929954" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A398754" w14:textId="77777777" w:rsidR="00663B6B" w:rsidRPr="002806E2" w:rsidRDefault="00663B6B" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00663B6B" w:rsidRPr="002806E2" w:rsidSect="00663B6B">
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:headerReference w:type="first" r:id="rId13"/>
           <w:footerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="2269" w:right="1361" w:bottom="1418" w:left="1361" w:header="709" w:footer="680" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:id w:val="-1253738925"/>
+        <w:id w:val="-1392957311"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="7DEB48DD" w14:textId="77777777" w:rsidR="00552091" w:rsidRPr="003B038B" w:rsidRDefault="00552091">
+        <w:p w14:paraId="4F1EB658" w14:textId="4E20AC40" w:rsidR="000A1CFD" w:rsidRDefault="000A1CFD" w:rsidP="0082280C">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
-            <w:rPr>
-[...1 lines deleted...]
-            </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="003B038B">
-[...4 lines deleted...]
-            <w:t>Table of Contents</w:t>
+          <w:r>
+            <w:t>Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="7C21763B" w14:textId="2E57B2D9" w:rsidR="007416DB" w:rsidRDefault="00552091">
+        <w:p w14:paraId="799D5E5A" w14:textId="3F6D30DB" w:rsidR="00497973" w:rsidRDefault="000A1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="003B038B">
-[...2 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="003B038B">
-[...2 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="003B038B">
-[...2 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc174454565" w:history="1">
-            <w:r w:rsidR="007416DB" w:rsidRPr="003B5683">
+          <w:hyperlink w:anchor="_Toc224035225" w:history="1">
+            <w:r w:rsidR="00497973" w:rsidRPr="00CD631A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:bCs/>
                 <w:noProof/>
-                <w:color w:val="034990" w:themeColor="hyperlink" w:themeShade="BF"/>
               </w:rPr>
               <w:t>Objective</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r w:rsidR="00497973">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r w:rsidR="00497973">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r w:rsidR="00497973">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc174454565 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224035225 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r w:rsidR="00497973">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r w:rsidR="00497973">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r w:rsidR="00497973">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r w:rsidR="00497973">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2AC1A860" w14:textId="44DDC8E9" w:rsidR="007416DB" w:rsidRDefault="00562957">
+        <w:p w14:paraId="2539A7EB" w14:textId="504493AA" w:rsidR="00497973" w:rsidRDefault="00497973">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc174454566" w:history="1">
-            <w:r w:rsidR="007416DB" w:rsidRPr="003B5683">
+          <w:hyperlink w:anchor="_Toc224035226" w:history="1">
+            <w:r w:rsidRPr="00CD631A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:bCs/>
                 <w:noProof/>
-                <w:color w:val="034990" w:themeColor="hyperlink" w:themeShade="BF"/>
               </w:rPr>
               <w:t>Cockburn Community Fund</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc174454566 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224035226 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="626536ED" w14:textId="342C65A1" w:rsidR="007416DB" w:rsidRDefault="00562957">
+        <w:p w14:paraId="2FEBBAB6" w14:textId="7E5B333F" w:rsidR="00497973" w:rsidRDefault="00497973">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc174454567" w:history="1">
-            <w:r w:rsidR="007416DB" w:rsidRPr="003B5683">
+          <w:hyperlink w:anchor="_Toc224035227" w:history="1">
+            <w:r w:rsidRPr="00CD631A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:color w:val="034990" w:themeColor="hyperlink" w:themeShade="BF"/>
               </w:rPr>
               <w:t>Community Grants</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc174454567 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224035227 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5FF909F2" w14:textId="680FCDB9" w:rsidR="007416DB" w:rsidRDefault="00562957">
+        <w:p w14:paraId="0166B7E1" w14:textId="5EA6D772" w:rsidR="00497973" w:rsidRDefault="00497973">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc174454568" w:history="1">
-            <w:r w:rsidR="007416DB" w:rsidRPr="003B5683">
+          <w:hyperlink w:anchor="_Toc224035228" w:history="1">
+            <w:r w:rsidRPr="00CD631A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:color w:val="034990" w:themeColor="hyperlink" w:themeShade="BF"/>
               </w:rPr>
               <w:t>Cultural Grants</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc174454568 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224035228 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6FFF7FAC" w14:textId="4A37B0CC" w:rsidR="007416DB" w:rsidRDefault="00562957">
+        <w:p w14:paraId="5CA8EB75" w14:textId="4EE7BD3D" w:rsidR="00497973" w:rsidRDefault="00497973">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc174454569" w:history="1">
-            <w:r w:rsidR="007416DB" w:rsidRPr="003B5683">
+          <w:hyperlink w:anchor="_Toc224035229" w:history="1">
+            <w:r w:rsidRPr="00CD631A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:color w:val="034990" w:themeColor="hyperlink" w:themeShade="BF"/>
               </w:rPr>
               <w:t>Sustainability Grants</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc174454569 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224035229 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="37D1E5DE" w14:textId="0151050D" w:rsidR="007416DB" w:rsidRDefault="00562957">
+        <w:p w14:paraId="575DD499" w14:textId="452BC64C" w:rsidR="00497973" w:rsidRDefault="00497973">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc174454570" w:history="1">
-            <w:r w:rsidR="007416DB" w:rsidRPr="003B5683">
+          <w:hyperlink w:anchor="_Toc224035230" w:history="1">
+            <w:r w:rsidRPr="00CD631A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:color w:val="034990" w:themeColor="hyperlink" w:themeShade="BF"/>
               </w:rPr>
               <w:t>Small Events Sponsorship</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc174454570 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224035230 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0A6C3D35" w14:textId="65274E3F" w:rsidR="007416DB" w:rsidRDefault="00562957">
+        <w:p w14:paraId="45B1E8DE" w14:textId="68D9B1AD" w:rsidR="00497973" w:rsidRDefault="00497973">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc174454571" w:history="1">
-            <w:r w:rsidR="007416DB" w:rsidRPr="003B5683">
+          <w:hyperlink w:anchor="_Toc224035231" w:history="1">
+            <w:r w:rsidRPr="00CD631A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:color w:val="034990" w:themeColor="hyperlink" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:t>Donations</w:t>
+              </w:rPr>
+              <w:t>School Eligibility Criteria</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc174454571 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224035231 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7574DFA2" w14:textId="2B069894" w:rsidR="007416DB" w:rsidRDefault="00562957">
+        <w:p w14:paraId="553F6D15" w14:textId="578CC6D1" w:rsidR="00497973" w:rsidRDefault="00497973">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc174454572" w:history="1">
-            <w:r w:rsidR="007416DB" w:rsidRPr="003B5683">
+          <w:hyperlink w:anchor="_Toc224035232" w:history="1">
+            <w:r w:rsidRPr="00CD631A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:color w:val="034990" w:themeColor="hyperlink" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:t>Sponsorships</w:t>
+              </w:rPr>
+              <w:t>Donations</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc174454572 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224035232 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1FB451B3" w14:textId="23BFE218" w:rsidR="007416DB" w:rsidRDefault="00562957">
+        <w:p w14:paraId="7D488FB3" w14:textId="71EDD31A" w:rsidR="00497973" w:rsidRDefault="00497973">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc224035233" w:history="1">
+            <w:r w:rsidRPr="00CD631A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Sponsorships</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224035233 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="63BDB465" w14:textId="68190A6E" w:rsidR="00497973" w:rsidRDefault="00497973">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc174454573" w:history="1">
-            <w:r w:rsidR="007416DB" w:rsidRPr="003B5683">
+          <w:hyperlink w:anchor="_Toc224035234" w:history="1">
+            <w:r w:rsidRPr="00CD631A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:b/>
                 <w:noProof/>
-                <w:color w:val="034990" w:themeColor="hyperlink" w:themeShade="BF"/>
               </w:rPr>
               <w:t>Major and Minor Funding</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc174454573 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224035234 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>13</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="63AEFFA4" w14:textId="5C3F62AA" w:rsidR="007416DB" w:rsidRDefault="00562957">
+        <w:p w14:paraId="7FBE75F5" w14:textId="7E6ADA68" w:rsidR="00497973" w:rsidRDefault="00497973">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc174454574" w:history="1">
-            <w:r w:rsidR="007416DB" w:rsidRPr="003B5683">
+          <w:hyperlink w:anchor="_Toc224035235" w:history="1">
+            <w:r w:rsidRPr="00CD631A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
-                <w:color w:val="034990" w:themeColor="hyperlink" w:themeShade="BF"/>
               </w:rPr>
               <w:t>Major Funding Proposals and Committed and Contractual Funding</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc174454574 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224035235 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>13</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4B921895" w14:textId="52B95A9D" w:rsidR="007416DB" w:rsidRDefault="00562957">
+        <w:p w14:paraId="48C02E17" w14:textId="7DF43B6E" w:rsidR="00497973" w:rsidRDefault="00497973">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc174454575" w:history="1">
-[...9 lines deleted...]
-            <w:r w:rsidR="007416DB" w:rsidRPr="003B5683">
+          <w:hyperlink w:anchor="_Toc224035236" w:history="1">
+            <w:r w:rsidRPr="00CD631A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
-                <w:color w:val="034990" w:themeColor="hyperlink" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:t>r Funding</w:t>
+              </w:rPr>
+              <w:t>Minor Funding</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc174454575 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224035236 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>14</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3EC5FC72" w14:textId="1BB4E7FA" w:rsidR="007416DB" w:rsidRDefault="00562957">
-[...453 lines deleted...]
-        <w:p w14:paraId="6E292BCD" w14:textId="38154FDD" w:rsidR="007416DB" w:rsidRDefault="00562957">
+        <w:p w14:paraId="0FB50C63" w14:textId="0E969B2D" w:rsidR="00497973" w:rsidRDefault="00497973">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc174454582" w:history="1">
-            <w:r w:rsidR="007416DB" w:rsidRPr="003B5683">
+          <w:hyperlink w:anchor="_Toc224035237" w:history="1">
+            <w:r w:rsidRPr="00CD631A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
-                <w:color w:val="034990" w:themeColor="hyperlink" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:t>Funding Assistance for Community Associations</w:t>
+              </w:rPr>
+              <w:t>Minor Donations</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc174454582 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224035237 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>14</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3C8237C2" w14:textId="1321D00A" w:rsidR="007416DB" w:rsidRDefault="00562957">
-[...386 lines deleted...]
-        <w:p w14:paraId="2B75AD64" w14:textId="3DBE7EE7" w:rsidR="007416DB" w:rsidRDefault="00562957">
+        <w:p w14:paraId="2FA8F840" w14:textId="2123A8A0" w:rsidR="00497973" w:rsidRDefault="00497973">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc174454588" w:history="1">
-            <w:r w:rsidR="007416DB" w:rsidRPr="003B5683">
+          <w:hyperlink w:anchor="_Toc224035238" w:history="1">
+            <w:r w:rsidRPr="00CD631A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:color w:val="034990" w:themeColor="hyperlink" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:t>School Specific Application Criteria</w:t>
+              </w:rPr>
+              <w:t>Subsidies</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc174454588 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224035238 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>15</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5C89A952" w14:textId="196D8B3C" w:rsidR="007416DB" w:rsidRDefault="00562957">
+        <w:p w14:paraId="00487144" w14:textId="193A05F9" w:rsidR="00497973" w:rsidRDefault="00497973">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
               <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc174454589" w:history="1">
-            <w:r w:rsidR="007416DB" w:rsidRPr="003B5683">
+          <w:hyperlink w:anchor="_Toc224035239" w:history="1">
+            <w:r w:rsidRPr="00CD631A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:color w:val="034990" w:themeColor="hyperlink" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:t>Reimbursements</w:t>
+              </w:rPr>
+              <w:t>Minor Grants</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc174454589 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224035239 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>15</w:t>
             </w:r>
-            <w:r w:rsidR="007416DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5A0FDD83" w14:textId="2831A062" w:rsidR="00552091" w:rsidRDefault="00552091">
-          <w:r w:rsidRPr="003B038B">
+        <w:p w14:paraId="762DF226" w14:textId="4AA7887E" w:rsidR="00497973" w:rsidRDefault="00497973">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
+            </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc224035240" w:history="1">
+            <w:r w:rsidRPr="00CD631A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Donations to Schools – Reimbursements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224035240 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5BAFA1B4" w14:textId="70C0CB4F" w:rsidR="00497973" w:rsidRDefault="00497973">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc224035241" w:history="1">
+            <w:r w:rsidRPr="00CD631A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Funding Assistance for Resident Groups</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224035241 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7BDB4F07" w14:textId="71663CA2" w:rsidR="00497973" w:rsidRDefault="00497973">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc224035242" w:history="1">
+            <w:r w:rsidRPr="00CD631A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Funding Assistance for Resident Groups and Not For Profit Community Groups</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc224035242 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6846312C" w14:textId="2773BB2D" w:rsidR="000A1CFD" w:rsidRDefault="000A1CFD">
+          <w:r>
+            <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="087B6EAC" w14:textId="77777777" w:rsidR="002E65DD" w:rsidRDefault="002E65DD">
-[...4 lines deleted...]
-        <w:sectPr w:rsidR="002E65DD" w:rsidSect="00663B6B">
+    <w:p w14:paraId="78540D31" w14:textId="77777777" w:rsidR="002806E2" w:rsidRPr="002806E2" w:rsidRDefault="002806E2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50378708" w14:textId="77777777" w:rsidR="002806E2" w:rsidRPr="002806E2" w:rsidRDefault="002806E2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="087B6EAC" w14:textId="77777777" w:rsidR="002E65DD" w:rsidRPr="002806E2" w:rsidRDefault="002E65DD" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="002E65DD" w:rsidRPr="002806E2" w:rsidSect="00663B6B">
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="2269" w:right="1361" w:bottom="1418" w:left="1361" w:header="709" w:footer="680" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19F448AD" w14:textId="77777777" w:rsidR="002D6B32" w:rsidRPr="00046250" w:rsidRDefault="002D6B32" w:rsidP="00046250">
+    <w:p w14:paraId="19F448AD" w14:textId="77777777" w:rsidR="002D6B32" w:rsidRPr="0004380F" w:rsidRDefault="002D6B32" w:rsidP="0082280C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="0"/>
+        <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:bCs/>
           <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc174454565"/>
-      <w:r w:rsidRPr="00046250">
+      <w:bookmarkStart w:id="0" w:name="_Hlk223961986"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc224035225"/>
+      <w:r w:rsidRPr="0004380F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:bCs/>
           <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Objective</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="274E78E2" w14:textId="618812D8" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The purpose of th</w:t>
+      </w:r>
+      <w:r w:rsidR="00224C43" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ese guidelines</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is to complement the associated </w:t>
+      </w:r>
+      <w:r w:rsidR="00E5127A" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Policy </w:t>
+      </w:r>
+      <w:r w:rsidR="0070794D" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Community Funding for Community Organisations and Individuals</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5127A" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Grants, Donations &amp; Sponsorships)</w:t>
+      </w:r>
+      <w:r w:rsidR="0070794D" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="001F631F" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidR="001F631F" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a framework for the provision of community funding to local community group</w:t>
+      </w:r>
+      <w:r w:rsidR="00224C43" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s, organisations and individuals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0C07C9" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Council provides up to </w:t>
+      </w:r>
+      <w:r w:rsidR="20329358" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>two</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per cent of the annual rates income to a budget for grants, donations, sponsorships and subsidies. To ensure that these funds are distributed in a rational way, eligibility, selection and evaluation criteria are required for the assessment and prioritisatio</w:t>
+      </w:r>
+      <w:r w:rsidR="36BEF5CB" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>n of applications to be funded.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22DB5C96" w14:textId="01029E20" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The funds allocated to local community groups, organisations and individuals are to assist in the provision of the activities and services that benefit the local community. </w:t>
+      </w:r>
+      <w:r w:rsidR="00046250" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This program is divided into seven (7) categories to encourage and cater for a range </w:t>
+      </w:r>
+      <w:r w:rsidR="00224C43" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>of a</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...211 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidR="00224C43" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>pplications and activities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="579F5F47" w14:textId="77777777" w:rsidR="0070794D" w:rsidRPr="002806E2" w:rsidRDefault="0070794D" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1671"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1435"/>
+        <w:gridCol w:w="1670"/>
+        <w:gridCol w:w="3003"/>
+        <w:gridCol w:w="1689"/>
+        <w:gridCol w:w="1430"/>
+        <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F7276E" w:rsidRPr="00663B6B" w14:paraId="3D53AB69" w14:textId="77777777" w:rsidTr="693D18E0">
+      <w:tr w:rsidR="00F7276E" w:rsidRPr="002806E2" w14:paraId="3D53AB69" w14:textId="77777777" w:rsidTr="0070794D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29076024" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="29076024" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Community Funding Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="3003" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B000F7C" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="1B000F7C" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1623" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C5EC9AF" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="6C5EC9AF" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Open for applications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="1430" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B6C1CEA" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="0B6C1CEA" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Maximum amount available per application</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1435" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D9DE47F" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="4D9DE47F" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Approval</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7276E" w:rsidRPr="00663B6B" w14:paraId="254F17E2" w14:textId="77777777" w:rsidTr="693D18E0">
+      <w:tr w:rsidR="00F7276E" w:rsidRPr="002806E2" w14:paraId="254F17E2" w14:textId="77777777" w:rsidTr="0070794D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DE3BBBA" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="4DE3BBBA" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Category</w:t>
             </w:r>
-            <w:r w:rsidR="00224C43" w:rsidRPr="007416DB">
+            <w:r w:rsidR="00224C43" w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> A -</w:t>
             </w:r>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> Community Grants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="3003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34A5AD95" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="34A5AD95" w14:textId="7A193BC7" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>One-off projects, programs or activities that benefit the wider Cockburn community.</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">One-off projects, </w:t>
+            </w:r>
+            <w:r w:rsidR="7E0B0D41" w:rsidRPr="002806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>programs,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or activities that benefit the wider Cockburn community.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1623" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5300ECE4" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="5300ECE4" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Twice a year, in March and September</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="1430" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="658CD6C5" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="658CD6C5" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>$15,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1435" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67182BA4" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="67182BA4" w14:textId="7DC521D4" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00207DB7" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t>Delegated Authority</w:t>
+              </w:rPr>
+              <w:t>Group Manager Community Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7276E" w:rsidRPr="00663B6B" w14:paraId="51A00653" w14:textId="77777777" w:rsidTr="693D18E0">
+      <w:tr w:rsidR="00F7276E" w:rsidRPr="002806E2" w14:paraId="51A00653" w14:textId="77777777" w:rsidTr="0070794D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="665402C1" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00224C43" w:rsidP="00663B6B">
+          <w:p w14:paraId="665402C1" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00224C43" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Category B -</w:t>
             </w:r>
-            <w:r w:rsidR="00D21F23" w:rsidRPr="007416DB">
+            <w:r w:rsidR="00D21F23" w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cultural Grants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="3003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FFA9528" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="3FFA9528" w14:textId="39F305C8" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Events, projects, workshops and residencies </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Events, projects, </w:t>
             </w:r>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidR="00E9261C" w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>that embody at least one of the diverse art and cultural interests of the Cockburn community.</w:t>
+              </w:rPr>
+              <w:t>workshops,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and residencies that embody at least one of the diverse art and cultural interests of the Cockburn community.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1623" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B3900B7" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="0B3900B7" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Twice a year, in March and September</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="1430" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24DD3683" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="24DD3683" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>$5,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1435" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="558104BF" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="558104BF" w14:textId="30F0143F" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00207DB7" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t>Delegated Authority</w:t>
+              </w:rPr>
+              <w:t>Group Manager Recreation and Place</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7276E" w:rsidRPr="00663B6B" w14:paraId="5AEDA308" w14:textId="77777777" w:rsidTr="693D18E0">
+      <w:tr w:rsidR="00F7276E" w:rsidRPr="002806E2" w14:paraId="5AEDA308" w14:textId="77777777" w:rsidTr="0070794D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="031F906C" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00224C43" w:rsidP="00663B6B">
+          <w:p w14:paraId="031F906C" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00224C43" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Category C -</w:t>
             </w:r>
-            <w:r w:rsidR="00D21F23" w:rsidRPr="007416DB">
+            <w:r w:rsidR="00D21F23" w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sustainability Grants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="3003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CF432C8" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="6CF432C8" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Projects or activities that demonstrate Sustainability principles and themes for the benefit of the Cockburn community.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1623" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F4D21A9" w14:textId="0C8EF83B" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="000A4757" w:rsidP="00663B6B">
+          <w:p w14:paraId="6F4D21A9" w14:textId="0C8EF83B" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="000A4757" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Open all year round</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="1430" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D113CAA" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="7D113CAA" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>$4,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1435" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="195131BB" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="195131BB" w14:textId="05457E8C" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00AA1DA1" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t>Delegated Authority</w:t>
+              </w:rPr>
+              <w:t>Group Manager Growth and Sustainability</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7276E" w:rsidRPr="00663B6B" w14:paraId="104B0749" w14:textId="77777777" w:rsidTr="693D18E0">
+      <w:tr w:rsidR="00F7276E" w:rsidRPr="002806E2" w14:paraId="104B0749" w14:textId="77777777" w:rsidTr="0070794D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69944A69" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="69944A69" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Category D - Small Events Sponsorship</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="3003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78F79C8C" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="78F79C8C" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Small-scale neighbourhood events across Cockburn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1623" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E3D911B" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="4E3D911B" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Open all year round</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="1430" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AF4A887" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="2AF4A887" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>$3,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1435" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06F21638" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="06F21638" w14:textId="62B3C2BF" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00AA1DA1" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t>Delegated Authority</w:t>
+              </w:rPr>
+              <w:t>Service Manager Community Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7276E" w:rsidRPr="00663B6B" w14:paraId="2D432BCA" w14:textId="77777777" w:rsidTr="693D18E0">
+      <w:tr w:rsidR="00F7276E" w:rsidRPr="002806E2" w14:paraId="2D432BCA" w14:textId="77777777" w:rsidTr="0070794D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2963440D" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="2963440D" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Category E - Donations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="3003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="603679F7" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="603679F7" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Covers operating or ongoing expenses to assist the disadvantaged and/or vulnerable within the Cockburn community.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1623" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24F1F15E" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="24F1F15E" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Twice a year, in March and September</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="1430" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70C5678E" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="70C5678E" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>$20,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1435" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6022AC91" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="6022AC91" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Council Decision</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7276E" w:rsidRPr="00663B6B" w14:paraId="45292C0B" w14:textId="77777777" w:rsidTr="693D18E0">
+      <w:tr w:rsidR="00F7276E" w:rsidRPr="002806E2" w14:paraId="45292C0B" w14:textId="77777777" w:rsidTr="0070794D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04F3BA8E" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00C47F74" w:rsidP="00663B6B">
+          <w:p w14:paraId="04F3BA8E" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00C47F74" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Category F -</w:t>
             </w:r>
-            <w:r w:rsidR="00D21F23" w:rsidRPr="007416DB">
+            <w:r w:rsidR="00D21F23" w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sponsorships</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="3003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="154888B8" w14:textId="3E4F143B" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="154888B8" w14:textId="48EF9F7A" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t>Financial contribution to a significant event, activity, service or endeavour to either a Group or Individual and, in return, the City receives public recognition for its contribution.</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Financial contribution to a significant event, activity, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E9261C" w:rsidRPr="002806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>service,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or endeavour to either a Group or Individual and, in return, the City receives public recognition for its contribution.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1623" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AB1B7FD" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="1AB1B7FD" w14:textId="18065394" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t>Groups - Twice a year, in March and September</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Groups - </w:t>
+            </w:r>
+            <w:r w:rsidR="0070794D" w:rsidRPr="002806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>wice a year, in March and September</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EEC20C7" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="2EEC20C7" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="33B25127" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="33B25127" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Individuals - open all year round</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="1430" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE01D5B" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="5AE01D5B" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Groups - $20,000</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62D3243E" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="62D3243E" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="592245D9" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="592245D9" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Individuals - $1,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1435" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12DE822E" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="12DE822E" w14:textId="08BB4EFE" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t>Groups – Council Decision</w:t>
+              </w:rPr>
+              <w:t>Groups</w:t>
+            </w:r>
+            <w:r w:rsidR="0070794D" w:rsidRPr="002806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Council Decision</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D34EB36" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="7D34EB36" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="723061E9" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="373E686C" w14:textId="5614632D" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t>Individuals – Delegated Authority</w:t>
+              </w:rPr>
+              <w:t>Individuals</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="723061E9" w14:textId="3C7C1024" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00AA1DA1" w:rsidP="002806E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Group Manager Community Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D21F23" w:rsidRPr="00663B6B" w14:paraId="31E59EFF" w14:textId="77777777" w:rsidTr="693D18E0">
+      <w:tr w:rsidR="00D21F23" w:rsidRPr="002806E2" w14:paraId="31E59EFF" w14:textId="77777777" w:rsidTr="0070794D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="578B7A56" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00C47F74" w:rsidP="00663B6B">
+          <w:p w14:paraId="578B7A56" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00C47F74" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Category G -</w:t>
             </w:r>
-            <w:r w:rsidR="00D21F23" w:rsidRPr="007416DB">
+            <w:r w:rsidR="00D21F23" w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> Major and Minor Funding</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="3003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CE11501" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="693D18E0">
+          <w:p w14:paraId="1CE11501" w14:textId="0915F242" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="693D18E0">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>Major funding proposals, minor funding and requests outside of established categories.</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Major funding proposals, minor </w:t>
+            </w:r>
+            <w:r w:rsidR="00E9261C" w:rsidRPr="002806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>funding,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002806E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and requests outside of established categories.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1623" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01EF8017" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="01EF8017" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Upon enquiry and invitation to apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="1430" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C1192B9" w14:textId="7AC7E0DA" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="5C1192B9" w14:textId="7AC7E0DA" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Dependent on funding type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1435" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2936AF08" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="007416DB" w:rsidRDefault="00D21F23" w:rsidP="00663B6B">
+          <w:p w14:paraId="2936AF08" w14:textId="101C8E15" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00AA1DA1" w:rsidP="002806E2">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:right="-46"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007416DB">
+            <w:r w:rsidRPr="002806E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t>Dependent on funding type</w:t>
+              </w:rPr>
+              <w:t>Applications over $5,000 are to be referred to Council for a decision</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5111755A" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="00D21F23">
-[...44 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="5111755A" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20497054" w14:textId="12819B1F" w:rsidR="0070794D" w:rsidRPr="002806E2" w:rsidRDefault="0070794D" w:rsidP="00DB604B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25CFD9EF" w14:textId="2A1B5D4E" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Th</w:t>
       </w:r>
-      <w:r w:rsidR="00C47F74" w:rsidRPr="00F7276E">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="6F5DF3BE" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ese </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F7276E">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>guideline</w:t>
       </w:r>
-      <w:r w:rsidR="00C47F74" w:rsidRPr="00F7276E">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="6F5DF3BE" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>s assist</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F7276E">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> how the City </w:t>
       </w:r>
-      <w:r w:rsidR="00652B8C">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="0E17C1A6" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">of Cockburn (the City) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F7276E">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>responds to requests for financial assistance in</w:t>
       </w:r>
-      <w:r w:rsidR="00982FFB">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="551C0571" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F7276E">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>line with the City’s S</w:t>
       </w:r>
-      <w:r w:rsidR="00C47F74" w:rsidRPr="00F7276E">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="6F5DF3BE" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>trategic Community Plan and aim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F7276E">
-[...11 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00E047DC" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>optimi</w:t>
+      </w:r>
+      <w:r w:rsidR="00E047DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00E047DC" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the use of Council funds to support community groups, organisations and individuals to deliver social, enviro</w:t>
+      </w:r>
+      <w:r w:rsidR="6F5DF3BE" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>nmental and economic benefits. These outline</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F7276E">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> the relevant selection criteria, evaluation and limitations of each funding category, and</w:t>
       </w:r>
-      <w:r w:rsidR="00C47F74" w:rsidRPr="00F7276E">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="6F5DF3BE" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> are to be </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F7276E">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>utilised in conjunction with the associated</w:t>
       </w:r>
-      <w:r w:rsidR="00E5127A" w:rsidRPr="00F7276E">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="20329358" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B54FF" w:rsidRPr="00F7276E">
-[...11 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="7EDC4768" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Policy </w:t>
+      </w:r>
+      <w:r w:rsidR="0070794D" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="7EDC4768" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Funding for Community Organisations and Individuals</w:t>
       </w:r>
-      <w:r w:rsidR="002D6B32" w:rsidRPr="00F7276E">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="54D75BFF" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Grants,</w:t>
       </w:r>
-      <w:r w:rsidR="00E5127A" w:rsidRPr="00F7276E">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="20329358" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Donations &amp; Sponsorships</w:t>
       </w:r>
-      <w:r w:rsidR="00F01FB0" w:rsidRPr="00F7276E">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="4350486B" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00C47F74" w:rsidRPr="00F7276E">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="0070794D" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="6F5DF3BE" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31E8704E" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="007854D3">
-[...157 lines deleted...]
-      <w:r w:rsidRPr="00E95913">
+    <w:p w14:paraId="05F52B04" w14:textId="6F418B76" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="3565136A" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applicants seeking funding from the Grants and Donations budget must submit an application and address the relevant criteria for the applicable funding category. Assessment and approval will occur in accordance with the requirements of that category and by the appropriate Approval Officer, under the direction of the City’s Chief Executive Officer or by Council, where required. Applicants cannot bypass these established processes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0076505C" w14:textId="024D1BCE" w:rsidR="00DA42CE" w:rsidRPr="002806E2" w:rsidRDefault="00DA42CE" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For applications in Categories A, E, </w:t>
+      </w:r>
+      <w:r w:rsidR="4473B94D" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>F, and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> G, any requests over $5,000 will require a copy of the most recent, audited financial statements to be provided with the application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45064970" w14:textId="2AE51FFF" w:rsidR="00C47F74" w:rsidRPr="002806E2" w:rsidRDefault="00C47F74" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An applicant may successfully apply for and receive funding from two different categories from the Policy per financial year, provided they meet the criteria for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00520EC3" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>category</w:t>
+      </w:r>
+      <w:r w:rsidR="273FA5D6" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>. However</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, the applications cannot be for the same project. Applicants that have been successful in previous years are eligible to apply provided all previous funding has been satisfactorily acquitted.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C944D23" w14:textId="77777777" w:rsidR="000A3548" w:rsidRPr="002806E2" w:rsidRDefault="00E95913" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications will not be accepted for a</w:t>
+      </w:r>
+      <w:r w:rsidR="00982FFB" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ctivities </w:t>
+      </w:r>
+      <w:r w:rsidR="00807F8F" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of a political or lobbying nature which may be used as a forum for political </w:t>
+      </w:r>
+      <w:r w:rsidR="00C70273" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>lobbying or canvassing and</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7F27" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E95913">
-[...49 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="00C70273" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>compromise the City’s impartiality.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3C358A" w14:textId="706028A1" w:rsidR="001F631F" w:rsidRPr="002806E2" w:rsidRDefault="00C70273" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C70273" w:rsidRPr="00DF7F27">
-[...40 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="001F631F" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29DEBF88" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00046250" w:rsidRDefault="00D21F23" w:rsidP="00FE594A">
+    <w:p w14:paraId="29DEBF88" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="000A1CFD" w:rsidRDefault="00D21F23" w:rsidP="0082280C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...15 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc224035226"/>
+      <w:r w:rsidRPr="000A1CFD">
         <w:lastRenderedPageBreak/>
         <w:t>Cockburn Community Fund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="61669A6C" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="00046250">
+    <w:p w14:paraId="61669A6C" w14:textId="310AAFB9" w:rsidR="00D21F23" w:rsidRPr="000A1CFD" w:rsidRDefault="00D21F23" w:rsidP="0004380F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:after="120"/>
-[...13 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc224035227"/>
+      <w:r w:rsidRPr="000A1CFD">
         <w:t>Community Grants</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="663536EA" w14:textId="079242B5" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00DD2730" w:rsidP="00046250">
+    <w:p w14:paraId="663536EA" w14:textId="079242B5" w:rsidR="00D21F23" w:rsidRPr="00EC5845" w:rsidRDefault="058AE294" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5845">
+        <w:t>Eligibility Criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2288907E" w14:textId="544CB7D8" w:rsidR="00D21F23" w:rsidRPr="00EC5845" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="120"/>
-        <w:ind w:left="567" w:hanging="567"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00046250">
-[...7 lines deleted...]
-    <w:p w14:paraId="2288907E" w14:textId="1CD69A04" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="007416DB">
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Organisations based within the City or wh</w:t>
+      </w:r>
+      <w:r w:rsidR="562907D6" w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ich</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> primarily service residents and/or the interests of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E9261C" w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>City,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are eligible to apply for funds.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C1BF14F" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00EC5845" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications from not-for-profit organisations including sporting, welfare, educational, arts/cultural, youth, seniors, children, ethnic and related groups are eligible to apply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0705651B" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00EC5845" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications must include a financial and/or in-kind contribution to the project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D0CE07F" w14:textId="2D8C0E09" w:rsidR="16917719" w:rsidRPr="00EC5845" w:rsidRDefault="217177CC" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications from schools must also meet the School Eligibility Criteria on page</w:t>
+      </w:r>
+      <w:r w:rsidR="0070794D" w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4494065E" w14:textId="40711D7B" w:rsidR="00D21F23" w:rsidRPr="00EC5845" w:rsidRDefault="166B4793" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5845">
+        <w:t>Selection Criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DC51465" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00EC5845" w:rsidRDefault="166B4793" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Primarily serve residents of the City.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CAC5524" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00EC5845" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Is an established and incorporated not-for-profit organisation (or auspiced by an incorporated not-for-profit organisation) and can demonstrate a high level of community support.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A4AEFAA" w14:textId="53C03508" w:rsidR="00D21F23" w:rsidRPr="00EC5845" w:rsidRDefault="166B4793" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Can demonstrate it is financially </w:t>
+      </w:r>
+      <w:r w:rsidR="4CC94F1C" w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sound,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or key personnel have demonstrated ability to manage the proposal for which funds are being sought.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D91F54" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00EC5845" w:rsidRDefault="166B4793" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Must hold public liability insurance to a value as agreed with the City.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="014BB09D" w14:textId="1F05C3F1" w:rsidR="00D21F23" w:rsidRPr="00EC5845" w:rsidRDefault="166B4793" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5845">
+        <w:t>Evaluation C</w:t>
+      </w:r>
+      <w:r w:rsidR="058AE294" w:rsidRPr="00EC5845">
+        <w:t>riteria for Project or Activity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC320EB" w14:textId="1861B420" w:rsidR="00D21F23" w:rsidRPr="00EC5845" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Can demonstrate how project or activity outcomes will be of benefit to the local community and/or City generally.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD2C5D2" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00EC5845" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Meets an identified need in line with one of the themes of the City’s Strategic Community Plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FFBBE31" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00EC5845" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applicants have a demonstrated ability to manage their affairs effectively.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67BC1A6A" w14:textId="20E300DC" w:rsidR="00D21F23" w:rsidRPr="00EC5845" w:rsidRDefault="20329358" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications w</w:t>
+      </w:r>
+      <w:r w:rsidR="166B4793" w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ill not require commitment to ongoing funding from Council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="364E52B0" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00EC5845" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applications from organisations that can demonstrate a financial or </w:t>
+      </w:r>
+      <w:r w:rsidR="00271110" w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>in-kind</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contribution to the project will be considered favourable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C6FF47" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00EC5845" w:rsidRDefault="166B4793" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Project does not duplicate an activity already available in the local area.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E3C42B9" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00EC5845" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>As the funding pool is limited, applications that demonstrate the best value for money will be prioritised, and priority will also be given to applicants that have not previously been funded.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18D89DD5" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="492BBA23" w14:textId="04C9C184" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:lastRenderedPageBreak/>
+        <w:t>Funding Rounds</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D90AEAD" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications are invited twice per year, closing at the end of March and September as advertised during each round.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21680C5B" w14:textId="4B11A04C" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="00116971">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Grant Limitations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FAEBB87" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00116971" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00116971">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The maximum grant available to any one group or organisation in the Community Grants category will not exceed $15,000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D5CF3EC" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00116971" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00116971">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>There are caps of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52068252" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00116971" w:rsidRDefault="166B4793" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1560" w:hanging="502"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00116971">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>$3,000 for equipment (equipment must not be for personal use, be accessible for community or member use, and be durable – must last over 12 months).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EC2589B" w14:textId="2E6E4C2F" w:rsidR="00D21F23" w:rsidRPr="00116971" w:rsidRDefault="166B4793" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1560" w:hanging="502"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00116971">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>$3,000 for recurring community events. Recurring community events are defined as types of events that have already been funded by Community Grants or Small Events Sponsorship and are regularly applied for and funded, such as Christmas events and neighbourhood movie nights (also applies under Small Events Sponsorship).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11DA6A7E" w14:textId="71D5A57C" w:rsidR="6D0AEE09" w:rsidRPr="00116971" w:rsidRDefault="6D0AEE09" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1560" w:hanging="502"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00116971">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">$1,000 is available to assist with costs associated with the incorporation of a new community group; however, this does not apply to resident </w:t>
+      </w:r>
+      <w:r w:rsidR="56E76BA7" w:rsidRPr="00116971">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>groups</w:t>
+      </w:r>
+      <w:r w:rsidR="6E1CA6A9" w:rsidRPr="00116971">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28314F37" w14:textId="65DB6658" w:rsidR="5E4F8520" w:rsidRPr="002806E2" w:rsidRDefault="00861A39" w:rsidP="00116971">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="5E4F8520" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>c)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="04AFE8E3" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="166B4793" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>unds will not be provided for consumables or personal items unless the applicant can demonstrate that the general community will benefit from their provision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D8DA28" w14:textId="4BB99A31" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="7A8DBABB" w:rsidP="00116971">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(d)</w:t>
+      </w:r>
+      <w:r w:rsidR="00861A39" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="166B4793" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Funding will not be provided retrospectively for projects or events that have already occurred or are due to occur within two months of the closing date for applications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65B95C52" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Elected Members are to be informed of the outcome of applications for Community Grants.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2C48C5" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="000A1CFD" w:rsidRDefault="00D21F23" w:rsidP="0004380F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc224035228"/>
+      <w:r w:rsidRPr="000A1CFD">
+        <w:t>Cultural Grants</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="5F42CC36" w14:textId="47068EF4" w:rsidR="6F31EAEC" w:rsidRPr="002806E2" w:rsidRDefault="31EFBE0A" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Cultural Grants can be used for a range of purposes across all art forms, including but not restricted to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498D2AD4" w14:textId="77777777" w:rsidR="6F31EAEC" w:rsidRPr="00116971" w:rsidRDefault="6F31EAEC" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00116971">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arts and Culture </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28BE82CF" w14:textId="77777777" w:rsidR="6F31EAEC" w:rsidRPr="00116971" w:rsidRDefault="6F31EAEC" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00116971">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Pilot programs across all art forms</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="669063FD" w14:textId="77777777" w:rsidR="6F31EAEC" w:rsidRPr="00116971" w:rsidRDefault="6F31EAEC" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00116971">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Cultural and Heritage programs and activities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47D861FB" w14:textId="77777777" w:rsidR="6F31EAEC" w:rsidRPr="00116971" w:rsidRDefault="6F31EAEC" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00116971">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Workshops across all art forms</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545DE161" w14:textId="77777777" w:rsidR="6F31EAEC" w:rsidRPr="00116971" w:rsidRDefault="31EFBE0A" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00116971">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Residencies - local, regional and further afield</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E514342" w14:textId="73793CEA" w:rsidR="166B4793" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="00DD471B">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Eligibility Criteri</w:t>
+      </w:r>
+      <w:r w:rsidR="415F4EF7" w:rsidRPr="002806E2">
+        <w:t>a</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD775CA" w14:textId="00B7BE7E" w:rsidR="7F75B072" w:rsidRPr="00DD471B" w:rsidRDefault="7F75B072" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...30 lines deleted...]
-    <w:p w14:paraId="6C1BF14F" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="007416DB">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applicants must be based within the City of Cockburn or can demonstrate that they primarily serve the Cockburn community or are looking to provide a service in Cockburn that will benefit the Cockburn community.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78A64248" w14:textId="62E4536A" w:rsidR="002E65DD" w:rsidRPr="00DD471B" w:rsidRDefault="282BCA74" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="0705651B" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="007416DB">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Individuals, artists and/or artist collectives must be able to demonstrate community benefit in their application, and their capacity to deliver the project.  Individual applicants must show evidence of public liability insurance to the value of $10,000,000 and professional indemnity insurance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307C2444" w14:textId="5EAB59D4" w:rsidR="00D21F23" w:rsidRPr="00DD471B" w:rsidRDefault="5A98F28C" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...25 lines deleted...]
-    <w:p w14:paraId="4494065E" w14:textId="1115D121" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="00046250">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk223528625"/>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications from schools must also meet the School Eligibility Criteria on page</w:t>
+      </w:r>
+      <w:r w:rsidR="00861A39" w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="6FE664BD" w14:textId="70B4113F" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="00DD471B">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Selection Criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B38FC8" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00DD471B" w:rsidRDefault="166B4793" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:spacing w:after="120"/>
-        <w:ind w:left="567" w:hanging="567"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00046250">
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Can demonstrate the ability to manage financial affairs effectively.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="279FE5DE" w14:textId="015C98CA" w:rsidR="00D21F23" w:rsidRPr="00DD471B" w:rsidRDefault="166B4793" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Priority will be given to applicants who have</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> previously been funded.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C423304" w14:textId="3FF43BCC" w:rsidR="00D21F23" w:rsidRPr="00DD471B" w:rsidRDefault="166B4793" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Program/project</w:t>
+      </w:r>
+      <w:r w:rsidR="1985FFFF" w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">need to embody one or </w:t>
+      </w:r>
+      <w:r w:rsidR="622EEABC" w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>more o</w:t>
+      </w:r>
+      <w:r w:rsidR="059CCF8E" w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the diverse art and cultural interests of the City through one of the following areas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="030CE7E8" w14:textId="77777777" w:rsidR="002E65DD" w:rsidRPr="00DD471B" w:rsidRDefault="002E65DD" w:rsidP="00DD471B">
+      <w:pPr>
+        <w:pStyle w:val="Style5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD471B">
+        <w:t>Artist in the Community Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21294F6D" w14:textId="1FBB4617" w:rsidR="002E65DD" w:rsidRPr="00DD471B" w:rsidRDefault="002E65DD" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To assist </w:t>
+      </w:r>
+      <w:r w:rsidR="4E85BDA9" w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">community with </w:t>
+      </w:r>
+      <w:r w:rsidR="61EDF74A" w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>engaging</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an artist from any arts discipline to develop and nurture new skills in the community. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48D8DF84" w14:textId="37FB6958" w:rsidR="002E65DD" w:rsidRPr="00DD471B" w:rsidRDefault="282BCA74" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To assist local </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6A84" w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>artists</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> across all art forms with associated costs when invited as an artist in residence at a regional, interstate, or international venue.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4303B068" w14:textId="2BE1106B" w:rsidR="002E65DD" w:rsidRPr="00DD471B" w:rsidRDefault="282BCA74" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To supplement </w:t>
+      </w:r>
+      <w:r w:rsidR="219E7228" w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">venue hire </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">costs </w:t>
+      </w:r>
+      <w:r w:rsidR="10207F74" w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> local </w:t>
+      </w:r>
+      <w:r w:rsidR="38B24155" w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>artists</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for short-term pop</w:t>
+      </w:r>
+      <w:r w:rsidR="0E17C1A6" w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>up art spaces/studios</w:t>
+      </w:r>
+      <w:r w:rsidR="0E17C1A6" w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5371EC50" w14:textId="77777777" w:rsidR="002E65DD" w:rsidRPr="002806E2" w:rsidRDefault="002E65DD" w:rsidP="00DD471B">
+      <w:pPr>
+        <w:pStyle w:val="Style5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Live and Local Community Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54839AFE" w14:textId="77777777" w:rsidR="002E65DD" w:rsidRPr="00DD471B" w:rsidRDefault="002E65DD" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Create live music/performance opportunities for artists including opportunities for showcasing cultures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57DDEB9F" w14:textId="77777777" w:rsidR="002E65DD" w:rsidRPr="00DD471B" w:rsidRDefault="002E65DD" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Support new and experimental live works. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A51B6F" w14:textId="5129B016" w:rsidR="002E65DD" w:rsidRPr="00DD471B" w:rsidRDefault="002E65DD" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Arts activities with a public outcome – visual arts, digital arts and multimedia installations, film and photography exhibitions, theatre, and dance performances</w:t>
+      </w:r>
+      <w:r w:rsidR="3EA35A5A" w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="141A6803" w14:textId="1DAF50B8" w:rsidR="002E65DD" w:rsidRPr="00DD471B" w:rsidRDefault="282BCA74" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Creative collaboration to reach and develop new audiences within the City</w:t>
+      </w:r>
+      <w:r w:rsidR="0E17C1A6" w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54150A23" w14:textId="07989D82" w:rsidR="002E65DD" w:rsidRPr="00DD471B" w:rsidRDefault="282BCA74" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Re-energise public places within the </w:t>
+      </w:r>
+      <w:r w:rsidR="0E17C1A6" w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>City</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> through arts and cultural activation/s.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26CC217D" w14:textId="77777777" w:rsidR="002E65DD" w:rsidRPr="002806E2" w:rsidRDefault="002E65DD" w:rsidP="00DD471B">
+      <w:pPr>
+        <w:pStyle w:val="Style5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Creative Development Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="002D770E" w14:textId="77777777" w:rsidR="002E65DD" w:rsidRPr="00DD471B" w:rsidRDefault="002E65DD" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Development or creation of new work by an artist or a group of artists or cultural groups.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3D01DD" w14:textId="0D1475E4" w:rsidR="002E65DD" w:rsidRPr="00DD471B" w:rsidRDefault="282BCA74" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Development of activities and programs that promote community participation in cultural, creative, and artistic activity that will develop and nurture the </w:t>
+      </w:r>
+      <w:r w:rsidR="36F8EFFC" w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">community's </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD471B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>skill base. This may include but are not limited to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E7D7AD1" w14:textId="0FB97830" w:rsidR="002E65DD" w:rsidRPr="005D6AD9" w:rsidRDefault="002E65DD" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1701" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">New </w:t>
+      </w:r>
+      <w:r w:rsidR="11EC8614" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="4890E29A" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>rk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EDD6BA2" w14:textId="77777777" w:rsidR="002E65DD" w:rsidRPr="005D6AD9" w:rsidRDefault="002E65DD" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1701" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Mentorships</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F76F92D" w14:textId="75CE4747" w:rsidR="002E65DD" w:rsidRPr="005D6AD9" w:rsidRDefault="002E65DD" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1701" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pilot </w:t>
+      </w:r>
+      <w:r w:rsidR="5DCD65D9" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>rograms</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3241E63A" w14:textId="77777777" w:rsidR="002E65DD" w:rsidRDefault="002E65DD" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1701" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Workshops</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F9F7C7" w14:textId="77777777" w:rsidR="005D6AD9" w:rsidRPr="005D6AD9" w:rsidRDefault="005D6AD9" w:rsidP="005D6AD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1701"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2529FF5C" w14:textId="5D4C46F4" w:rsidR="002E65DD" w:rsidRPr="005D6AD9" w:rsidRDefault="002E65DD" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A joint project between artists and cultural or community groups to develop or create </w:t>
+      </w:r>
+      <w:r w:rsidR="00143EEF" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>new</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> work or experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57521419" w14:textId="77777777" w:rsidR="002E65DD" w:rsidRPr="002806E2" w:rsidRDefault="002E65DD" w:rsidP="005D6AD9">
+      <w:pPr>
+        <w:pStyle w:val="Style5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Telling Community Stories Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02D9EB03" w14:textId="24C8B144" w:rsidR="002E65DD" w:rsidRPr="005D6AD9" w:rsidRDefault="282BCA74" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supports projects that enhance </w:t>
+      </w:r>
+      <w:r w:rsidR="19BB90CF" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>understanding</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and interest in Cockburn’s heritage and history.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D198317" w14:textId="49026265" w:rsidR="002E65DD" w:rsidRPr="005D6AD9" w:rsidRDefault="282BCA74" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supports </w:t>
+      </w:r>
+      <w:r w:rsidR="16CE5076" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the development</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of local community or historical stories across a range of creative platforms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D46AFC" w14:textId="4FD2D301" w:rsidR="00AB5926" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="005D6AD9">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Evaluation Criteria for Project or Activity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62496DC5" w14:textId="3275178C" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Can demonstrate how program/project outcomes will be of benefit to the local community and/or City.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="360512DB" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Programs/Projects should:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB131CC" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Develop and nurture the skill base of the local community;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D061EF" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Develop and nurture the skill base of individual artists (all art forms);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7049ED5B" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Express local culture and identity;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F23AC99" w14:textId="394900AA" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="166B4793" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applicants have </w:t>
+      </w:r>
+      <w:r w:rsidR="309CF5AB" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>demonstrated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="227C55A9" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ability to manage their affairs effectively.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A16330" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="2A0F0C3C" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="166B4793" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ill not require commitment to ongoing funding from Council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225B717E" w14:textId="1A78A124" w:rsidR="00947E39" w:rsidRPr="005D6AD9" w:rsidRDefault="00947E39" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Priority will be given to applicants who have not previously been funded</w:t>
+      </w:r>
+      <w:r w:rsidR="2A9DD8BE" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="778CA8B8" w14:textId="46F10D62" w:rsidR="7F15488D" w:rsidRPr="005D6AD9" w:rsidRDefault="7F15488D" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applicants who can contribute toward the activity in cash or in-kind will be considered favorably, as will those who </w:t>
+      </w:r>
+      <w:r w:rsidR="273E9C37" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>obtain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funding from other sources.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F234F2B" w14:textId="4C2C54D0" w:rsidR="00947E39" w:rsidRPr="005D6AD9" w:rsidRDefault="6B147718" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Program/Project does not duplicate an activity already available in the local area</w:t>
+      </w:r>
+      <w:r w:rsidR="00947E39" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="176C9A77" w14:textId="7FC21D4C" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="005D6AD9">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Funding Rounds</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6E826D" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications are invited twice per year, closing at the end of March and September as advertised during each round.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D8A20BA" w14:textId="23D974C8" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="005D6AD9">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Grant Limitations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55F50DBE" w14:textId="1438B1B8" w:rsidR="00046250" w:rsidRPr="005D6AD9" w:rsidRDefault="00046250" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The maximum grant available to any one group or organisation in the Cultural Grants category will not exceed $5,000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0251C8EB" w14:textId="38B0FE20" w:rsidR="00947E39" w:rsidRPr="005D6AD9" w:rsidRDefault="00914DCF" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00947E39" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">etrospectively for </w:t>
+      </w:r>
+      <w:r w:rsidR="00947E39" w:rsidRPr="005D6AD9" w:rsidDel="007927B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">events or </w:t>
+      </w:r>
+      <w:r w:rsidR="00947E39" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">projects that have already occurred, or due to occur within two months of the application’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00652B8C" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>lodgment</w:t>
+      </w:r>
+      <w:r w:rsidR="00947E39" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1695958C" w14:textId="411573CC" w:rsidR="00947E39" w:rsidRPr="005D6AD9" w:rsidRDefault="00914DCF" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00947E39" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>or any activity or event that will be divisive in communities by denigrating, excluding, or offending community groups.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0396DBDB" w14:textId="2852690E" w:rsidR="00947E39" w:rsidRPr="005D6AD9" w:rsidRDefault="00914DCF" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00947E39" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>f your activity or event may present a hazard to the community or environment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D7D0952" w14:textId="7C4B4D38" w:rsidR="00947E39" w:rsidRPr="005D6AD9" w:rsidRDefault="38A3343D" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="533E2819" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>f you have not acquitted previous City funding.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50DB616F" w14:textId="5C1E0BE6" w:rsidR="00947E39" w:rsidRPr="005D6AD9" w:rsidRDefault="078EDBFF" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Funding for</w:t>
+      </w:r>
+      <w:r w:rsidR="00947E39" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> private or </w:t>
+      </w:r>
+      <w:r w:rsidR="00143EEF" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>unincorporated</w:t>
+      </w:r>
+      <w:r w:rsidR="00947E39" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organisations unless via an auspicing agreement with an incorporated body</w:t>
+      </w:r>
+      <w:r w:rsidR="550733C7" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B35C694" w14:textId="3E8FAE70" w:rsidR="00947E39" w:rsidRPr="005D6AD9" w:rsidRDefault="00914DCF" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00947E39" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="64F0F281" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00947E39" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>entire cost of any project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290FDAC8" w14:textId="5E0B922A" w:rsidR="00947E39" w:rsidRPr="005D6AD9" w:rsidRDefault="00914DCF" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00947E39" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>or ongoing or core organisational operating costs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6048FB47" w14:textId="2E924642" w:rsidR="00947E39" w:rsidRPr="005D6AD9" w:rsidDel="000D3609" w:rsidRDefault="38A3343D" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="533E2819" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or personal items such as costumes, food </w:t>
+      </w:r>
+      <w:r w:rsidR="6AD969A7" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>consumables,</w:t>
+      </w:r>
+      <w:r w:rsidR="533E2819" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or catering costs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ADCBDB7" w14:textId="7B5497A4" w:rsidR="00947E39" w:rsidRPr="005D6AD9" w:rsidRDefault="38A3343D" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="533E2819" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ctivities </w:t>
+      </w:r>
+      <w:r w:rsidR="6AE60C52" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of a </w:t>
+      </w:r>
+      <w:r w:rsidR="533E2819" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">political or religious </w:t>
+      </w:r>
+      <w:r w:rsidR="2A579FB9" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nature</w:t>
+      </w:r>
+      <w:r w:rsidR="533E2819" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3166F70A" w14:textId="2DDA1938" w:rsidR="00947E39" w:rsidRPr="005D6AD9" w:rsidRDefault="00914DCF" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00947E39" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ctivities for the sole purpose of fundraising</w:t>
+      </w:r>
+      <w:r w:rsidR="2D11763F" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EEB65EF" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Elected Members are to be informed of the outcome of the applications for Cultural Grants.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71ACAC55" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="0004380F" w:rsidRDefault="00D21F23" w:rsidP="0004380F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc224035229"/>
+      <w:r w:rsidRPr="0004380F">
+        <w:t>Sustainability Grants</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="50E1FC2C" w14:textId="0A036563" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="0004380F">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Eligibility Criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0893FD74" w14:textId="7079595D" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="005D6AD9">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The following groups who are based within the City and/or provide ser</w:t>
+      </w:r>
+      <w:r w:rsidR="5DFEB275" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vices primarily within Cockburn:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="306EF9F9" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00271110" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Community g</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>roups</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C788D17" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00271110" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Not-for-profit o</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>rganisations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C977B6" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00271110" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Collective h</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ouseholds (&gt;2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7702381D" w14:textId="2C82B657" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00271110" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Small b</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>usinesses (&lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD17F6" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="002F18F9" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A168A" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>employees</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2F96D0" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Schools</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="769C9BF7" w14:textId="3F55472E" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="005D6AD9">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Evaluation Criteria for Project or Activity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71185B06" w14:textId="380716B3" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="32D264F6" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="073E6444" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="166B4793" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">roject or activity must relate to one or more of the </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6A84" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>themes below</w:t>
+      </w:r>
+      <w:r w:rsidR="166B4793" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E68DE9A" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Giving Back</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2830A9AA" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="002F18F9" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Protecting our Future</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DE9B1ED" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="002F18F9" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Strong Communities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="395BC2C4" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Water, Energy and Waste</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="104BA1D0" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>TravelSmart</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="408B5C6A" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="166B4793" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Healthy Lifestyles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B76909" w14:textId="70CE8C15" w:rsidR="7A8DBABB" w:rsidRPr="002806E2" w:rsidRDefault="7A8DBABB" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D651CA9" w14:textId="3C1AC218" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Applications from organisations that ca</w:t>
+      </w:r>
+      <w:r w:rsidR="0D537EBA" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>n demonstrate a financial or in-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kind contribution to the project will be considered </w:t>
+      </w:r>
+      <w:r w:rsidR="5B3E6FE8" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>favorable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D8968CF" w14:textId="45987CBD" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="005D6AD9">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Funding Rounds</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60B4238E" w14:textId="553E716D" w:rsidR="0018075C" w:rsidRPr="002806E2" w:rsidRDefault="5C17F223" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applications are invited year-round, </w:t>
+      </w:r>
+      <w:r w:rsidR="1E30D194" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>assessed,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and notified within two months.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53174FE2" w14:textId="05F62E03" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="005D6AD9">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Grant Limitations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4060811F" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The maximum grant available to any one group or organisation in the Sustainability Grants category will not exceed $4,000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10B5E0BC" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Elected Members are to be informed of the outcome of the applications for Sustainability Grants.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12AB99AD" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="0004380F" w:rsidRDefault="00D21F23" w:rsidP="0004380F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc224035230"/>
+      <w:r w:rsidRPr="0004380F">
+        <w:t>Small Events Sponsorship</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="37547780" w14:textId="2DF11ED2" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="0004380F">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Eligibility Criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E79436A" w14:textId="4112FA50" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Organisations based within the City or wh</w:t>
+      </w:r>
+      <w:r w:rsidR="386D35D4" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ich</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> primarily service residents and/or the interests of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E9261C" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>City,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are eligible to apply for funds.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D1C1226" w14:textId="77777777" w:rsidR="003029F3" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications from not-for-profit organisations including sporting, welfare, educational, arts/cultural, youth, seniors, children, ethnic and related groups are eligible to apply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F11113" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications must include a financial and/or in-kind contribution to the project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6328D480" w14:textId="0C3E6B0B" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="5A98F28C" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications from schools must also meet the School Eligibility Criteria on page</w:t>
+      </w:r>
+      <w:r w:rsidR="00861A39" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="306D2118" w14:textId="16381F68" w:rsidR="003029F3" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="005D6AD9">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Selection Criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="659B7374" w14:textId="77777777" w:rsidR="003029F3" w:rsidRPr="005D6AD9" w:rsidRDefault="166B4793" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="714" w:hanging="714"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Primarily serve residents of the City.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17A90BE6" w14:textId="77777777" w:rsidR="003029F3" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="714" w:hanging="714"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Is an established and incorporated not-for-profit organisation (or auspiced by an incorporated not-for-profit organisation) and can demonstrate a high level of community support.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3A3977" w14:textId="63CEB1B0" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="166B4793" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="714" w:hanging="714"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Can demonstrate it is financially </w:t>
+      </w:r>
+      <w:r w:rsidR="027BAF74" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sound,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or key personnel have demonstrated ability to manage the proposal for which funds are being sought.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1828AAA2" w14:textId="02198657" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="005D6AD9">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Evaluation Criteria for Project or Activity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B26D786" w14:textId="30A896B5" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Project or activity will be of benefit to the local community and/or City generally.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C27253E" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Project meets an identified need in line with one of the themes of the City’s Strategic Community Plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14CC9537" w14:textId="7FEED513" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="166B4793" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applicants have </w:t>
+      </w:r>
+      <w:r w:rsidR="412C377D" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>demonstrated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="37A89942" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the ability</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to manage their affairs effectively.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="078522B8" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Project will not require commitment to ongoing funding from Council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1991A81D" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Applications from Schools and other educational institutions mus</w:t>
+      </w:r>
+      <w:r w:rsidR="00696C54" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t be in accordance with school specific </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>eligibility</w:t>
+      </w:r>
+      <w:r w:rsidR="00696C54" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> criteria</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03EB2E04" w14:textId="0434BC43" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applications from organisations that can demonstrate a financial or </w:t>
+      </w:r>
+      <w:r w:rsidR="00271110" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>in-kind</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contribution to the project will be considered </w:t>
+      </w:r>
+      <w:r w:rsidR="593A059A" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>favorable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, as will those who source funding from other sources.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7050FBE2" w14:textId="7CBD5017" w:rsidR="00D21F23" w:rsidRPr="005D6AD9" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project does not duplicate </w:t>
+      </w:r>
+      <w:r w:rsidR="11E74864" w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6AD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activity already available in the local area.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C50AE05" w14:textId="28437BDE" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="005D6AD9">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Funding Rounds</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E30C744" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Hlk142475876"/>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications will be invited year-round, assessed and notified within a month.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="1B004C07" w14:textId="16302117" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="1ACB3F92" w:rsidP="00F649FD">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Grant</w:t>
+      </w:r>
+      <w:r w:rsidR="166B4793" w:rsidRPr="002806E2">
+        <w:t xml:space="preserve"> Limitations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7571732B" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The maximum funding available to any one group or organisation in the Small Events Sponsorship category will not exceed $3,000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C5C3587" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Only one successful application in this category per financial year per organisation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="187E4E18" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Funds will not be provided for consumables or personal items unless the applicant can demonstrate that the general community will benefit from their provision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40869E39" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Funding will not be provided retrospectively for projects or events that have already occurred or are due to occur within two months of the closing date for applications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E02E3EE" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Elected Members are to be informed of the outcome of the applications for Small Events Sponsorship.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44ECE813" w14:textId="128816C6" w:rsidR="004B235B" w:rsidRPr="0004380F" w:rsidRDefault="2CC948C9" w:rsidP="0004380F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc224035231"/>
+      <w:r w:rsidRPr="0004380F">
+        <w:t>School Eligibility Crite</w:t>
+      </w:r>
+      <w:r w:rsidR="5A98F28C" w:rsidRPr="0004380F">
+        <w:t>ria</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="49D855BE" w14:textId="6BAF4926" w:rsidR="663A31B3" w:rsidRPr="002806E2" w:rsidRDefault="663A31B3" w:rsidP="0004380F">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications from schools must meet the eligibility requirements of the specific funding category they are applying for, and must also satisfy the following additional criteria:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1629C436" w14:textId="01BE45ED" w:rsidR="663A31B3" w:rsidRPr="00F649FD" w:rsidRDefault="663A31B3" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>Identified Community Need</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB604B" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>he project or activity demonstrates a clearly identified need within the Cockburn community.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BF5F2AF" w14:textId="4461BE58" w:rsidR="663A31B3" w:rsidRPr="00F649FD" w:rsidRDefault="1519896A" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Community Accessibility</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB604B" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>he project or activity is extra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>‑</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">curricular and accessible to the broader Cockburn community outside of school </w:t>
+      </w:r>
+      <w:r w:rsidR="5E5546C4" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hours and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is clearly outside the Department of Education’s responsibilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EEB831B" w14:textId="0912EC58" w:rsidR="663A31B3" w:rsidRPr="00F649FD" w:rsidRDefault="663A31B3" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Co</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>‑</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Contribution Requirement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB604B" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>he school provides a financial or in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>‑</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>kind contribution of at least 50% towards the project or activity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BECFB40" w14:textId="6AE522CB" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="0004380F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc224035232"/>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Donations</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="7D6FB6F0" w14:textId="715959B7" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="0004380F">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Eligibility Criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41CA1C95" w14:textId="687AE217" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Eligible applicants include not-for-profit benevolent organisations</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97B04" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>that directly assist the disadvantaged and/or vulnerable within the Cockburn community. This does not include sports clubs, resident</w:t>
+      </w:r>
+      <w:r w:rsidR="00E9261C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> groups</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or other special interest groups.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7350C1C3" w14:textId="0BD3A3A4" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00F649FD">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
         <w:t>Selection Criteria</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DC51465" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+    <w:p w14:paraId="7C2643E9" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="0CAC5524" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Not-for-profit benevolent organisations that primarily serve and can demonstrate direct improved social outcomes for City residents and the Cockburn community.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63082BF7" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00F7276E">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Is an established and incorporated not-for-profit organisation (or auspiced by an incorporated not-for-profit organisation) and can demonstrate a high level of community support.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A4AEFAA" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+    <w:p w14:paraId="4B8B9957" w14:textId="475B673C" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...53 lines deleted...]
-        <w:ind w:left="567" w:hanging="567"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00046250">
-[...266 lines deleted...]
-    <w:p w14:paraId="2FAEBB87" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Can demonstrate it is financially </w:t>
+      </w:r>
+      <w:r w:rsidR="00E9261C" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sound,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or key personnel have demonstrated ability to manage the proposal for which funds ar</w:t>
+      </w:r>
+      <w:r w:rsidR="000A323E" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>e being sought. For requests over $5,000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, a copy of the most recent, audited financial statement must be provided with the application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55DDFB85" w14:textId="51397C41" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00F649FD">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Evaluation Criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40070850" w14:textId="7B19E50E" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="000A323E" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="5D5CF3EC" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00652B8C" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>onation is a contribution of money towards a group</w:t>
+      </w:r>
+      <w:r w:rsidR="6FC89104" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s day-to-day running costs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68D6CD96" w14:textId="6A6ED5AE" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="52068252" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00652B8C" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>onation is not for a specific project or activity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1399DC3F" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Priority will be given to applications that can demonstrate:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10A30DD1" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="5EC2589B" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>How they will provide direct outcomes for the disadvantaged and/or vulnerable in the Cockburn community.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A55D5DA" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="60CE23D3" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Overall benefits to City residents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F9FE9D" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="5F41369C" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Improved access to services or activities for Cockburn residents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A98E85" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="63D8DA28" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Value for money and/or value adding as a result of the proposed funding.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61CD7B13" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="65B95C52" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="007416DB">
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Other funding sources so that the funding is subsidising operations rather than relying solely on funding from the City.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F7845C" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...25 lines deleted...]
-    <w:p w14:paraId="0F2C48C5" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00046250" w:rsidRDefault="00D21F23" w:rsidP="00046250">
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Alignment with the objectives in the City’s Strategic Community Plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130EAA8B" w14:textId="2560B3DD" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00F649FD">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Funding Rounds</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34B151FD" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications are invited twice per year, closing at the end of March and September as advertised during each round.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD9B8AE" w14:textId="09E0EE7E" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00F649FD">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Donation Limitations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648EBB28" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The maximum donation available to any one group or organisation will not exceed $20,000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52AEE677" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2946E217" w14:textId="66A8E9E6" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="0004380F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="0" w:after="120"/>
-[...166 lines deleted...]
-    <w:p w14:paraId="0FC22071" w14:textId="4BEA25AC" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc224035233"/>
+      <w:r w:rsidRPr="002806E2">
+        <w:lastRenderedPageBreak/>
+        <w:t>Sponsorships</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="1F5C5C9B" w14:textId="7922060D" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="0004380F">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Eligibility Criteria for Group Sponsorship</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35596E64" w14:textId="11111E98" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...217 lines deleted...]
-    <w:p w14:paraId="6FE664BD" w14:textId="70B4113F" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applicants are eligible for Group Sponsorship if their project or activity provides brand exposure and public recognition benefits to the City and meets the eligibility, selection and evaluation criteria outlined in the Community Grants paragraphs 1, 2 and 3. Private organisations are also eligible to apply for Group Sponsorship.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42ECC220" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="74B38FC8" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications must include a financial and/or in-kind contribution to the project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE030A0" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>In addition to satisfying paragraphs 1(a) and 1(b) above, Sporting Teams/Clubs can only apply if they are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B62C4A" w14:textId="15F253F0" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:after="80" w:line="259" w:lineRule="auto"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="279FE5DE" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">representing at a National or International level event at which they have been selected based on their </w:t>
+      </w:r>
+      <w:r w:rsidR="526F93B7" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>endeavors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in their chosen activity; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35CDD545" w14:textId="6EF19378" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:after="80" w:line="259" w:lineRule="auto"/>
-[...853 lines deleted...]
-    <w:p w14:paraId="62496DC5" w14:textId="3275178C" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>hosting a sporting event or activity in the City that is of State, National or International significance that will add value to the City.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0337875B" w14:textId="294F1756" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00F649FD">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Eligibility Criteria for Individual</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF164F" w:rsidRPr="002806E2">
+        <w:t xml:space="preserve"> Sponsorship</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="045053C0" w14:textId="58CF5C92" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:after="80" w:line="259" w:lineRule="auto"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="360512DB" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Individual applicants are eligible if they are residents of the City and they can demonstrate a high level of community support.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A9AE3E" w14:textId="4C1563C6" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:after="80" w:line="259" w:lineRule="auto"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="7BB131CC" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Individuals attending a significant event or activity at a National or International level at which he or she has been selected </w:t>
+      </w:r>
+      <w:r w:rsidR="00E9261C" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>based on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their individual </w:t>
+      </w:r>
+      <w:r w:rsidR="7F5905D7" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>endeavors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in their chosen activity. (Individuals must supply supporting documentation from the relevant governing association of the activity).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="408E418D" w14:textId="4516044F" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Individuals </w:t>
+      </w:r>
+      <w:r w:rsidR="292B9E46" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>attend</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="5E99697D" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>complete</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a significant activity that benefits the community.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C75A24A" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications are invited from all ages for a range of projects, events or activities including sporting, welfare, education and arts/cultural, unless eligible to apply for funding through the City’s Junior Sports Travel Assistance Program, or Youth Art Scholarship Program.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE6C794" w14:textId="5A3F0666" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00F649FD">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Evaluation Criteria for Activity/Event</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738342A4" w14:textId="261F4573" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="000E397E" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
-        <w:tabs>
-[...19 lines deleted...]
-    <w:p w14:paraId="57D061EF" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Activity/Event</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be of long-term benefit to the local community and/or the City generally.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DA09188" w14:textId="18B822A6" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="000E397E" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
-        <w:tabs>
-[...19 lines deleted...]
-    <w:p w14:paraId="7049ED5B" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Activity/Event</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will provide brand exposure and public recognition benefits to the City.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63FBBCEF" w14:textId="6B15F3EC" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="000E397E" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
-        <w:tabs>
-[...19 lines deleted...]
-    <w:p w14:paraId="5F23AC99" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Activity/Event</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will increase awareness and raise the profile of the City, in line with its desired image.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8C154F" w14:textId="2F222D62" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:after="80" w:line="259" w:lineRule="auto"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="76A16330" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRDefault="008D7469" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applicants who </w:t>
+      </w:r>
+      <w:r w:rsidR="00E9261C" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contribute toward the activity in cash or </w:t>
+      </w:r>
+      <w:r w:rsidR="00271110" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>in-kind</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be considered</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97B04" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>favourably, as will those who source funding from other sources.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="581A5489" w14:textId="27AD0292" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:after="80" w:line="259" w:lineRule="auto"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="225B717E" w14:textId="1A78A124" w:rsidR="00947E39" w:rsidRDefault="00947E39" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Funding will not be for personal items such as uniforms, food</w:t>
+      </w:r>
+      <w:r w:rsidR="445989C3" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="6A508CC7" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>consumables,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or catering costs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0529E7A3" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33A7FFDA" w14:textId="3EE54DD2" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00F649FD">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Funding Rounds</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F0F2B68" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:after="80" w:line="259" w:lineRule="auto"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="778CA8B8" w14:textId="46F10D62" w:rsidR="7F15488D" w:rsidRDefault="7F15488D" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>App</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE594A" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lications for Group Sponsorships </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>are invited twice per year, closing at the end of March and September as advertised during each round.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14010D20" w14:textId="3D5ED1F1" w:rsidR="00D21F23" w:rsidRPr="00F649FD" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:after="80" w:line="259" w:lineRule="auto"/>
-[...555 lines deleted...]
-    <w:p w14:paraId="50E1FC2C" w14:textId="0A036563" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications for Individual Sponsorship</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE594A" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are invited year</w:t>
+      </w:r>
+      <w:r w:rsidR="00652B8C" w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F649FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>round.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="389524E7" w14:textId="7DE7582A" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00F649FD">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Sponsorship Limitations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB578A6" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="004C55A8" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...9 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The maximum sponsorship available to any one group or organisation will not exceed $20,000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E26420" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="004C55A8" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The maximum sponsorship available to any one individual will not exceed $1,000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50280813" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="004C55A8" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The successful request for sponsorship in any year does not imply any ongoing commitment of the same or similar contribution in following years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20680D97" w14:textId="77777777" w:rsidR="0082280C" w:rsidRDefault="0082280C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56102A76" w14:textId="17B546C1" w:rsidR="007E7E47" w:rsidRPr="0082280C" w:rsidRDefault="006B54FF" w:rsidP="0082280C">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc224035234"/>
+      <w:r w:rsidRPr="0082280C">
+        <w:lastRenderedPageBreak/>
+        <w:t>Major and Minor Funding</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w14:paraId="4539E6CE" w14:textId="77777777" w:rsidR="006B54FF" w:rsidRPr="002806E2" w:rsidRDefault="006B54FF" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="001F631F" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Category</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> incorporates a large range of funding opportunities under both Council Deci</w:t>
+      </w:r>
+      <w:r w:rsidR="007E7E47" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sion and Delegated Authorities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AA4152C" w14:textId="1BD2A3E7" w:rsidR="00D21F23" w:rsidRPr="0004380F" w:rsidRDefault="00D21F23" w:rsidP="0004380F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc224035235"/>
+      <w:r w:rsidRPr="0004380F">
+        <w:t>Major Funding Proposals and Committed and Contractual Funding</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="43CD1AD7" w14:textId="646FD8C1" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Most of the</w:t>
+      </w:r>
+      <w:r w:rsidR="007E7E47" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cockburn Community Fund budget is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">distributed to community groups, organisations and individuals through established grants, donations and sponsorship programs and application processes in accordance with Council </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7E47" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Policy </w:t>
+      </w:r>
+      <w:r w:rsidR="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="007E7E47" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Community Funding for Community Organisations and Individuals (Grants, Donations &amp; Sponsorships)</w:t>
+      </w:r>
+      <w:r w:rsidR="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00013AD9" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and these guidelines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A995DD8" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>There are also some donations made annually out of this budget that are deemed to be committed by legal agreements, such as leases, or by Council Decision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E6D9671" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Occasionally, the City receives new requests for funding that fall outside of the scope of the category rounds and other limitations. Hence why this category was established to include a process and assessment criteria for funding requests received that do not fit within the </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7E47" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">other </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>established</w:t>
+      </w:r>
+      <w:r w:rsidR="007E7E47" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> categories and processes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, which may include major or partnership funding proposals, or committed or contractual funding arrangements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47709F61" w14:textId="7AE688EA" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="004C55A8">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
         <w:t>Eligibility Criteria</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0893FD74" w14:textId="7079595D" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+    <w:p w14:paraId="469F1C7D" w14:textId="7C65B821" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As per the relevant category </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6A84" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="00654749" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> these </w:t>
+      </w:r>
+      <w:r w:rsidR="3AC66F13" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>guidelines,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the funding request would </w:t>
+      </w:r>
+      <w:r w:rsidR="00654749" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">normally </w:t>
+      </w:r>
+      <w:r w:rsidR="015E416E" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>apply</w:t>
+      </w:r>
+      <w:r w:rsidR="00A019D5" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="719D4492" w14:textId="791F7B74" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="004C55A8">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Project Selection and Evaluation Criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="395C800A" w14:textId="7931E687" w:rsidR="00726A18" w:rsidRPr="004C55A8" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="306EF9F9" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00271110" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Funding requests that align with the evaluatio</w:t>
+      </w:r>
+      <w:r w:rsidR="00726A18" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>n criteria of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one of the funding categories described in th</w:t>
+      </w:r>
+      <w:r w:rsidR="00654749" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ese </w:t>
+      </w:r>
+      <w:r w:rsidR="3D116637" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>guidelines</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must follow the process below for consideration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CA8C1CC" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="004C55A8" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>A proposal for funding must be submitted to the City which outlines:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="611F717F" w14:textId="52C0BD67" w:rsidR="00D21F23" w:rsidRPr="004C55A8" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
-        <w:tabs>
-[...27 lines deleted...]
-    <w:p w14:paraId="2C788D17" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00271110" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How it meets the evaluation criteria of one of the funding categories of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00726A18" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Policy </w:t>
+      </w:r>
+      <w:r w:rsidR="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00726A18" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Community Funding for Community Organisations and Individuals (Grants, Donations &amp; Sponsorships)</w:t>
+      </w:r>
+      <w:r w:rsidR="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00654749" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and within these guidelines </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>and a statement addressing the eligibility, selection and evaluation criteria of the category.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E51EC6E" w14:textId="77777777" w:rsidR="00654749" w:rsidRPr="004C55A8" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
-        <w:tabs>
-[...27 lines deleted...]
-    <w:p w14:paraId="27C977B6" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00271110" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The justification for the funding request and why it cannot be accommodated within the established programs and processes outlined in </w:t>
+      </w:r>
+      <w:r w:rsidR="00726A18" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00654749" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> other categories within these guidelines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E802E3" w14:textId="46C10F93" w:rsidR="00D21F23" w:rsidRPr="004C55A8" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
-        <w:tabs>
-[...27 lines deleted...]
-    <w:p w14:paraId="7702381D" w14:textId="2C82B657" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00271110" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The amount of funding </w:t>
+      </w:r>
+      <w:r w:rsidR="39DBC415" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>is requested</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC3B0E2" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="004C55A8" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
-        <w:tabs>
-[...67 lines deleted...]
-    <w:p w14:paraId="2B2F96D0" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The proposed term of funding or partnership.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60658FAA" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="004C55A8" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
-        <w:tabs>
-[...27 lines deleted...]
-    <w:p w14:paraId="769C9BF7" w14:textId="3F55472E" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Key terms and conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33454420" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="004C55A8" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="71185B06" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Proposed outputs, outcomes or benefits of the proposed funding arrangement to the Cockburn community, and how these will be evaluated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03535187" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="004C55A8" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Any contractual considerations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64F3CDE6" w14:textId="448FDB51" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="004C55A8">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Process</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782ED46E" w14:textId="7A9FCCA9" w:rsidR="00654749" w:rsidRPr="004C55A8" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="4E68DE9A" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The proposal must be s</w:t>
+      </w:r>
+      <w:r w:rsidR="00654749" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ubmitted to the City’s </w:t>
+      </w:r>
+      <w:r w:rsidR="002F40F7" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Community </w:t>
+      </w:r>
+      <w:r w:rsidR="00654749" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grants </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">service unit for initial assessment at least one month prior to the next scheduled </w:t>
+      </w:r>
+      <w:r w:rsidR="00143EEF" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Grants, Funding and Events Working Group</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37988509" w14:textId="1215D8EC" w:rsidR="00654749" w:rsidRPr="004C55A8" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00143EEF" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Group Manager</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5320C" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00143EEF" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Community </w:t>
+      </w:r>
+      <w:r w:rsidR="00D5320C" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will review the proposal and provide a report with a recommendation to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00452088" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Grants, Funding and Events Working Group</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for consideration at its next meeting. The </w:t>
+      </w:r>
+      <w:r w:rsidR="00452088" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Group Manager </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Community </w:t>
+      </w:r>
+      <w:r w:rsidR="00D5320C" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may exclude a proposal from being considered by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00452088" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Working Group </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">if </w:t>
+      </w:r>
+      <w:r w:rsidR="007B784F" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the applicant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> does not provide adequate information or does not meet the evaluation criteria of one of the funding categories.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71347485" w14:textId="7C5EB30D" w:rsidR="00D21F23" w:rsidRPr="004C55A8" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00452088" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Grants, Funding and Events Working Group</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will </w:t>
+      </w:r>
+      <w:r w:rsidR="00452088" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provide feedback prior to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>consideration by Council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D6D5EC6" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="0004380F" w:rsidRDefault="00D21F23" w:rsidP="0004380F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc224035236"/>
+      <w:r w:rsidRPr="0004380F">
+        <w:t>Minor Funding</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="51245E54" w14:textId="7C08ECDB" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The City also has provisions for minor funding contributions through allocations in the Grants and D</w:t>
+      </w:r>
+      <w:r w:rsidR="0099407B" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>onations budget</w:t>
+      </w:r>
+      <w:r w:rsidR="00452088" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="251B6135" w14:textId="14549014" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="7EDC4768" w:rsidP="004C55A8">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t xml:space="preserve">Minor </w:t>
+      </w:r>
+      <w:r w:rsidR="5AD9D6A4" w:rsidRPr="002806E2">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="166B4793" w:rsidRPr="002806E2">
+        <w:t>onations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="266CE242" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="004C55A8" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
-        <w:tabs>
-[...19 lines deleted...]
-    <w:p w14:paraId="2830A9AA" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="002F18F9" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Subsidies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A30B3B3" w14:textId="02664C6F" w:rsidR="00D21F23" w:rsidRPr="004C55A8" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
-        <w:tabs>
-[...19 lines deleted...]
-    <w:p w14:paraId="6DE9B1ED" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="002F18F9" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Minor </w:t>
+      </w:r>
+      <w:r w:rsidR="00C77DFE" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>rants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EDEEDAD" w14:textId="3ABD7353" w:rsidR="00D21F23" w:rsidRPr="004C55A8" w:rsidRDefault="166B4793" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
-        <w:tabs>
-[...19 lines deleted...]
-    <w:p w14:paraId="395BC2C4" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Donations to </w:t>
+      </w:r>
+      <w:r w:rsidR="5AD9D6A4" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chools – </w:t>
+      </w:r>
+      <w:r w:rsidR="5AD9D6A4" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>eimbursements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E7C6FBB" w14:textId="132517B8" w:rsidR="00C77DFE" w:rsidRPr="004C55A8" w:rsidRDefault="5AD9D6A4" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
-        <w:tabs>
-[...19 lines deleted...]
-    <w:p w14:paraId="104BA1D0" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Funding assistance for community groups</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="721BCEF6" w14:textId="539034F6" w:rsidR="005760BA" w:rsidRPr="004C55A8" w:rsidRDefault="64088DBB" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
-        <w:tabs>
-[...19 lines deleted...]
-    <w:p w14:paraId="408B5C6A" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Resident Group support</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D47B491" w14:textId="2951045B" w:rsidR="00552091" w:rsidRPr="0004380F" w:rsidRDefault="00552091" w:rsidP="0004380F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc224035237"/>
+      <w:r w:rsidRPr="0004380F">
+        <w:t>Minor Donations</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="6F1D01B9" w14:textId="739CA664" w:rsidR="0009247D" w:rsidRPr="002806E2" w:rsidRDefault="007854D3" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>No donation</w:t>
+      </w:r>
+      <w:r w:rsidR="0009247D" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can be made to non-local groups or individuals</w:t>
+      </w:r>
+      <w:r w:rsidR="0009247D" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, except for </w:t>
+      </w:r>
+      <w:r w:rsidR="3931067A" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>registered charitable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0009247D" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>organisations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C219374" w14:textId="1D90FEDE" w:rsidR="007854D3" w:rsidRPr="002806E2" w:rsidRDefault="007854D3" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="0099407B" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xcluding donations </w:t>
+      </w:r>
+      <w:r w:rsidR="0009247D" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>covered under</w:t>
+      </w:r>
+      <w:r w:rsidR="524568C3" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> point </w:t>
+      </w:r>
+      <w:r w:rsidR="007055FE" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00206C29" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the Group </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="_Int_S5SqEzW9"/>
+      <w:r w:rsidR="00206C29" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Manager</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidR="00206C29" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Community Services</w:t>
+      </w:r>
+      <w:r w:rsidR="0099407B" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00206C29" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>may approve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> donations of up to $200 to individuals </w:t>
+      </w:r>
+      <w:r w:rsidR="00206C29" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>groups, but only after consultation with the Mayor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE7BEF9" w14:textId="44A19F22" w:rsidR="007854D3" w:rsidRPr="002806E2" w:rsidRDefault="0099407B" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The following minor d</w:t>
+      </w:r>
+      <w:r w:rsidR="007854D3" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onations can be requested for consideration by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00206C29" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Group Manager Community</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5320C" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C89EBAC" w14:textId="11F9967F" w:rsidR="007854D3" w:rsidRPr="004C55A8" w:rsidRDefault="007854D3" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="37"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:tabs>
-[...19 lines deleted...]
-    <w:p w14:paraId="3D651CA9" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The cost of hall hire less cleaning costs for School Award/Graduation functions in respect of halls under Council control, subject to the provisions of </w:t>
+      </w:r>
+      <w:r w:rsidR="005B75C0" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Part V11-Management and Control of the Local Government Property of the City of Cockburn)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42D8F" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B75C0" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Local Government Act) Local Laws 2000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4222DF1B" w14:textId="37310621" w:rsidR="007854D3" w:rsidRPr="004C55A8" w:rsidRDefault="007854D3" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...32 lines deleted...]
-    <w:p w14:paraId="5D8968CF" w14:textId="45987CBD" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Half the cost of hall hire for local groups based in Cockburn and </w:t>
+      </w:r>
+      <w:r w:rsidR="000A16AC" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">registered </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">charitable </w:t>
+      </w:r>
+      <w:r w:rsidR="000A16AC" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>organisations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000A16AC" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">when they </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are conducting fundraising </w:t>
+      </w:r>
+      <w:r w:rsidR="00812EF4" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">activities </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for purposes which benefit the City and its ratepayers, subject to the provisions of </w:t>
+      </w:r>
+      <w:r w:rsidR="005B75C0" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Part V11-Management and Control of the Local Government Property of the City of Cockburn)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42D8F" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B75C0" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Local Government Act) Local Laws 2000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D766F0E" w14:textId="77777777" w:rsidR="007854D3" w:rsidRPr="004C55A8" w:rsidRDefault="007854D3" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...9 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Donations of up to $200 to individuals and groups after consultation with the Mayor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5765F0" w14:textId="27162B8B" w:rsidR="00552091" w:rsidRPr="004C55A8" w:rsidRDefault="007854D3" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>On a dollar</w:t>
+      </w:r>
+      <w:r w:rsidR="000A3548" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="000A3548" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>dollar basis</w:t>
+      </w:r>
+      <w:r w:rsidR="0099407B" w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to match funds raised by City s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>taff for benevolent purposes as approved by the Chief Executive Officer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A8278DD" w14:textId="77777777" w:rsidR="00552091" w:rsidRPr="0004380F" w:rsidRDefault="00552091" w:rsidP="0004380F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Toc224035238"/>
+      <w:r w:rsidRPr="0004380F">
+        <w:t>Subsidies</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="5C1AE53A" w14:textId="3902F9E0" w:rsidR="00552091" w:rsidRPr="002806E2" w:rsidRDefault="009951BE" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bus Subsidy for </w:t>
+      </w:r>
+      <w:r w:rsidR="00271110" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>not-for-profit c</w:t>
+      </w:r>
+      <w:r w:rsidR="007854D3" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ommunity groups based in the City, servicing a significant number of Cockburn residents for 50% of bus hire costs (excluding City bus hire) up to $1</w:t>
+      </w:r>
+      <w:r w:rsidR="00562957" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="007854D3" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per claim (maximum </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42D8F" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r w:rsidR="007854D3" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> claim per month and for a maximum of $</w:t>
+      </w:r>
+      <w:r w:rsidR="00562957" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>625</w:t>
+      </w:r>
+      <w:r w:rsidR="007854D3" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per financial year).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B5D2EF0" w14:textId="77777777" w:rsidR="00552091" w:rsidRPr="002806E2" w:rsidRDefault="00552091" w:rsidP="0004380F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc224035239"/>
+      <w:r w:rsidRPr="0004380F">
+        <w:t>Minor Grants</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="3C2FB655" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="0004380F" w:rsidRDefault="00D21F23" w:rsidP="00634CA7">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0004380F">
+        <w:t>Environmental Education for Schools Grants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="037DABAE" w14:textId="46DFC25C" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00634CA7">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Eligibility Criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="072FDFEC" w14:textId="0627B164" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="009951BE" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All primary </w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>and secondary schools</w:t>
+      </w:r>
+      <w:r w:rsidR="00977B22" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and home school groups (collective of </w:t>
+      </w:r>
+      <w:r w:rsidR="660C5099" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>five</w:t>
+      </w:r>
+      <w:r w:rsidR="00977B22" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> families or more)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within the City are eligible to apply.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="2"/>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w14:paraId="7A24FA7A" w14:textId="4D0D8F30" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="004C55A8">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Selection Criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F76E47" w14:textId="33B0F239" w:rsidR="00D21F23" w:rsidRPr="00CD6C90" w:rsidRDefault="6C09CC47" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Nominated Teacher Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidR="004C55A8" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>: a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teacher or group of teachers must be nominated as the primary point of contact and will be responsible for coordinating all funded activities. The City may provide </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0602D" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>support;</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6C90" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>owever, it will not coordinate or manage the program on behalf of the school.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="665C028C" w14:textId="50C821B6" w:rsidR="6E689592" w:rsidRPr="00CD6C90" w:rsidRDefault="6C09CC47" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Commitment to Environmental and Sustainability Principles</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6C90" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>: t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>he school must demonstrate a commitment to embedding environmental and sustainability principles within the school and the local community. This should be evidenced through existing school initiatives and participation in school, local, or state-based sustainability programs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="034BD95D" w14:textId="543297E7" w:rsidR="6E689592" w:rsidRPr="00CD6C90" w:rsidRDefault="6C09CC47" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Purpose of Funding</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6C90" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>: f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>unding must be used to engage qualified sustainability or environmental educators to deliver activities, presentations, or programs. These may be delivered:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E99A4CA" w14:textId="7CA9E64A" w:rsidR="6E689592" w:rsidRPr="00CD6C90" w:rsidRDefault="6E689592" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>On school grounds as in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>‑</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>class sessions, or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61F1F23D" w14:textId="01EB3C34" w:rsidR="6E689592" w:rsidRPr="00CD6C90" w:rsidRDefault="6E689592" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Off school grounds as part of an excursion or external learning experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9B0BDC" w14:textId="3DFF8DD3" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00CD6C90">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="3"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="002806E2">
         <w:t>Funding Rounds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60B4238E" w14:textId="13FCD25A" w:rsidR="0018075C" w:rsidRPr="00F7276E" w:rsidRDefault="0018075C" w:rsidP="008F24D1">
+    <w:p w14:paraId="3D22C140" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="009951BE" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funding is available annually, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>with the grant opening in early February and closing at the end of March.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD7CD9C" w14:textId="0FF0A030" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00CD6C90">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Grant Limitations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F7CD96" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Schools ca</w:t>
+      </w:r>
+      <w:r w:rsidR="009951BE" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>n apply for a maximum of $1,000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4150078D" w14:textId="17FA02E6" w:rsidR="00552091" w:rsidRPr="002806E2" w:rsidRDefault="00552091" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Elected Members are to be informed of the outcome of the applications for Environmenta</w:t>
+      </w:r>
+      <w:r w:rsidR="009951BE" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>l Education for Schools Grants.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70211919" w14:textId="623CE09B" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="166B4793" w:rsidP="00634CA7">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Youth Academic Assistance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF8C645" w14:textId="4108B34C" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00812EF4" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>unds for youth residing in the City to attend academic events.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7277D2EA" w14:textId="4DFEB328" w:rsidR="009951BE" w:rsidRPr="002806E2" w:rsidRDefault="009951BE" w:rsidP="00CD6C90">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Eligibility Criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E34D7F" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Appli</w:t>
+      </w:r>
+      <w:r w:rsidR="009951BE" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>cants must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2020EFF5" w14:textId="7150184A" w:rsidR="00D21F23" w:rsidRPr="00CD6C90" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>be either studying full-time or part-time at an education institution recognise</w:t>
+      </w:r>
+      <w:r w:rsidR="009951BE" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>d by the State or Commonwealth Government</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="009951BE" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AA2565C" w14:textId="40DE3200" w:rsidR="00D21F23" w:rsidRPr="00CD6C90" w:rsidRDefault="009951BE" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>be 21 years of age or younger</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D7BE6C" w14:textId="4E0F6ED6" w:rsidR="00D21F23" w:rsidRPr="00CD6C90" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>reside within the City</w:t>
+      </w:r>
+      <w:r w:rsidR="009951BE" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B98A53" w14:textId="4846B3C5" w:rsidR="009951BE" w:rsidRPr="002806E2" w:rsidRDefault="009951BE" w:rsidP="00CD6C90">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Selection Criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42FC4B9F" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="009951BE" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63EDF8D0" w14:textId="0E2AA1E5" w:rsidR="00D21F23" w:rsidRPr="00CD6C90" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be in writing, advising of when the event is to occur and the </w:t>
+      </w:r>
+      <w:r w:rsidR="007E1D32" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>costs likely to be paid by the a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pplicant as a result </w:t>
+      </w:r>
+      <w:r w:rsidR="007E1D32" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of participation in the event, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B6F2C8A" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00CD6C90" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>include written evidence of selection or participation by the applicant from the organising group or a representative of the academic body with wh</w:t>
+      </w:r>
+      <w:r w:rsidR="007E1D32" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ich the student is associated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F303BA8" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The funds are available for travel assistance to a maximum of $350 to any one individual for an event, with the actual amount to be determined at the discretion of the Delegated Officer in consideration of the overall cost of the travel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E29B17A" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00634CA7">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Youth Arts Scholarships</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1702EA29" w14:textId="2803C27F" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The funds are available for Youth Art Scholarships to a maximum of $500 to any one individual, with the actual amount to be deter</w:t>
+      </w:r>
+      <w:r w:rsidR="00664A02" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>mined at the discretion of the delegated o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fficer in consideration of the overall cost of </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6A84" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>travel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or study and previous applications in accordance with established criteria.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B657C4F" w14:textId="5B6B7038" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00CD6C90">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Eligibility Criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F5E8D2F" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00CD6C90" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...56 lines deleted...]
-    <w:p w14:paraId="53174FE2" w14:textId="05F62E03" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any person aged 18 or younger as of the application closing date is eligible to obtain a Youth Art Scholarship in any </w:t>
+      </w:r>
+      <w:r w:rsidR="00664A02" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">one </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>of the following categories:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="795B1D89" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00CD6C90" w:rsidRDefault="00664A02" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="44"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="4060811F" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Travel - I</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ndividual</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37890C54" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00CD6C90" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="44"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...491 lines deleted...]
-    <w:p w14:paraId="2E30C744" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Further Study</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FAABA39" w14:textId="411BD49E" w:rsidR="00D21F23" w:rsidRPr="00CD6C90" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00AB5926">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applicants must be residents of the City.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A48778E" w14:textId="77777777" w:rsidR="0082280C" w:rsidRDefault="0082280C">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Funding Limitations</w:t>
-[...38 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C2315C8" w14:textId="3038B36F" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00664A02" w:rsidP="00CD6C90">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
         <w:lastRenderedPageBreak/>
-        <w:t>Only one successful application in this category per financial year per organisation.</w:t>
-[...99 lines deleted...]
-    <w:p w14:paraId="7D6FB6F0" w14:textId="715959B7" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:t xml:space="preserve">Travel – Individual </w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F23" w:rsidRPr="002806E2">
+        <w:t>Scholarships</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79078061" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00CD6C90" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="41CA1C95" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>These will be awarded to individuals who have been given the opportunity to study or perform within the arts arena interstate, overseas or outside the Perth metropolitan area.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FD50A91" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00CD6C90" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Travel</w:t>
+      </w:r>
+      <w:r w:rsidR="00664A02" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Individual</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scholarships will be up to $5</w:t>
+      </w:r>
+      <w:r w:rsidR="00664A02" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>00.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="628657B2" w14:textId="4562EC35" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00CD6C90">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Further Study Scholarships</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56DF39A1" w14:textId="4FD5B703" w:rsidR="00D21F23" w:rsidRPr="00CD6C90" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...32 lines deleted...]
-    <w:p w14:paraId="7350C1C3" w14:textId="0BD3A3A4" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>These scholarships are designed to assist young people with fees, materials or similar who wish to pursue the arts in further study at a TAFE/University level or specialist A</w:t>
+      </w:r>
+      <w:r w:rsidR="00664A02" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>rt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> high school such as John Curtin SHS or extracurricular </w:t>
+      </w:r>
+      <w:r w:rsidR="007416DB" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>arts-based</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB2B9E4" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00CD6C90" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
+          <w:numId w:val="46"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...9 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Further Study Sch</w:t>
+      </w:r>
+      <w:r w:rsidR="00664A02" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>olarships will be up to $500.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A058C6A" w14:textId="7F0C8631" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00CD6C90">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
         <w:t>Selection Criteria</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C2643E9" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+    <w:p w14:paraId="31E874FB" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00CD6C90" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="63082BF7" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applicants who have shown initiative and endeavour to raise funds for themselves will be highly considered.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DDC9D0C" w14:textId="0E5EF152" w:rsidR="00D21F23" w:rsidRPr="00CD6C90" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="4B8B9957" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">These awards will be based on results obtained at your current </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6A84" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>school,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> especially </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4FDD" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>around</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> artistic talent, teacher recommendations, and school and community participation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5381A35C" w14:textId="16F297FE" w:rsidR="00D21F23" w:rsidRPr="00CD6C90" w:rsidRDefault="00D21F23" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...45 lines deleted...]
-      <w:r w:rsidRPr="00EA2013">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proof of enrolment/acceptance in a </w:t>
+      </w:r>
+      <w:r w:rsidR="007416DB" w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>full-time</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> course will be required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1513428B" w14:textId="77777777" w:rsidR="00CD6C90" w:rsidRDefault="00CD6C90">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Evaluation Criteria</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="40070850" w14:textId="7B19E50E" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="000A323E" w:rsidP="008F24D1">
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B976831" w14:textId="0899F331" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00CD6C90">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:lastRenderedPageBreak/>
+        <w:t>Funding Rounds</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A84FF90" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="002806E2" w:rsidRDefault="00D21F23" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Applications are invited twice per year, closing at the end of Mar</w:t>
+      </w:r>
+      <w:r w:rsidR="00664A02" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ch and September as advertised.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A15001" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00634CA7" w:rsidRDefault="0074265B" w:rsidP="0082280C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc224035240"/>
+      <w:r w:rsidRPr="00634CA7">
+        <w:t>Donations to Schools – Reimbursements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="29778FBE" w14:textId="5B115EC7" w:rsidR="001C2D22" w:rsidRPr="002806E2" w:rsidRDefault="001C2D22" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The following items can be requested from schools located within the City boundaries for the reimbursement of costs for the items/activities</w:t>
+      </w:r>
+      <w:r w:rsidR="00281724" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B3FF577" w14:textId="7A0B10C1" w:rsidR="007854D3" w:rsidRPr="00AF414F" w:rsidRDefault="007854D3" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...54 lines deleted...]
-    <w:p w14:paraId="68D6CD96" w14:textId="6A6ED5AE" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Upon receipt of an invoice from the </w:t>
+      </w:r>
+      <w:r w:rsidR="007416DB" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rincipal of any school within the boundaries of the City, for the supply of sand to that school, delegates </w:t>
+      </w:r>
+      <w:r w:rsidR="00281724" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are authorised to reimburse </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>costs incurred for the supply and delivery, up to a maximum of 6m3</w:t>
+      </w:r>
+      <w:r w:rsidR="00281724" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in any one year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68FD0E97" w14:textId="0C1015F9" w:rsidR="007854D3" w:rsidRPr="00AF414F" w:rsidRDefault="00281724" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="1399DC3F" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Each school in the m</w:t>
+      </w:r>
+      <w:r w:rsidR="007854D3" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">unicipality will be </w:t>
+      </w:r>
+      <w:r w:rsidR="006967F6" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>reimbursed for</w:t>
+      </w:r>
+      <w:r w:rsidR="007854D3" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the cost of one bus trip per year to the annual inter-school sports da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>y.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74629253" w14:textId="03228E4E" w:rsidR="007854D3" w:rsidRPr="00AF414F" w:rsidRDefault="007854D3" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="10A30DD1" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="007416DB">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The City will reimburse the cost of a maximum of 20 trees and shrubs per year up to a total value of $200 to schools upon receipt of an invoice from the </w:t>
+      </w:r>
+      <w:r w:rsidR="007416DB" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>rincipal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C015045" w14:textId="4AFA4B2F" w:rsidR="001C2D22" w:rsidRPr="00AF414F" w:rsidRDefault="001C2D22" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="48"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...159 lines deleted...]
-    <w:p w14:paraId="34B151FD" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The City will provide all schools within the City with a book voucher for presentation as an annual student graduation prize. The award (of a Community Service nature) is $</w:t>
+      </w:r>
+      <w:r w:rsidR="00712547" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 for </w:t>
+      </w:r>
+      <w:r w:rsidR="007416DB" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rimary </w:t>
+      </w:r>
+      <w:r w:rsidR="007416DB" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>chools and $1</w:t>
+      </w:r>
+      <w:r w:rsidR="00712547" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 for </w:t>
+      </w:r>
+      <w:r w:rsidR="007416DB" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">econdary </w:t>
+      </w:r>
+      <w:r w:rsidR="007416DB" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chools issued as a book voucher. </w:t>
+      </w:r>
+      <w:r w:rsidR="007416DB" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>An optiona</w:t>
+      </w:r>
+      <w:r w:rsidR="000B3E07" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> book voucher </w:t>
+      </w:r>
+      <w:r w:rsidR="000B3E07" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>is also available, for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a graduating </w:t>
+      </w:r>
+      <w:r w:rsidR="00712547" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">First Nations </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>student</w:t>
+      </w:r>
+      <w:r w:rsidR="000B3E07" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which</w:t>
+      </w:r>
+      <w:r w:rsidR="008C38B4" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resulted from a previous City</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Reconciliation Action Plan. </w:t>
+      </w:r>
+      <w:r w:rsidR="007416DB" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An acknowledgement of the City at the presentation ceremony </w:t>
+      </w:r>
+      <w:r w:rsidR="00712547" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>is required</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="215A365E" w14:textId="1C5C630E" w:rsidR="001C2D22" w:rsidRPr="002806E2" w:rsidRDefault="6A90281F" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>For item</w:t>
+      </w:r>
+      <w:r w:rsidR="00C5324A" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4CBD1174" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, t</w:t>
+      </w:r>
+      <w:r w:rsidR="46FF688F" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he City will contact all local schools each year seeking confirmation if they would like to receive the additional </w:t>
+      </w:r>
+      <w:r w:rsidR="6F9E3FC1" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">First Nations </w:t>
+      </w:r>
+      <w:r w:rsidR="46FF688F" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>award and the book voucher</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s will be distributed prior to graduation each year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="703DB217" w14:textId="0B02ABAC" w:rsidR="00552091" w:rsidRPr="002806E2" w:rsidRDefault="6E6D2C96" w:rsidP="0082280C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Hlk223968688"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc224035241"/>
+      <w:r w:rsidRPr="002806E2">
+        <w:t xml:space="preserve">Funding Assistance for </w:t>
+      </w:r>
+      <w:r w:rsidR="6DFCDAEF" w:rsidRPr="002806E2">
+        <w:t>Resident Groups</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w14:paraId="58D48EDF" w14:textId="55DAEE17" w:rsidR="006B54FF" w:rsidRPr="002806E2" w:rsidRDefault="7EDC4768" w:rsidP="00634CA7">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t xml:space="preserve">Publication </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF414F">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:t xml:space="preserve"> Distribution of Newsletters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7909B521" w14:textId="4C5FECBF" w:rsidR="006B54FF" w:rsidRPr="002806E2" w:rsidRDefault="4A3B85F2" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Hlk155704051"/>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Resident </w:t>
+      </w:r>
+      <w:r w:rsidR="00842664">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">roups </w:t>
+      </w:r>
+      <w:r w:rsidR="006B54FF" w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>are eligible for a subsidy under this program if the following conditions are met:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w14:paraId="0476A45C" w14:textId="163CEB33" w:rsidR="006B54FF" w:rsidRPr="00AF414F" w:rsidRDefault="006B54FF" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="3DD9B8AE" w14:textId="09E0EE7E" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A draft copy of the publication is provided for </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6A84" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>approval.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="568C0A27" w14:textId="4BBDDED7" w:rsidR="006B54FF" w:rsidRPr="00AF414F" w:rsidRDefault="006B54FF" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
+          <w:numId w:val="49"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="648EBB28" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The newsletter must be widely available and free of charge to those who live in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C77DFE" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">City of </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6A84" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Cockburn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="556E64DD" w14:textId="71911646" w:rsidR="006B54FF" w:rsidRPr="00AF414F" w:rsidRDefault="006B54FF" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="50"/>
+          <w:numId w:val="49"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...41 lines deleted...]
-    <w:p w14:paraId="1F5C5C9B" w14:textId="7922060D" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The newsletter must not promote the individual interests or platform of an Elected Member or an individual who is seeking election to </w:t>
+      </w:r>
+      <w:r w:rsidR="008C6A84" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0720654E" w14:textId="77777777" w:rsidR="006B54FF" w:rsidRPr="00AF414F" w:rsidRDefault="006B54FF" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="51"/>
+          <w:numId w:val="49"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="35596E64" w14:textId="11111E98" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Articles must be accurate and factual to the best of their ability and provide a balanced view of the issue considered.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00DB0DD9" w14:textId="6C510D67" w:rsidR="006B54FF" w:rsidRPr="00AF414F" w:rsidRDefault="006B54FF" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="52"/>
+          <w:numId w:val="49"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...357 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>The publication</w:t>
+      </w:r>
+      <w:r w:rsidR="00F940BE" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (which includes an annual subscription for Canva Pro),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and distribution cost</w:t>
+      </w:r>
+      <w:r w:rsidR="00C77DFE" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (printed or electronic) will be subsidised by an agreed amount </w:t>
+      </w:r>
+      <w:r w:rsidR="003138AA" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>up to $</w:t>
+      </w:r>
+      <w:r w:rsidR="00B75B67" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>4,200 annually</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23607B3B" w14:textId="17B38EF3" w:rsidR="006B54FF" w:rsidRPr="002806E2" w:rsidRDefault="006B54FF" w:rsidP="00634CA7">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t xml:space="preserve">Hire of Council Community </w:t>
+      </w:r>
+      <w:r w:rsidR="00C77DFE" w:rsidRPr="002806E2">
+        <w:t>Centres</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F7276E">
-[...161 lines deleted...]
-    <w:p w14:paraId="4CB578A6" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+      <w:r w:rsidR="00C5324A" w:rsidRPr="002806E2">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:t xml:space="preserve"> Halls</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FF3B8ED" w14:textId="7BEE17A8" w:rsidR="006B54FF" w:rsidRPr="008C6A84" w:rsidRDefault="006B54FF" w:rsidP="008C6A84">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Resident </w:t>
+      </w:r>
+      <w:r w:rsidR="00842664">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="2D09FFD9" w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>roups</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are eligible to apply for:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="740A6224" w14:textId="71B3DCCA" w:rsidR="006B54FF" w:rsidRPr="006967F6" w:rsidRDefault="006B54FF" w:rsidP="006967F6">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006967F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Funds to cover the cost of hall hire for up to 12 meetings per financial year for Cockburn </w:t>
+      </w:r>
+      <w:r w:rsidR="00842664" w:rsidRPr="006967F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006967F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esident </w:t>
+      </w:r>
+      <w:r w:rsidR="00842664" w:rsidRPr="006967F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="79E15658" w:rsidRPr="006967F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">roup </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006967F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>meetings</w:t>
+      </w:r>
+      <w:r w:rsidR="0003712B" w:rsidRPr="006967F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D63FDA2" w14:textId="77777777" w:rsidR="006B54FF" w:rsidRPr="006967F6" w:rsidRDefault="006B54FF" w:rsidP="006967F6">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006967F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Funds to cover costs for storage if required and available</w:t>
+      </w:r>
+      <w:r w:rsidR="0003712B" w:rsidRPr="006967F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="100601C0" w14:textId="293966C2" w:rsidR="006B54FF" w:rsidRPr="006967F6" w:rsidRDefault="006B54FF" w:rsidP="006967F6">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006967F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Funds to cover cost of facility hire when running community events up to a maximum of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5324A" w:rsidRPr="006967F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>six</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006967F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> events per financial year</w:t>
+      </w:r>
+      <w:r w:rsidR="0003712B" w:rsidRPr="006967F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="246EFE14" w14:textId="6CAEC49F" w:rsidR="006B54FF" w:rsidRPr="002806E2" w:rsidRDefault="006B54FF" w:rsidP="0082280C">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:t xml:space="preserve">Resident </w:t>
+      </w:r>
+      <w:r w:rsidR="005760BA" w:rsidRPr="002806E2">
+        <w:t xml:space="preserve">Group </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Support</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="562A7DB5" w14:textId="2DB292A7" w:rsidR="006B54FF" w:rsidRPr="002806E2" w:rsidRDefault="006B54FF" w:rsidP="00EC5845">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Resident </w:t>
+      </w:r>
+      <w:r w:rsidR="00842664">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>roups</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002806E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are eligible to apply for:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CB214E" w14:textId="77777777" w:rsidR="006B54FF" w:rsidRPr="00AF414F" w:rsidRDefault="006B54FF" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="57"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="68E26420" w14:textId="77777777" w:rsidR="00D21F23" w:rsidRPr="00F7276E" w:rsidRDefault="00D21F23" w:rsidP="008F24D1">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Funds to cover costs for PO Box hire each financial year</w:t>
+      </w:r>
+      <w:r w:rsidR="0003712B" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C18425" w14:textId="20F8822B" w:rsidR="006B54FF" w:rsidRDefault="0003712B" w:rsidP="005912E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="57"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...110 lines deleted...]
-    <w:p w14:paraId="3AA4152C" w14:textId="1BD2A3E7" w:rsidR="00D21F23" w:rsidRPr="00EA2013" w:rsidRDefault="00D21F23" w:rsidP="00EA2013">
+        <w:spacing w:after="240"/>
+        <w:ind w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>A once-</w:t>
+      </w:r>
+      <w:r w:rsidR="006B54FF" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">off donation of $1,000 for the establishment of a </w:t>
+      </w:r>
+      <w:r w:rsidR="00842664">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="006B54FF" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esident </w:t>
+      </w:r>
+      <w:r w:rsidR="00842664">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>roup</w:t>
+      </w:r>
+      <w:r w:rsidR="006B54FF" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the purpose of a facility bond, float, signage, logo, st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>atione</w:t>
+      </w:r>
+      <w:r w:rsidR="006B54FF" w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ry</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF414F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10194636" w14:textId="7E743206" w:rsidR="008C6A84" w:rsidRDefault="008C6A84" w:rsidP="00842664">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:after="120"/>
-[...205 lines deleted...]
-      <w:r w:rsidR="00A019D5" w:rsidRPr="00F7276E">
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Toc224035242"/>
+      <w:r w:rsidRPr="002806E2">
+        <w:t>Funding Assistance for Resident Groups</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and Not For Profit Community Groups</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="5CD66F5A" w14:textId="77777777" w:rsidR="008C6A84" w:rsidRPr="008C6A84" w:rsidRDefault="008C6A84" w:rsidP="008C6A84"/>
+    <w:p w14:paraId="0905E6C5" w14:textId="77777777" w:rsidR="008C6A84" w:rsidRPr="008C6A84" w:rsidRDefault="008C6A84" w:rsidP="008C6A84">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t>Cockburn Community Insurance Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="131C190F" w14:textId="6A97FBD9" w:rsidR="009C512D" w:rsidRDefault="009C512D" w:rsidP="008C6A84">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C512D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C512D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Local resident groups and not-for-profit community groups are eligible to apply for insurance cover for Public Liability and Volunteer Accident under this program if the following conditions are met:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B10C2B9" w14:textId="095204C6" w:rsidR="008C6A84" w:rsidRPr="008C6A84" w:rsidRDefault="008C6A84" w:rsidP="008C6A84">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(a)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Demonstrate that they are a local </w:t>
+      </w:r>
+      <w:r w:rsidR="00842664" w:rsidRPr="00842664">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">resident group </w:t>
+      </w:r>
+      <w:r w:rsidR="00842664">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>not for profit community group</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...127 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D0B1E81" w14:textId="4DA2AC2B" w:rsidR="008C6A84" w:rsidRPr="008C6A84" w:rsidRDefault="008C6A84" w:rsidP="00842664">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(b)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">The group </w:t>
+      </w:r>
+      <w:r w:rsidR="00842664" w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>provides</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>community benefit to Cockburn residents and has no more than $10,000 in annual net profit generated from (a) core business or (b) donations or sponsorships for operational costs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E9E18E7" w14:textId="77777777" w:rsidR="008C6A84" w:rsidRPr="008C6A84" w:rsidRDefault="008C6A84" w:rsidP="00842664">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(c)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>The group does not have the option to affiliate to a peak body or state/national organisation with insurance provisions or can’t access insurance cover by other means.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="622E07D2" w14:textId="77777777" w:rsidR="008C6A84" w:rsidRDefault="008C6A84" w:rsidP="008C6A84">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(d)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>The group is not a religious body or a political interest group or party.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="435C6DD2" w14:textId="1CC6C560" w:rsidR="009C512D" w:rsidRPr="008C6A84" w:rsidRDefault="009C512D" w:rsidP="008C6A84">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009C512D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Conditions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="587DCE78" w14:textId="7545FE1E" w:rsidR="008C6A84" w:rsidRPr="008C6A84" w:rsidRDefault="008C6A84" w:rsidP="00842664">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(a)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Eligible </w:t>
+      </w:r>
+      <w:r w:rsidR="00842664">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esident </w:t>
+      </w:r>
+      <w:r w:rsidR="00842664">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">groups </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or community groups can apply for Public Liability and Volunteer Accident Insurance </w:t>
+      </w:r>
+      <w:r w:rsidR="006967F6" w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> up to $10 million, or up to $20 million where the organisation leases a City facility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D66BE50" w14:textId="77777777" w:rsidR="008C6A84" w:rsidRPr="008C6A84" w:rsidRDefault="008C6A84" w:rsidP="006967F6">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Individuals (Grants, Donations &amp; Sponsorships)’</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-2"/>
+        <w:t>(b)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>All applicants will need to accept the insurance coverage period from 1 October to 30 September annually.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="199FF269" w14:textId="77777777" w:rsidR="008C6A84" w:rsidRPr="008C6A84" w:rsidRDefault="008C6A84" w:rsidP="008C6A84">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(c)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>All applicants must complete an insurance application form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282356A0" w14:textId="685F9865" w:rsidR="008C6A84" w:rsidRPr="008C6A84" w:rsidRDefault="008C6A84" w:rsidP="006967F6">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(d)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">The applicant commits to notifying </w:t>
+      </w:r>
+      <w:r w:rsidR="006967F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">City of Cockburn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Community Development staff of any changes to information provided on the application form as well as any new events/activities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EBEFF9B" w14:textId="77777777" w:rsidR="008C6A84" w:rsidRPr="008C6A84" w:rsidRDefault="008C6A84" w:rsidP="006967F6">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(e)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>The applicant commits to reapplying and providing updated insurance information annually in July to ensure the City’s insurer has the correct information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF7A2A0" w14:textId="7D1DB889" w:rsidR="008C6A84" w:rsidRPr="008C6A84" w:rsidRDefault="008C6A84" w:rsidP="006967F6">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Participation of each </w:t>
+      </w:r>
+      <w:r w:rsidR="006967F6" w:rsidRPr="006967F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>resident group and not-for-profit community group</w:t>
+      </w:r>
+      <w:r w:rsidR="006967F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00654749" w:rsidRPr="00F7276E">
-[...5204 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:r w:rsidRPr="008C6A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>in the Cockburn Community Insurance Program will be reviewed annually by the City.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="008C6A84" w:rsidRPr="008C6A84" w:rsidSect="00046250">
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="1134" w:left="1418" w:header="709" w:footer="680" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="629E6B4D" w14:textId="77777777" w:rsidR="00443996" w:rsidRDefault="00443996" w:rsidP="0047552E">
+    <w:p w14:paraId="32247947" w14:textId="77777777" w:rsidR="00415190" w:rsidRDefault="00415190" w:rsidP="0047552E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CD857AE" w14:textId="77777777" w:rsidR="00443996" w:rsidRDefault="00443996" w:rsidP="0047552E">
+    <w:p w14:paraId="00B253DB" w14:textId="77777777" w:rsidR="00415190" w:rsidRDefault="00415190" w:rsidP="0047552E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="35363AE1" w14:textId="77777777" w:rsidR="008F24D1" w:rsidRDefault="008F24D1"/>
+    <w:p w14:paraId="5ED30D98" w14:textId="77777777" w:rsidR="00415190" w:rsidRDefault="00415190"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica LT Pro">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria Math">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1030180685"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7EF06C2F" w14:textId="1373180A" w:rsidR="00B75B67" w:rsidRDefault="00562957" w:rsidP="00663B6B">
+      <w:p w14:paraId="7EF06C2F" w14:textId="1373180A" w:rsidR="00B75B67" w:rsidRDefault="00000000" w:rsidP="00663B6B">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2B7F0993" w14:textId="77777777" w:rsidR="00B75B67" w:rsidRDefault="00B75B67">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="0047552E">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E3C760B" wp14:editId="00896EC6">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-37465</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9815830</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7919085" cy="2087880"/>
           <wp:effectExtent l="0" t="0" r="5715" b="7620"/>
           <wp:wrapNone/>
           <wp:docPr id="61" name="Picture 61"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -15542,132 +11986,132 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7919085" cy="2087880"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="29677322" w14:textId="2C9FFA45" w:rsidR="00663B6B" w:rsidRDefault="00663B6B" w:rsidP="00663B6B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="670455854"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="20CB4F62" w14:textId="77777777" w:rsidR="00663B6B" w:rsidRDefault="00663B6B" w:rsidP="00663B6B">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65C6FB44" w14:textId="77777777" w:rsidR="00443996" w:rsidRDefault="00443996" w:rsidP="0047552E">
+    <w:p w14:paraId="3C493433" w14:textId="77777777" w:rsidR="00415190" w:rsidRDefault="00415190" w:rsidP="0047552E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74FEEA39" w14:textId="77777777" w:rsidR="00443996" w:rsidRDefault="00443996" w:rsidP="0047552E">
+    <w:p w14:paraId="2AC50ED0" w14:textId="77777777" w:rsidR="00415190" w:rsidRDefault="00415190" w:rsidP="0047552E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="48EAFDE1" w14:textId="77777777" w:rsidR="008F24D1" w:rsidRDefault="008F24D1"/>
+    <w:p w14:paraId="0048A53F" w14:textId="77777777" w:rsidR="00415190" w:rsidRDefault="00415190"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6E8F9714" w14:textId="77777777" w:rsidR="00663B6B" w:rsidRDefault="00663B6B" w:rsidP="00663B6B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="0047552E">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C873B3D" wp14:editId="2AF87684">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>864235</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>449580</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2247840" cy="1231920"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="256" name="Picture 256"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -15966,68 +12410,68 @@
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="2D7A906E" w14:textId="77777777" w:rsidR="00663B6B" w:rsidRDefault="00663B6B" w:rsidP="00663B6B"/>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="478460ED" w14:textId="77777777" w:rsidR="00663B6B" w:rsidRDefault="00663B6B" w:rsidP="00663B6B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="34478D39" w14:textId="13B9841F" w:rsidR="00663B6B" w:rsidRPr="00663B6B" w:rsidRDefault="00663B6B" w:rsidP="00663B6B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7D0662E2" w14:textId="77777777" w:rsidR="00663B6B" w:rsidRDefault="00663B6B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="0047552E">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45BE1FC1" wp14:editId="5AB5991B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45BE1FC1" wp14:editId="019732E1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
-            <wp:posOffset>4578985</wp:posOffset>
+            <wp:posOffset>5188585</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>259080</wp:posOffset>
+            <wp:posOffset>116205</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2247840" cy="1231920"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="258" name="Picture 258"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
@@ -16053,94 +12497,97 @@
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="790C627F" w14:textId="77777777" w:rsidR="00663B6B" w:rsidRDefault="00663B6B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6B2B9FA4" w14:textId="77777777" w:rsidR="00663B6B" w:rsidRDefault="00663B6B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="03983A03" w14:textId="77777777" w:rsidR="00663B6B" w:rsidRDefault="00663B6B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="01F63A11" w14:textId="77777777" w:rsidR="00663B6B" w:rsidRDefault="00663B6B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="5E1E61C2" w14:textId="77777777" w:rsidR="00663B6B" w:rsidRPr="00FE594A" w:rsidRDefault="00663B6B" w:rsidP="005D2B01">
+  <w:p w14:paraId="5E1E61C2" w14:textId="26F7F02E" w:rsidR="00663B6B" w:rsidRPr="00FE594A" w:rsidRDefault="00663B6B" w:rsidP="005D2B01">
     <w:pPr>
       <w:ind w:left="-142" w:right="-170"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00FE594A">
+    <w:r w:rsidRPr="00DB604B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
-        <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>City of Cockburn Guidelines:</w:t>
+      <w:t>City of Cockburn Guidelines</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4E994989" w14:textId="77777777" w:rsidR="00663B6B" w:rsidRPr="00FE594A" w:rsidRDefault="00663B6B" w:rsidP="005D2B01">
+  <w:p w14:paraId="4E994989" w14:textId="77777777" w:rsidR="00663B6B" w:rsidRPr="002806E2" w:rsidRDefault="00663B6B" w:rsidP="00DB604B">
     <w:pPr>
+      <w:spacing w:before="240" w:after="240"/>
       <w:ind w:left="-142" w:right="-170"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00FE594A">
+    <w:r w:rsidRPr="002806E2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
-        <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="36"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:t>Community Funding for Community Organisations and Individuals</w:t>
     </w:r>
-    <w:r w:rsidRPr="00FE594A">
+    <w:r w:rsidRPr="002806E2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="36"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C4C8FBE" wp14:editId="5033590B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>7502525</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>101600</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="3693795" cy="532130"/>
               <wp:effectExtent l="0" t="0" r="0" b="1270"/>
               <wp:wrapNone/>
               <wp:docPr id="257" name="Text Box 257"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
@@ -16284,1079 +12731,1357 @@
                         <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                         <w:sz w:val="32"/>
                         <w:szCs w:val="32"/>
                       </w:rPr>
                       <w:t>Reserve Hire Application Form</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="7119D3AB" w14:textId="77777777" w:rsidR="00663B6B" w:rsidRDefault="00663B6B" w:rsidP="005D2B01"/>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="69A6F97D" w14:textId="77777777" w:rsidR="00663B6B" w:rsidRDefault="00663B6B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="46A56A7A" w14:textId="77777777" w:rsidR="00663B6B" w:rsidRPr="00663B6B" w:rsidRDefault="00663B6B" w:rsidP="00663B6B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:textHash int2:hashCode="m/C6mGJeQTWOW1" int2:id="0Hb8Q4cX">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
+    <int2:textHash int2:hashCode="a3GdK0Ai5jDpyi" int2:id="3guL6l0g">
+      <int2:state int2:value="Rejected" int2:type="spell"/>
+    </int2:textHash>
+    <int2:textHash int2:hashCode="hq1Jwh9RgTVmlB" int2:id="As84exEz">
+      <int2:state int2:value="Rejected" int2:type="spell"/>
+    </int2:textHash>
+    <int2:textHash int2:hashCode="pz2QIEqb0rZQkg" int2:id="E5e8mGMt">
+      <int2:state int2:value="Rejected" int2:type="spell"/>
+    </int2:textHash>
     <int2:textHash int2:hashCode="kv4UVae7TQCfC0" int2:id="KSSk8NBS">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
+    </int2:textHash>
+    <int2:textHash int2:hashCode="GtbVXC09SICXHL" int2:id="Nz93FNit">
+      <int2:state int2:value="Rejected" int2:type="spell"/>
+    </int2:textHash>
+    <int2:textHash int2:hashCode="YG2JUSNU02QhAV" int2:id="OBfb322F">
+      <int2:state int2:value="Rejected" int2:type="spell"/>
+    </int2:textHash>
+    <int2:textHash int2:hashCode="17ShXkmfgQoRN6" int2:id="PCkK8KZG">
+      <int2:state int2:value="Rejected" int2:type="spell"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="kByidkXaRxGvMx" int2:id="VcpakZsR">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="7CkJ0ZnUDROL6B" int2:id="k766YXHy">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
+    <int2:textHash int2:hashCode="dQXqG2YD0zDsVn" int2:id="kgD9PISs">
+      <int2:state int2:value="Rejected" int2:type="spell"/>
+    </int2:textHash>
     <int2:textHash int2:hashCode="M5hHsl50k8cv5I" int2:id="mvxmUUkJ">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
-    <int2:bookmark int2:bookmarkName="_Int_BE5YX5Xu" int2:invalidationBookmarkName="" int2:hashCode="RPAAGnGKjMrvA6" int2:id="ABzKbUHe">
-[...6 lines deleted...]
-      <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
+    <int2:textHash int2:hashCode="aZbq4xcXILUZRR" int2:id="rHJMORG6">
+      <int2:state int2:value="Rejected" int2:type="spell"/>
+    </int2:textHash>
+    <int2:textHash int2:hashCode="+pOqN1ZKhZqaJe" int2:id="yfkrsa9g">
+      <int2:state int2:value="Rejected" int2:type="spell"/>
+    </int2:textHash>
+    <int2:bookmark int2:bookmarkName="_Int_S5SqEzW9" int2:invalidationBookmarkName="" int2:hashCode="ur4wUOLoHf2HqM" int2:id="Fablyi2v">
+      <int2:state int2:value="Rejected" int2:type="gram"/>
     </int2:bookmark>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0170518C"/>
+    <w:nsid w:val="01915207"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="320E985C"/>
-    <w:lvl w:ilvl="0" w:tplc="2280E250">
+    <w:tmpl w:val="64848B2E"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01AE22E4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3A88CF84"/>
+    <w:lvl w:ilvl="0" w:tplc="0C09000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="11520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="12240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="12960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="13680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="14400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="15120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="15840" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="16560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="17280" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04CD52B4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0EF8A3A8"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0814270D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D3F01810"/>
+    <w:lvl w:ilvl="0" w:tplc="EB862AE0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="8280" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="02CC08BD"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09315050"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="93D01CD6"/>
-    <w:lvl w:ilvl="0" w:tplc="742E9280">
+    <w:tmpl w:val="CC24186E"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09E01A79"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9E8E28E6"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
-[...8 lines deleted...]
-        <w:ind w:left="4320" w:hanging="360"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0CF417E3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="301ABFE4"/>
+    <w:lvl w:ilvl="0" w:tplc="EB862AE0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...66 lines deleted...]
-        <w:b w:val="0"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...297 lines deleted...]
-    <w:nsid w:val="09EA12F3"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="127839C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="320E985C"/>
-    <w:lvl w:ilvl="0" w:tplc="2280E250">
+    <w:tmpl w:val="A0D0E476"/>
+    <w:lvl w:ilvl="0" w:tplc="EB862AE0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="8280" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0D4B2411"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="155A5ED0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="320E985C"/>
-    <w:lvl w:ilvl="0" w:tplc="2280E250">
+    <w:tmpl w:val="495A8F56"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="15C269B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A05467C0"/>
+    <w:lvl w:ilvl="0" w:tplc="0C09000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="222823B0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C42EBD62"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="231504C9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6458E740"/>
+    <w:lvl w:ilvl="0" w:tplc="EB862AE0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="8280" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0E7D0B6E"/>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B365EA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="08DC275C"/>
-    <w:lvl w:ilvl="0" w:tplc="742E9280">
+    <w:tmpl w:val="8D16F0AC"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="11576C7C"/>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2CED3D6F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="65BAE6C0"/>
+    <w:tmpl w:val="1F2C3D08"/>
     <w:lvl w:ilvl="0" w:tplc="EB862AE0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17398,165 +14123,261 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="139A39B0"/>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F90535D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A5B476CC"/>
-[...18 lines deleted...]
-      </w:rPr>
+    <w:tmpl w:val="B1AED5B4"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="16F03B70"/>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30072F39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F092BB76"/>
-[...2 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+    <w:tmpl w:val="4B101AA2"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b w:val="0"/>
-[...1 lines deleted...]
-        <w:color w:val="auto"/>
       </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3079597B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="14AEC292"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -17587,1046 +14408,836 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="17F017AF"/>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30FA23F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="12C2DCBA"/>
-[...12 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="C9FE9DDC">
+    <w:tmpl w:val="00DAF288"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="920E8686">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0C09000F">
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="0C090019">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...12 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1A1F4CE1"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="312F1FDE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="12C2DCBA"/>
-[...12 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="C9FE9DDC">
+    <w:tmpl w:val="99F84E30"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="920E8686">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0C09000F">
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="0C090019">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...12 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1EAB4475"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31EC636B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6A7222F4"/>
-    <w:lvl w:ilvl="0" w:tplc="742E9280">
+    <w:tmpl w:val="9C9C87DC"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...14 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1F41341F"/>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32134F79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="95F66FCA"/>
-    <w:lvl w:ilvl="0" w:tplc="742E9280">
+    <w:tmpl w:val="263C38CC"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...4 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="21E622F8"/>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32482595"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9378C7A4"/>
-    <w:lvl w:ilvl="0" w:tplc="742E9280">
+    <w:tmpl w:val="1C44D950"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="223C2358"/>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3436358F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="12C2DCBA"/>
-[...12 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="C9FE9DDC">
+    <w:tmpl w:val="FC9EE95A"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="920E8686">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0C09000F">
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="0C090019">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...12 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="23314487"/>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="350D687B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="93D01CD6"/>
-    <w:lvl w:ilvl="0" w:tplc="742E9280">
+    <w:tmpl w:val="F44CB244"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-[...11 lines deleted...]
-        </w:tabs>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38043390"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AF64FFCE"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...143 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="261F3CF5"/>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3A1860A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3D706ACA"/>
-    <w:lvl w:ilvl="0" w:tplc="742E9280">
+    <w:tmpl w:val="DBCA8D46"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="270B16D4"/>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C8274D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1E74A224"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="1FDC808A"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18657,1947 +15268,395 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2874208B"/>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40455485"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="95F66FCA"/>
-    <w:lvl w:ilvl="0" w:tplc="742E9280">
+    <w:tmpl w:val="93CCA604"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...4 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="28D65383"/>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40E3135C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="95F66FCA"/>
-    <w:lvl w:ilvl="0" w:tplc="742E9280">
+    <w:tmpl w:val="B318317A"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...4 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="290A1CBD"/>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41511398"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="12C2DCBA"/>
-[...12 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="C9FE9DDC">
+    <w:tmpl w:val="E4F8A618"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="920E8686">
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0C09000F">
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="0C090019">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...12 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="298F112B"/>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43F262CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="95F66FCA"/>
-    <w:lvl w:ilvl="0" w:tplc="742E9280">
+    <w:tmpl w:val="CDCC8862"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...4 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="180"/>
-[...367 lines deleted...]
-        <w:ind w:left="7560" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="310E278E"/>
-[...1157 lines deleted...]
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="473B6D04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28EEA1AA"/>
     <w:lvl w:ilvl="0" w:tplc="9168D31C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="BulletPoints"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -20667,270 +15726,1171 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="48E82073"/>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48B50725"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="08DC275C"/>
-    <w:lvl w:ilvl="0" w:tplc="742E9280">
+    <w:tmpl w:val="76B0AC6E"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="0C090019">
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="49B852F2"/>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E16605F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="95F66FCA"/>
-    <w:lvl w:ilvl="0" w:tplc="742E9280">
+    <w:tmpl w:val="D97E785E"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...4 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4A544D5B"/>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E265871"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D566600A"/>
-    <w:lvl w:ilvl="0" w:tplc="52726914">
+    <w:tmpl w:val="7C74009C"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50715613"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AB705AFA"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53D2589E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF7ED36E"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="598E72AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="17C8B020"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A88563B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CE7AD612"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B661636"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="901C2E78"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CA90087"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B900B59C"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D2D630A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A5961794"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5DBA70FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="32486EFE"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F0D4EF0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2BA49E30"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F285ECE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B0B45ADA"/>
+    <w:lvl w:ilvl="0" w:tplc="EB862AE0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="895E507C">
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="(%3)"/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0C09000F">
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
@@ -20941,58 +16901,601 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="610C4790"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="480A17CC"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62800212"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="21A4D98E"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4BDE45DA"/>
+    <w:nsid w:val="62936455"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1E74A224"/>
-    <w:lvl w:ilvl="0" w:tplc="0C09000F">
+    <w:tmpl w:val="9098B546"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6585653C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EF0C5A94"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68DD38AF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A05467C0"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70540D7E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7796140A"/>
+    <w:lvl w:ilvl="0" w:tplc="2ACE802C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72A915A7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ADA62620"/>
+    <w:lvl w:ilvl="0" w:tplc="EB862AE0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
@@ -21030,4089 +17533,1625 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4C5F16D0"/>
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73C46437"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C784A57C"/>
-    <w:lvl w:ilvl="0" w:tplc="742E9280">
+    <w:tmpl w:val="CA54891A"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4E845FFF"/>
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77C45AAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="95F66FCA"/>
-    <w:lvl w:ilvl="0" w:tplc="742E9280">
+    <w:tmpl w:val="9C6C5776"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...4 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="510278AE"/>
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77C81531"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="95F66FCA"/>
-    <w:lvl w:ilvl="0" w:tplc="742E9280">
+    <w:tmpl w:val="80220918"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...4 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="517E174E"/>
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78077A71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="12C2DCBA"/>
-    <w:lvl w:ilvl="0" w:tplc="73F4DB76">
+    <w:tmpl w:val="7272092C"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B12243F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9D8EE2D6"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
-[...2 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7BBE6E4F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="426EE2A4"/>
+    <w:lvl w:ilvl="0" w:tplc="341C9E1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7CCF6658"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0A12CE2E"/>
+    <w:lvl w:ilvl="0" w:tplc="CD8E446E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FEA0A53"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87F8B132"/>
+    <w:lvl w:ilvl="0" w:tplc="EB862AE0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="C9FE9DDC">
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="920E8686">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0C09000F">
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="0C090019">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...12 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
-[...90 lines deleted...]
-      <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
-      </w:pPr>
-[...2978 lines deleted...]
-        <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="638534727">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="558710289">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="238946132">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1047140898">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2006081727">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1124227391">
+    <w:abstractNumId w:val="58"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="731460855">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="37442350">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1384870511">
-    <w:abstractNumId w:val="82"/>
+  <w:num w:numId="9" w16cid:durableId="716979001">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1943611584">
+  <w:num w:numId="10" w16cid:durableId="1368022295">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1606032230">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1796678931">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="673264692">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="248658276">
+    <w:abstractNumId w:val="55"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1196893640">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="2103603139">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1534153368">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1409426793">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1954172972">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="150222636">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1445543185">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1127747014">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="365642735">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="7490919">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1870097654">
+    <w:abstractNumId w:val="54"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="715665953">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="22828828">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="2105832193">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="2039428093">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1053848557">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="984310771">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="936401384">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1720015222">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1719234264">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1457017707">
+    <w:abstractNumId w:val="59"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1467813804">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="869418705">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1539245615">
+    <w:abstractNumId w:val="57"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="591428587">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="721175755">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="661932078">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="41950155">
+    <w:abstractNumId w:val="56"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1205949395">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="230579337">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="950547685">
+    <w:abstractNumId w:val="52"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="1313750448">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="1473907433">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="668681458">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="1136725957">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="36786250">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="51" w16cid:durableId="1009066203">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="52" w16cid:durableId="76633117">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1939674593">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="53" w16cid:durableId="1398242136">
+    <w:abstractNumId w:val="49"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="130751645">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="54" w16cid:durableId="316689043">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="504515741">
-    <w:abstractNumId w:val="83"/>
+  <w:num w:numId="55" w16cid:durableId="78253355">
+    <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1912159844">
-[...8 lines deleted...]
-  <w:num w:numId="10" w16cid:durableId="949320681">
+  <w:num w:numId="56" w16cid:durableId="712316394">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="462238340">
-    <w:abstractNumId w:val="31"/>
+  <w:num w:numId="57" w16cid:durableId="1872844297">
+    <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1925799728">
-[...53 lines deleted...]
-  <w:num w:numId="30" w16cid:durableId="1165635370">
+  <w:num w:numId="58" w16cid:durableId="564951634">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="708527706">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="59" w16cid:durableId="1472140396">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="1784691985">
-[...23 lines deleted...]
-  <w:num w:numId="40" w16cid:durableId="357313802">
+  <w:num w:numId="60" w16cid:durableId="546450959">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="517668989">
-[...134 lines deleted...]
-  <w:numIdMacAtCleanup w:val="84"/>
+  <w:numIdMacAtCleanup w:val="57"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0047552E"/>
     <w:rsid w:val="00013AD9"/>
     <w:rsid w:val="00031904"/>
+    <w:rsid w:val="00035680"/>
     <w:rsid w:val="0003712B"/>
+    <w:rsid w:val="00037ACC"/>
     <w:rsid w:val="00040E24"/>
+    <w:rsid w:val="0004380F"/>
     <w:rsid w:val="00046250"/>
     <w:rsid w:val="00053646"/>
+    <w:rsid w:val="00071D89"/>
     <w:rsid w:val="00084E0A"/>
+    <w:rsid w:val="0009247D"/>
+    <w:rsid w:val="000A16AC"/>
+    <w:rsid w:val="000A1CFD"/>
     <w:rsid w:val="000A323E"/>
     <w:rsid w:val="000A3548"/>
     <w:rsid w:val="000A4757"/>
     <w:rsid w:val="000B3E07"/>
     <w:rsid w:val="000E397E"/>
     <w:rsid w:val="00105549"/>
     <w:rsid w:val="00112C2B"/>
+    <w:rsid w:val="00116971"/>
     <w:rsid w:val="00121E85"/>
     <w:rsid w:val="001430CA"/>
+    <w:rsid w:val="00143EEF"/>
     <w:rsid w:val="0018075C"/>
     <w:rsid w:val="00183621"/>
     <w:rsid w:val="00193077"/>
     <w:rsid w:val="001C2D22"/>
+    <w:rsid w:val="001E4AF7"/>
     <w:rsid w:val="001F2E1C"/>
     <w:rsid w:val="001F3697"/>
     <w:rsid w:val="001F631F"/>
+    <w:rsid w:val="00206C29"/>
+    <w:rsid w:val="00207DB7"/>
     <w:rsid w:val="00224C43"/>
     <w:rsid w:val="00227CD1"/>
     <w:rsid w:val="00263930"/>
     <w:rsid w:val="00271110"/>
+    <w:rsid w:val="002806E2"/>
     <w:rsid w:val="00281724"/>
     <w:rsid w:val="00283879"/>
     <w:rsid w:val="00285C2C"/>
+    <w:rsid w:val="002D2A64"/>
     <w:rsid w:val="002D6B32"/>
     <w:rsid w:val="002E65DD"/>
     <w:rsid w:val="002F08D5"/>
     <w:rsid w:val="002F18F9"/>
     <w:rsid w:val="002F40F7"/>
     <w:rsid w:val="00301E0C"/>
     <w:rsid w:val="003029F3"/>
+    <w:rsid w:val="00304CC9"/>
     <w:rsid w:val="0030682B"/>
     <w:rsid w:val="00312005"/>
     <w:rsid w:val="003138AA"/>
     <w:rsid w:val="0036351A"/>
     <w:rsid w:val="00371995"/>
     <w:rsid w:val="00372D90"/>
     <w:rsid w:val="00383FE5"/>
     <w:rsid w:val="00391640"/>
     <w:rsid w:val="00392E38"/>
     <w:rsid w:val="003B038B"/>
     <w:rsid w:val="003D22E9"/>
+    <w:rsid w:val="0040179D"/>
     <w:rsid w:val="0040246B"/>
+    <w:rsid w:val="00415190"/>
+    <w:rsid w:val="00432EDA"/>
     <w:rsid w:val="00443996"/>
+    <w:rsid w:val="00452088"/>
     <w:rsid w:val="00457B4E"/>
     <w:rsid w:val="0047552E"/>
+    <w:rsid w:val="00477A5B"/>
+    <w:rsid w:val="00497973"/>
+    <w:rsid w:val="004B235B"/>
     <w:rsid w:val="004B7772"/>
+    <w:rsid w:val="004C55A8"/>
+    <w:rsid w:val="004D0442"/>
     <w:rsid w:val="004D32FE"/>
+    <w:rsid w:val="004D4DD9"/>
+    <w:rsid w:val="004E3C17"/>
+    <w:rsid w:val="00520EC3"/>
+    <w:rsid w:val="0053052D"/>
     <w:rsid w:val="00552091"/>
     <w:rsid w:val="00562957"/>
+    <w:rsid w:val="00567BF8"/>
+    <w:rsid w:val="005760BA"/>
+    <w:rsid w:val="005912E5"/>
+    <w:rsid w:val="005B75C0"/>
     <w:rsid w:val="005D2B01"/>
+    <w:rsid w:val="005D6AD9"/>
     <w:rsid w:val="005E30BB"/>
     <w:rsid w:val="00601080"/>
     <w:rsid w:val="00603766"/>
     <w:rsid w:val="00603BA3"/>
     <w:rsid w:val="006054D1"/>
     <w:rsid w:val="006272BA"/>
+    <w:rsid w:val="00627B3B"/>
+    <w:rsid w:val="00634CA7"/>
     <w:rsid w:val="0064328B"/>
     <w:rsid w:val="00652B8C"/>
     <w:rsid w:val="00654749"/>
+    <w:rsid w:val="00662450"/>
     <w:rsid w:val="00663B6B"/>
     <w:rsid w:val="00664A02"/>
     <w:rsid w:val="00677CA3"/>
     <w:rsid w:val="00686212"/>
     <w:rsid w:val="006917A9"/>
+    <w:rsid w:val="006967F6"/>
     <w:rsid w:val="00696C54"/>
     <w:rsid w:val="006A44DA"/>
     <w:rsid w:val="006A766F"/>
     <w:rsid w:val="006B54FF"/>
     <w:rsid w:val="006C1BD6"/>
     <w:rsid w:val="006C29A2"/>
     <w:rsid w:val="006E64FB"/>
+    <w:rsid w:val="007055FE"/>
+    <w:rsid w:val="0070794D"/>
     <w:rsid w:val="00712547"/>
     <w:rsid w:val="00726A18"/>
     <w:rsid w:val="007416DB"/>
     <w:rsid w:val="0074265B"/>
     <w:rsid w:val="00743DF2"/>
     <w:rsid w:val="0078517F"/>
     <w:rsid w:val="007854D3"/>
     <w:rsid w:val="00792307"/>
     <w:rsid w:val="007A168A"/>
     <w:rsid w:val="007B784F"/>
     <w:rsid w:val="007D172D"/>
     <w:rsid w:val="007E1D32"/>
     <w:rsid w:val="007E7E47"/>
     <w:rsid w:val="00807F8F"/>
+    <w:rsid w:val="00812EF4"/>
     <w:rsid w:val="00820D64"/>
+    <w:rsid w:val="0082280C"/>
     <w:rsid w:val="00825189"/>
     <w:rsid w:val="00834C85"/>
+    <w:rsid w:val="00842664"/>
     <w:rsid w:val="00861882"/>
     <w:rsid w:val="00861990"/>
+    <w:rsid w:val="00861A39"/>
     <w:rsid w:val="00867577"/>
     <w:rsid w:val="00881C6A"/>
     <w:rsid w:val="008A00C4"/>
     <w:rsid w:val="008C38B4"/>
     <w:rsid w:val="008C4977"/>
+    <w:rsid w:val="008C6A84"/>
     <w:rsid w:val="008C7C03"/>
     <w:rsid w:val="008D6AE2"/>
     <w:rsid w:val="008D7469"/>
     <w:rsid w:val="008F24D1"/>
     <w:rsid w:val="00914DCF"/>
+    <w:rsid w:val="00917357"/>
+    <w:rsid w:val="0092584E"/>
     <w:rsid w:val="00935CD5"/>
     <w:rsid w:val="0094280C"/>
     <w:rsid w:val="00947E39"/>
     <w:rsid w:val="00977B22"/>
     <w:rsid w:val="00982FFB"/>
     <w:rsid w:val="0099407B"/>
     <w:rsid w:val="009951BE"/>
+    <w:rsid w:val="009A1010"/>
+    <w:rsid w:val="009B4FDD"/>
     <w:rsid w:val="009C354E"/>
+    <w:rsid w:val="009C512D"/>
     <w:rsid w:val="009E2B92"/>
     <w:rsid w:val="00A019D5"/>
     <w:rsid w:val="00A041F8"/>
     <w:rsid w:val="00A2451C"/>
     <w:rsid w:val="00A805A5"/>
     <w:rsid w:val="00A841D2"/>
     <w:rsid w:val="00A97B04"/>
+    <w:rsid w:val="00AA1DA1"/>
     <w:rsid w:val="00AB5926"/>
+    <w:rsid w:val="00AD65EF"/>
     <w:rsid w:val="00AE0EC6"/>
+    <w:rsid w:val="00AE102E"/>
     <w:rsid w:val="00AF164F"/>
+    <w:rsid w:val="00AF414F"/>
     <w:rsid w:val="00AF66BE"/>
+    <w:rsid w:val="00B42D8F"/>
+    <w:rsid w:val="00B42F7B"/>
     <w:rsid w:val="00B60A73"/>
     <w:rsid w:val="00B7183A"/>
+    <w:rsid w:val="00B7454B"/>
     <w:rsid w:val="00B75B67"/>
+    <w:rsid w:val="00B80D7F"/>
     <w:rsid w:val="00B8745E"/>
     <w:rsid w:val="00B9621B"/>
     <w:rsid w:val="00BC1CAE"/>
     <w:rsid w:val="00BD17F6"/>
     <w:rsid w:val="00C12CCD"/>
     <w:rsid w:val="00C16386"/>
     <w:rsid w:val="00C17152"/>
     <w:rsid w:val="00C248A8"/>
     <w:rsid w:val="00C47F74"/>
+    <w:rsid w:val="00C5324A"/>
     <w:rsid w:val="00C70273"/>
+    <w:rsid w:val="00C77DFE"/>
     <w:rsid w:val="00CA2B53"/>
     <w:rsid w:val="00CA39FF"/>
     <w:rsid w:val="00CA6172"/>
     <w:rsid w:val="00CC0832"/>
+    <w:rsid w:val="00CD6C90"/>
     <w:rsid w:val="00CD7A6B"/>
     <w:rsid w:val="00CD7B5F"/>
+    <w:rsid w:val="00CF140D"/>
     <w:rsid w:val="00D021C8"/>
     <w:rsid w:val="00D21F23"/>
     <w:rsid w:val="00D302AB"/>
+    <w:rsid w:val="00D326C0"/>
+    <w:rsid w:val="00D350F4"/>
     <w:rsid w:val="00D5320C"/>
     <w:rsid w:val="00D67FEF"/>
     <w:rsid w:val="00D81342"/>
     <w:rsid w:val="00D87983"/>
     <w:rsid w:val="00DA42CE"/>
+    <w:rsid w:val="00DB604B"/>
     <w:rsid w:val="00DC2990"/>
     <w:rsid w:val="00DD2730"/>
+    <w:rsid w:val="00DD471B"/>
     <w:rsid w:val="00DD4C94"/>
     <w:rsid w:val="00DF38C1"/>
     <w:rsid w:val="00DF7F27"/>
+    <w:rsid w:val="00E047DC"/>
+    <w:rsid w:val="00E0602D"/>
     <w:rsid w:val="00E0788E"/>
     <w:rsid w:val="00E23CAE"/>
     <w:rsid w:val="00E30669"/>
     <w:rsid w:val="00E339BF"/>
+    <w:rsid w:val="00E34ED8"/>
     <w:rsid w:val="00E36ABD"/>
     <w:rsid w:val="00E46F24"/>
     <w:rsid w:val="00E5127A"/>
     <w:rsid w:val="00E577DA"/>
     <w:rsid w:val="00E65CA1"/>
+    <w:rsid w:val="00E76EBD"/>
     <w:rsid w:val="00E866ED"/>
+    <w:rsid w:val="00E9261C"/>
+    <w:rsid w:val="00E94BEA"/>
     <w:rsid w:val="00E95913"/>
     <w:rsid w:val="00EA2013"/>
+    <w:rsid w:val="00EC5845"/>
     <w:rsid w:val="00EF0080"/>
     <w:rsid w:val="00F01FB0"/>
     <w:rsid w:val="00F0657B"/>
     <w:rsid w:val="00F07E7B"/>
     <w:rsid w:val="00F22CD8"/>
     <w:rsid w:val="00F24082"/>
     <w:rsid w:val="00F36E3E"/>
     <w:rsid w:val="00F53D63"/>
+    <w:rsid w:val="00F649FD"/>
     <w:rsid w:val="00F7276E"/>
     <w:rsid w:val="00F87CA7"/>
+    <w:rsid w:val="00F90C09"/>
     <w:rsid w:val="00F940BE"/>
     <w:rsid w:val="00FC199F"/>
+    <w:rsid w:val="00FC3B4C"/>
+    <w:rsid w:val="00FD2F4A"/>
     <w:rsid w:val="00FE090E"/>
     <w:rsid w:val="00FE594A"/>
+    <w:rsid w:val="0104E532"/>
+    <w:rsid w:val="015E416E"/>
+    <w:rsid w:val="019E7CC8"/>
     <w:rsid w:val="01B98A3A"/>
     <w:rsid w:val="0223BA79"/>
+    <w:rsid w:val="027BAF74"/>
     <w:rsid w:val="02A6BE7E"/>
+    <w:rsid w:val="0304C4DD"/>
+    <w:rsid w:val="031884CB"/>
+    <w:rsid w:val="036D08F8"/>
     <w:rsid w:val="03820630"/>
     <w:rsid w:val="04710D70"/>
+    <w:rsid w:val="04AFE8E3"/>
+    <w:rsid w:val="04D2CFAD"/>
+    <w:rsid w:val="050F1E41"/>
+    <w:rsid w:val="058AE294"/>
+    <w:rsid w:val="059CCF8E"/>
+    <w:rsid w:val="05B32927"/>
+    <w:rsid w:val="06675ACC"/>
     <w:rsid w:val="06C148CD"/>
+    <w:rsid w:val="06F38E90"/>
+    <w:rsid w:val="06FC59C6"/>
+    <w:rsid w:val="072B062E"/>
+    <w:rsid w:val="072E7576"/>
+    <w:rsid w:val="07335C63"/>
+    <w:rsid w:val="073E6444"/>
+    <w:rsid w:val="075C4542"/>
     <w:rsid w:val="078782CE"/>
     <w:rsid w:val="078EDBFF"/>
+    <w:rsid w:val="0795C2E0"/>
+    <w:rsid w:val="07B830A8"/>
+    <w:rsid w:val="087F0182"/>
     <w:rsid w:val="091F2828"/>
     <w:rsid w:val="09E33D96"/>
+    <w:rsid w:val="0B921317"/>
+    <w:rsid w:val="0BEFCAD3"/>
+    <w:rsid w:val="0C40BF57"/>
+    <w:rsid w:val="0C89516F"/>
+    <w:rsid w:val="0CCA4485"/>
+    <w:rsid w:val="0CE1DF1B"/>
+    <w:rsid w:val="0D537EBA"/>
+    <w:rsid w:val="0D561191"/>
+    <w:rsid w:val="0DA0F30B"/>
+    <w:rsid w:val="0E17C1A6"/>
+    <w:rsid w:val="0E236295"/>
+    <w:rsid w:val="0E7D9BB1"/>
+    <w:rsid w:val="0EE2A9F0"/>
     <w:rsid w:val="0F8069F6"/>
     <w:rsid w:val="0FE91CD3"/>
+    <w:rsid w:val="10207F74"/>
+    <w:rsid w:val="108D6693"/>
+    <w:rsid w:val="10F424BB"/>
+    <w:rsid w:val="11205091"/>
+    <w:rsid w:val="114A47CB"/>
+    <w:rsid w:val="117F26CE"/>
+    <w:rsid w:val="11E74864"/>
     <w:rsid w:val="11EC8614"/>
     <w:rsid w:val="12F328A8"/>
+    <w:rsid w:val="13E16963"/>
+    <w:rsid w:val="141AB1C7"/>
     <w:rsid w:val="14B96CE0"/>
+    <w:rsid w:val="1519896A"/>
     <w:rsid w:val="1547B614"/>
     <w:rsid w:val="15D0F8C1"/>
+    <w:rsid w:val="163120F8"/>
+    <w:rsid w:val="166B4793"/>
+    <w:rsid w:val="16917719"/>
+    <w:rsid w:val="16CE5076"/>
+    <w:rsid w:val="1703437D"/>
+    <w:rsid w:val="17A2EC69"/>
+    <w:rsid w:val="195C7CD0"/>
+    <w:rsid w:val="1985FFFF"/>
+    <w:rsid w:val="198C2E91"/>
+    <w:rsid w:val="19BB90CF"/>
+    <w:rsid w:val="19E81C93"/>
+    <w:rsid w:val="1A0CC223"/>
+    <w:rsid w:val="1A4707C1"/>
     <w:rsid w:val="1A4A17A7"/>
+    <w:rsid w:val="1ACB3F92"/>
+    <w:rsid w:val="1ACCE8B8"/>
+    <w:rsid w:val="1AFBC197"/>
+    <w:rsid w:val="1B0AAD5C"/>
+    <w:rsid w:val="1BE5E0D9"/>
+    <w:rsid w:val="1C232F42"/>
     <w:rsid w:val="1C6DD220"/>
+    <w:rsid w:val="1C920A31"/>
+    <w:rsid w:val="1E30D194"/>
+    <w:rsid w:val="1EAA3A91"/>
     <w:rsid w:val="20314803"/>
+    <w:rsid w:val="20329358"/>
     <w:rsid w:val="204C86F4"/>
     <w:rsid w:val="21467EC2"/>
+    <w:rsid w:val="217177CC"/>
+    <w:rsid w:val="219E7228"/>
+    <w:rsid w:val="223B6538"/>
+    <w:rsid w:val="227C55A9"/>
+    <w:rsid w:val="22E2C94B"/>
+    <w:rsid w:val="22E4BB8F"/>
+    <w:rsid w:val="22F5FCE1"/>
+    <w:rsid w:val="2356D40C"/>
     <w:rsid w:val="23AEEB9B"/>
     <w:rsid w:val="24D5E7CB"/>
+    <w:rsid w:val="253AB4B4"/>
     <w:rsid w:val="25C4FB6D"/>
     <w:rsid w:val="264C9F66"/>
     <w:rsid w:val="269B02E2"/>
+    <w:rsid w:val="26AB971D"/>
     <w:rsid w:val="273E9C37"/>
+    <w:rsid w:val="273FA5D6"/>
+    <w:rsid w:val="278F60E1"/>
+    <w:rsid w:val="27C4BEEB"/>
+    <w:rsid w:val="282BCA74"/>
+    <w:rsid w:val="292B9E46"/>
     <w:rsid w:val="296B00C8"/>
+    <w:rsid w:val="2A0F0C3C"/>
+    <w:rsid w:val="2A579FB9"/>
+    <w:rsid w:val="2A911923"/>
     <w:rsid w:val="2A9DD8BE"/>
     <w:rsid w:val="2AE69F20"/>
+    <w:rsid w:val="2BB682DE"/>
     <w:rsid w:val="2C0A244B"/>
+    <w:rsid w:val="2C72FB05"/>
     <w:rsid w:val="2C90E517"/>
+    <w:rsid w:val="2CC46A62"/>
+    <w:rsid w:val="2CC948C9"/>
+    <w:rsid w:val="2CE9C22E"/>
+    <w:rsid w:val="2D09FFD9"/>
+    <w:rsid w:val="2D0EC36E"/>
     <w:rsid w:val="2D11763F"/>
+    <w:rsid w:val="2DA9FAE7"/>
+    <w:rsid w:val="2E43FE11"/>
     <w:rsid w:val="302211BF"/>
+    <w:rsid w:val="302CC7B5"/>
+    <w:rsid w:val="30992FB2"/>
+    <w:rsid w:val="309CF5AB"/>
+    <w:rsid w:val="30EC3A95"/>
+    <w:rsid w:val="3131A8FD"/>
+    <w:rsid w:val="3135FFE1"/>
+    <w:rsid w:val="31EFBE0A"/>
     <w:rsid w:val="326D4BF3"/>
+    <w:rsid w:val="32796E51"/>
+    <w:rsid w:val="32ADF4F2"/>
+    <w:rsid w:val="32D264F6"/>
     <w:rsid w:val="32E26D89"/>
+    <w:rsid w:val="33588734"/>
+    <w:rsid w:val="342054B3"/>
     <w:rsid w:val="34916FA2"/>
+    <w:rsid w:val="34B25A01"/>
     <w:rsid w:val="35256567"/>
+    <w:rsid w:val="353F4043"/>
+    <w:rsid w:val="3565136A"/>
     <w:rsid w:val="3568B3F6"/>
+    <w:rsid w:val="36BEF5CB"/>
+    <w:rsid w:val="36F8EFFC"/>
     <w:rsid w:val="378CF51D"/>
+    <w:rsid w:val="37A89942"/>
     <w:rsid w:val="386D35D4"/>
+    <w:rsid w:val="3883C2C8"/>
+    <w:rsid w:val="38A3343D"/>
+    <w:rsid w:val="38B24155"/>
     <w:rsid w:val="38E7E81C"/>
+    <w:rsid w:val="3931067A"/>
+    <w:rsid w:val="39BF2BE8"/>
+    <w:rsid w:val="39DBC415"/>
+    <w:rsid w:val="3A704917"/>
+    <w:rsid w:val="3AC66F13"/>
+    <w:rsid w:val="3B5091AB"/>
     <w:rsid w:val="3B887C0E"/>
+    <w:rsid w:val="3C043E50"/>
+    <w:rsid w:val="3C774160"/>
+    <w:rsid w:val="3C94AC62"/>
+    <w:rsid w:val="3D116637"/>
     <w:rsid w:val="3D3D44D6"/>
+    <w:rsid w:val="3DBC3A0C"/>
+    <w:rsid w:val="3E551434"/>
+    <w:rsid w:val="3E7394FB"/>
     <w:rsid w:val="3EA35A5A"/>
+    <w:rsid w:val="407777F6"/>
+    <w:rsid w:val="412C377D"/>
+    <w:rsid w:val="415F4EF7"/>
     <w:rsid w:val="41FF2B78"/>
+    <w:rsid w:val="42050924"/>
+    <w:rsid w:val="427D26D4"/>
+    <w:rsid w:val="42A261D8"/>
     <w:rsid w:val="42E3CE2C"/>
+    <w:rsid w:val="4350486B"/>
+    <w:rsid w:val="4401E0EB"/>
+    <w:rsid w:val="441A487A"/>
+    <w:rsid w:val="445989C3"/>
     <w:rsid w:val="446ACAFB"/>
+    <w:rsid w:val="4473B94D"/>
     <w:rsid w:val="44C2144C"/>
+    <w:rsid w:val="45B65D6D"/>
     <w:rsid w:val="461F33B1"/>
+    <w:rsid w:val="46EFF069"/>
+    <w:rsid w:val="46FF688F"/>
+    <w:rsid w:val="477377D8"/>
+    <w:rsid w:val="47EDEA8B"/>
+    <w:rsid w:val="483E6B29"/>
     <w:rsid w:val="4890E29A"/>
     <w:rsid w:val="48AD4B9C"/>
+    <w:rsid w:val="48BA0978"/>
+    <w:rsid w:val="49885693"/>
     <w:rsid w:val="4A00BE92"/>
+    <w:rsid w:val="4A3B85F2"/>
+    <w:rsid w:val="4ABF0C98"/>
+    <w:rsid w:val="4ADD2995"/>
+    <w:rsid w:val="4B6FC0CD"/>
+    <w:rsid w:val="4BD8494C"/>
+    <w:rsid w:val="4CBD1174"/>
+    <w:rsid w:val="4CC94F1C"/>
+    <w:rsid w:val="4D0C8282"/>
+    <w:rsid w:val="4D6FC0EC"/>
     <w:rsid w:val="4D927E71"/>
     <w:rsid w:val="4E27A49E"/>
+    <w:rsid w:val="4E3C6B50"/>
     <w:rsid w:val="4E85BDA9"/>
+    <w:rsid w:val="4EAA3809"/>
     <w:rsid w:val="4F2EF69A"/>
+    <w:rsid w:val="4F3B657D"/>
+    <w:rsid w:val="50AABA8B"/>
+    <w:rsid w:val="514D955E"/>
     <w:rsid w:val="518FBF03"/>
+    <w:rsid w:val="51A9B069"/>
+    <w:rsid w:val="51CEC2A6"/>
+    <w:rsid w:val="51ECC790"/>
+    <w:rsid w:val="51F63587"/>
+    <w:rsid w:val="524568C3"/>
+    <w:rsid w:val="526F93B7"/>
+    <w:rsid w:val="533E2819"/>
+    <w:rsid w:val="53529621"/>
     <w:rsid w:val="53EE9119"/>
+    <w:rsid w:val="54726B10"/>
+    <w:rsid w:val="54ACE7C0"/>
+    <w:rsid w:val="54D75BFF"/>
     <w:rsid w:val="550733C7"/>
     <w:rsid w:val="5510251D"/>
+    <w:rsid w:val="551C0571"/>
+    <w:rsid w:val="5566762D"/>
     <w:rsid w:val="562907D6"/>
+    <w:rsid w:val="565EEBE5"/>
+    <w:rsid w:val="569433B1"/>
+    <w:rsid w:val="56E76BA7"/>
+    <w:rsid w:val="578AF9A7"/>
+    <w:rsid w:val="57C66E72"/>
     <w:rsid w:val="5872DB61"/>
+    <w:rsid w:val="593A059A"/>
     <w:rsid w:val="5A2F2D8C"/>
+    <w:rsid w:val="5A55E407"/>
+    <w:rsid w:val="5A98F28C"/>
     <w:rsid w:val="5ABD5F54"/>
+    <w:rsid w:val="5AD9D6A4"/>
+    <w:rsid w:val="5B3E6FE8"/>
+    <w:rsid w:val="5C17F223"/>
+    <w:rsid w:val="5C27BE6D"/>
     <w:rsid w:val="5C53BFE8"/>
+    <w:rsid w:val="5D0E9A2E"/>
     <w:rsid w:val="5DCD65D9"/>
+    <w:rsid w:val="5DFEB275"/>
+    <w:rsid w:val="5E4F8520"/>
+    <w:rsid w:val="5E5546C4"/>
+    <w:rsid w:val="5E8147D2"/>
+    <w:rsid w:val="5E99697D"/>
+    <w:rsid w:val="6009C2CE"/>
+    <w:rsid w:val="60F950CF"/>
+    <w:rsid w:val="61C1DD54"/>
     <w:rsid w:val="61EDF74A"/>
+    <w:rsid w:val="6213AB8D"/>
+    <w:rsid w:val="622EEABC"/>
     <w:rsid w:val="625F60FC"/>
+    <w:rsid w:val="62B4B562"/>
     <w:rsid w:val="6349021D"/>
     <w:rsid w:val="63853901"/>
+    <w:rsid w:val="64088DBB"/>
+    <w:rsid w:val="641037CF"/>
     <w:rsid w:val="646C67B1"/>
+    <w:rsid w:val="6479FB96"/>
     <w:rsid w:val="64E0E427"/>
     <w:rsid w:val="64F0F281"/>
+    <w:rsid w:val="65EED736"/>
     <w:rsid w:val="660C5099"/>
+    <w:rsid w:val="661A4068"/>
+    <w:rsid w:val="663A31B3"/>
+    <w:rsid w:val="67C22115"/>
+    <w:rsid w:val="6841E5F9"/>
+    <w:rsid w:val="684B00B7"/>
     <w:rsid w:val="693D18E0"/>
+    <w:rsid w:val="69D89E9B"/>
+    <w:rsid w:val="6A319D4C"/>
+    <w:rsid w:val="6A508CC7"/>
+    <w:rsid w:val="6A51FB23"/>
+    <w:rsid w:val="6A90281F"/>
+    <w:rsid w:val="6AD969A7"/>
+    <w:rsid w:val="6AE60C52"/>
     <w:rsid w:val="6B147718"/>
     <w:rsid w:val="6B1E4DE7"/>
     <w:rsid w:val="6B6EF8E2"/>
     <w:rsid w:val="6BFA476A"/>
+    <w:rsid w:val="6C09CC47"/>
     <w:rsid w:val="6C1B1CCF"/>
+    <w:rsid w:val="6C260750"/>
+    <w:rsid w:val="6C8EC0D1"/>
+    <w:rsid w:val="6CA8E069"/>
+    <w:rsid w:val="6CDA0107"/>
+    <w:rsid w:val="6D0AEE09"/>
+    <w:rsid w:val="6D183183"/>
+    <w:rsid w:val="6D2C9B68"/>
+    <w:rsid w:val="6DD5EB7A"/>
+    <w:rsid w:val="6DFCDAEF"/>
+    <w:rsid w:val="6E1CA6A9"/>
+    <w:rsid w:val="6E689592"/>
+    <w:rsid w:val="6E6D2C96"/>
+    <w:rsid w:val="6ED6C710"/>
     <w:rsid w:val="6F31EAEC"/>
+    <w:rsid w:val="6F5DF3BE"/>
+    <w:rsid w:val="6F9E3FC1"/>
     <w:rsid w:val="6FC89104"/>
+    <w:rsid w:val="6FEEA8CE"/>
+    <w:rsid w:val="71BBBB96"/>
+    <w:rsid w:val="725B75C2"/>
+    <w:rsid w:val="72A93920"/>
     <w:rsid w:val="72C2484A"/>
     <w:rsid w:val="7343889E"/>
+    <w:rsid w:val="73610256"/>
+    <w:rsid w:val="74F2EBEF"/>
     <w:rsid w:val="7523A17D"/>
+    <w:rsid w:val="76E0B046"/>
+    <w:rsid w:val="76FC1362"/>
+    <w:rsid w:val="77416871"/>
+    <w:rsid w:val="77E775CD"/>
+    <w:rsid w:val="781510CD"/>
     <w:rsid w:val="792D2892"/>
     <w:rsid w:val="7999C524"/>
+    <w:rsid w:val="79A1399D"/>
+    <w:rsid w:val="79E15658"/>
+    <w:rsid w:val="7A8DBABB"/>
+    <w:rsid w:val="7B660A9F"/>
+    <w:rsid w:val="7B714C97"/>
+    <w:rsid w:val="7B85694C"/>
     <w:rsid w:val="7C533D87"/>
+    <w:rsid w:val="7C61070F"/>
+    <w:rsid w:val="7E0B0D41"/>
+    <w:rsid w:val="7ECE34A3"/>
+    <w:rsid w:val="7EDC4768"/>
     <w:rsid w:val="7F15488D"/>
+    <w:rsid w:val="7F5905D7"/>
     <w:rsid w:val="7F723B7F"/>
+    <w:rsid w:val="7F75B072"/>
     <w:rsid w:val="7FDC0224"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="75CB8D9E"/>
-  <w15:docId w15:val="{0CE69F0C-5B95-498F-B183-D023FFF53FFC}"/>
+  <w15:docId w15:val="{C433CF37-E147-4020-A6E8-B5DE44131356}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -25461,210 +19500,237 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="002806E2"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00792307"/>
+    <w:rsid w:val="0082280C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="360" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00D21F23"/>
+    <w:rsid w:val="0004380F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="360" w:after="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4472C4" w:themeColor="accent1"/>
-[...1 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="001F631F"/>
+    <w:rsid w:val="00634CA7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="240" w:after="120"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Style6"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00552091"/>
+    <w:rsid w:val="00634CA7"/>
+    <w:pPr>
+      <w:spacing w:before="360" w:after="120"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0082280C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200"/>
-      <w:outlineLvl w:val="3"/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:b/>
-[...3 lines deleted...]
-      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="COCHeading">
     <w:name w:val="COC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:qFormat/>
     <w:rsid w:val="00792307"/>
     <w:pPr>
       <w:spacing w:before="480"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:bCs/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="F48414"/>
       <w:lang w:val="en-AU"/>
+      <w14:textFill>
+        <w14:solidFill>
+          <w14:srgbClr w14:val="F48414">
+            <w14:lumMod w14:val="75000"/>
+          </w14:srgbClr>
+        </w14:solidFill>
+      </w14:textFill>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SubHeading">
     <w:name w:val="Sub Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00D021C8"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="340" w:hanging="340"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00792307"/>
+    <w:rsid w:val="0082280C"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyCopy">
     <w:name w:val="Body Copy"/>
     <w:basedOn w:val="Normal"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="006272BA"/>
     <w:pPr>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletPoints">
     <w:name w:val="Bullet Points"/>
     <w:basedOn w:val="Normal"/>
     <w:autoRedefine/>
     <w:qFormat/>
@@ -25790,58 +19856,58 @@
     <w:name w:val="p1"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="006917A9"/>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
       <w:sz w:val="17"/>
       <w:szCs w:val="17"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CA2B53"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00D21F23"/>
+    <w:rsid w:val="0004380F"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4472C4" w:themeColor="accent1"/>
-[...1 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00D21F23"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
@@ -25988,161 +20054,461 @@
     <w:qFormat/>
     <w:rsid w:val="001F631F"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001F631F"/>
     <w:pPr>
       <w:spacing w:after="100"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="001F631F"/>
+    <w:rsid w:val="00634CA7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00552091"/>
+    <w:rsid w:val="00634CA7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00552091"/>
+    <w:rsid w:val="00D326C0"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
+      </w:tabs>
       <w:spacing w:after="100"/>
       <w:ind w:left="480"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:noProof/>
+      <w:color w:val="034990" w:themeColor="hyperlink" w:themeShade="BF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00552091"/>
     <w:pPr>
       <w:spacing w:before="480" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="002E65DD"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica LT Pro" w:hAnsi="Helvetica LT Pro" w:cs="Helvetica LT Pro"/>
       <w:color w:val="000000"/>
       <w:lang w:val="en-AU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007055FE"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C77DFE"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C77DFE"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C77DFE"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C77DFE"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C77DFE"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1">
+    <w:name w:val="Style1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Style1Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="002806E2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style1Char">
+    <w:name w:val="Style1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Style1"/>
+    <w:rsid w:val="002806E2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style2">
+    <w:name w:val="Style2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Style2Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EC5845"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="240"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style2Char">
+    <w:name w:val="Style2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Style2"/>
+    <w:rsid w:val="00EC5845"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style3">
+    <w:name w:val="Style3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Style3Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EC5845"/>
+    <w:pPr>
+      <w:spacing w:before="360" w:after="240"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style3Char">
+    <w:name w:val="Style3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Style3"/>
+    <w:rsid w:val="00EC5845"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style4">
+    <w:name w:val="Style4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Style4Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DD471B"/>
+    <w:pPr>
+      <w:spacing w:after="240"/>
+      <w:ind w:left="709"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style4Char">
+    <w:name w:val="Style4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Style4"/>
+    <w:rsid w:val="00DD471B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style5">
+    <w:name w:val="Style5"/>
+    <w:basedOn w:val="Style4"/>
+    <w:link w:val="Style5Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DD471B"/>
+    <w:pPr>
+      <w:spacing w:before="360" w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style5Char">
+    <w:name w:val="Style5 Char"/>
+    <w:basedOn w:val="Style4Char"/>
+    <w:link w:val="Style5"/>
+    <w:rsid w:val="00DD471B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style6">
+    <w:name w:val="Style6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Style6Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C55A8"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="240"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style6Char">
+    <w:name w:val="Style6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Style6"/>
+    <w:rsid w:val="004C55A8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style7">
+    <w:name w:val="Style7"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:link w:val="Style7Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="000A1CFD"/>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style7Char">
+    <w:name w:val="Style7 Char"/>
+    <w:basedOn w:val="Heading1Char"/>
+    <w:link w:val="Style7"/>
+    <w:rsid w:val="000A1CFD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style8">
+    <w:name w:val="Style8"/>
+    <w:basedOn w:val="Style7"/>
+    <w:link w:val="Style8Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="000A1CFD"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style8Char">
+    <w:name w:val="Style8 Char"/>
+    <w:basedOn w:val="Style7Char"/>
+    <w:link w:val="Style8"/>
+    <w:rsid w:val="000A1CFD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="0082280C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1828591610">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2001151969">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customer@cockburn.wa.gov.au" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -26391,63 +20757,61 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="f8b19e41-8832-4773-abff-f5d4bf7e49ee" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="85788401-ece2-4e37-ba28-3aba56ed9d1d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100306F09A45D457B4296FDDDF90F5D0096" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="547ed1c3649b53b94f53f9c0d4d121b5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="85788401-ece2-4e37-ba28-3aba56ed9d1d" xmlns:ns3="f8b19e41-8832-4773-abff-f5d4bf7e49ee" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c1d39ca509caa678ceaf795c5ae45f82" ns2:_="" ns3:_="">
     <xsd:import namespace="85788401-ece2-4e37-ba28-3aba56ed9d1d"/>
     <xsd:import namespace="f8b19e41-8832-4773-abff-f5d4bf7e49ee"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -26634,128 +20998,139 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{240299DF-A4D9-490E-BB29-3E234510E272}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E81FBEF8-A4B9-4727-B67F-822DDC668405}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="f8b19e41-8832-4773-abff-f5d4bf7e49ee"/>
+    <ds:schemaRef ds:uri="85788401-ece2-4e37-ba28-3aba56ed9d1d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23A62181-D95A-4296-8B40-5803F6AE3417}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2B7F40E-483C-4D40-A7EB-63CE7C14F6BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="85788401-ece2-4e37-ba28-3aba56ed9d1d"/>
     <ds:schemaRef ds:uri="f8b19e41-8832-4773-abff-f5d4bf7e49ee"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23A62181-D95A-4296-8B40-5803F6AE3417}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E81FBEF8-A4B9-4727-B67F-822DDC668405}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{240299DF-A4D9-490E-BB29-3E234510E272}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>33755</Characters>
+  <Pages>22</Pages>
+  <Words>5506</Words>
+  <Characters>30836</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>937</Lines>
-  <Paragraphs>504</Paragraphs>
+  <Lines>790</Lines>
+  <Paragraphs>465</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>City of Cockburn</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39377</CharactersWithSpaces>
+  <CharactersWithSpaces>35877</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Conor McGrath</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="DWDocAuthor">
     <vt:lpwstr/>
   </property>